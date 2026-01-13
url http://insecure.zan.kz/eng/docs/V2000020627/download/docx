--- v0 (2025-10-11)
+++ v1 (2026-01-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="421437a" w14:textId="421437a">
+    <w:p w14:paraId="e7804f4" w14:textId="e7804f4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,97 +145,73 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order № 11-1-4/149 of the Minister of Foreign Affairs of the Republic of Kazakhstan dated 12 May 2020. Registered with the Ministry of Justice of the Republic of Kazakhstan on 13 May 2020 under № 20627.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...34 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The title - as revised by order of the Minister of Foreign Affairs of the Republic of Kazakhstan № 11-1-4/50 dated 15.02.2021 (shall become effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Under sub-paragraph 1) of Article 10 of the Law of the Republic of Kazakhstan “On State Services” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -257,51 +233,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Preamble - as revised by order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan No. 11-1-4/705 dated 19.12.2022 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The Preamble - as revised by order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan № 11-1-4/705 dated 19.12.2022 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -317,51 +293,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 1 - as revised by order of the Minister of Foreign Affairs of the Republic of Kazakhstan No. 11-1-4/50 dated 15.02.2021 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 1 - as revised by order of the Minister of Foreign Affairs of the Republic of Kazakhstan № 11-1-4/50 dated 15.02.2021 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -831,101 +807,101 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Affairs of the Republic of </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kazakhstan No. 11-1-4/149 dated </w:t>
+              <w:t xml:space="preserve">Kazakhstan № 11-1-4/149 dated </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">May 12, 2020 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules for Rendering the Public Service “Accepting Documents and Transferring Them for the Issuance  of Passports to Nationals of the Republic of Kazakhstan Staying Abroad”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The Rules - as revised by order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan No. 11-1-4/705 dated 19.12.2022 (shall be enacted ten calendar days after the date of its first official publication).</w:t>
+      Footnote. The Rules - as revised by order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan № 11-1-4/705 dated 19.12.2022 (shall be enacted ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1201,51 +1177,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) a passport of a national of the Republic of Kazakhstan (in case of passport exchange);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) four 3.5x4.5 centimetre colour photographs (the photographs must correspond to the age of the service recipient at the time of issuing the document and must be taken strictly in full-face against a light background with a neutral expression and closed mouth, with the face occupying about 75% of the total area of the photograph. Photographs shall be made by photographic printing from a single negative on heavy photographic paper. Images made by computer scanning, modelling or photocopying shall be prohibited);</w:t>
+      3) four 3.5x4.5-centimetre colour photographs (the photographs must correspond to the age of the service recipient at the time of issuing the document and must be taken strictly in full-face against a light background with a neutral expression and closed mouth, with the face occupying about 75% of the total area of the photograph. Photographs shall be made by photographic printing from a single negative on heavy photographic paper. Images made by computer scanning, modelling or photocopying shall be prohibited);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) a passport of the 1974 sample (of the former Union of Soviet Socialist Republics) when a national of the Republic of Kazakhstan receives a passport for the first time (upon confirmation of citizenship of the Republic of Kazakhstan);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1309,51 +1285,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) a document confirming payment of the consular fee.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The documents mentioned in sub-paragraphs 6) and 7) of this paragraph, which are issued or certified by a competent institution of a foreign state or by a specially authorised person within its competence and in the prescribed form, bearing the stamped seal of a foreign state shall be accepted only after undergoing the procedure of apostilisation or legalisation pursuant to Joint Order No. 950 of the Acting Minister of Justice of the Republic of Kazakhstan of November 4, 2021, the Minister of Internal Affairs of the Republic of Kazakhstan No. 702 of November 15, 2021, the Minister of Finance of the Republic of Kazakhstan No. 1182 of November 16, 2021, the Head of the Department for Ensuring the Activity of Courts under the Supreme Court of the Republic of Kazakhstan (apparatus of the Supreme Court of the Republic of Kazakhstan) No. 30 of November 16, 2021, the Minister of Culture and Sports of the Republic of Kazakhstan No. 363 of November 24, 2021, the Acting Prosecutor General of the Republic of Kazakhstan No. 155 of November 24, 2021, the Minister of Education and Science of the Republic of Kazakhstan No. 574 of November 29, 2021 and the Minister of Defence of the Republic of Kazakhstan No. 851 of December 8, 2021 “On Approval of the Uniform Rules for Apostille Affixing; (recorded in the Register of State Registration of Regulatory Legal Acts under No. 25789), Order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan No. 11-1-2/576 dated December 6, 2017 “On Approval of the Rules for Legalisation of Documents” (recorded in the Register of State Registration of Regulatory Legal Acts under No. 16116), if otherwise is not envisaged by an international treaty ratified by the Republic of Kazakhstan.</w:t>
+      The documents mentioned in sub-paragraphs 6) and 7) of this paragraph, which are issued or certified by a competent institution of a foreign state or by a specially authorised person within its competence and in the prescribed form, bearing the stamped seal of a foreign state shall be accepted only after undergoing the procedure of apostilisation or legalisation pursuant to Joint Order № 950 of the Acting Minister of Justice of the Republic of Kazakhstan of November 4, 2021, the Minister of Internal Affairs of the Republic of Kazakhstan № 702 of November 15, 2021, the Minister of Finance of the Republic of Kazakhstan № 1182 of November 16, 2021, the Head of the Department for Ensuring the Activity of Courts under the Supreme Court of the Republic of Kazakhstan (apparatus of the Supreme Court of the Republic of Kazakhstan) № 30 of November 16, 2021, the Minister of Culture and Sports of the Republic of Kazakhstan № 363 of November 24, 2021, the Acting Prosecutor General of the Republic of Kazakhstan № 155 of November 24, 2021, the Minister of Education and Science of the Republic of Kazakhstan № 574 of November 29, 2021 and the Minister of Defence of the Republic of Kazakhstan № 851 of December 8, 2021 “On Approval of the Uniform Rules for Apostille Affixing; (recorded in the Register of State Registration of Regulatory Legal Acts under № 25789), Order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan № 11-1-2/576 dated December 6, 2017 “On Approval of the Rules for Legalisation of Documents” (recorded in the Register of State Registration of Regulatory Legal Acts under № 16116), if otherwise is not envisaged by an international treaty ratified by the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. The list of basic requirements for rendering a public service, including the specifics of the process, form, content and result of rendering, as well as other information, given the features of the provision of public services is contained in Annex 2 hereto.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2427,51 +2403,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Law of the Republic of Kazakhstan “On Personal Data and their Protection”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      “____”__________ 20___ </w:t>
+      “____” __________ 20___ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2627,50 +2603,68 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> List of Basic Requirements for Rendering the Public Service</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>“Accepting Documents and Transferring Them for the Issuance of Passports  to Nationals of the Republic of Kazakhstan Staying Abroad”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The list is amended by the Order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated 30.09.2025 № 11-1-4/577 (effective from 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3322,123 +3316,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The amount of payment charged from the service recipient when rendering a public service and ways of its collection in cases envisaged by the laws of the Republic of Kazakhstan</w:t>
+The amount of payment charged to the service recipient for the provision of public service and the methods of its collection in cases provided for by the legislation of the Republic of Kazakhstan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The public service shall be rendered to natural persons on a paid basis at the consular fee rates, under the Code of the Republic of Kazakhstan “On Taxes and Other Obligatory Payments to the Budget (Tax Code)” and order of the Minister of Foreign Affairs of the Republic of Kazakhstan No. 11-1-4/227 dated May 20, 2019 “On Approval of Consular Fee Rates for Consular Actions in the Territory of a Foreign State” (recorded in the Register of State Registration of Regulatory Legal Acts under No. 18702).</w:t>
-[...35 lines deleted...]
-The terms and conditions of exemption from consular fees shall be regulated under the Code of the Republic of Kazakhstan “On Taxes and Other Obligatory Payments to the Budget (Tax Code)”.</w:t>
+The state service is provided to individuals on a paid basis at consular fee rates in accordance with the Tax Code of the Republic of Kazakhstan and the Order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated May 20, 2019 № 11-1-4/227 "On approval of consular fee rates for performing consular actions on the territory of a foreign state" (registered in the Register of State Registration of Regulatory Legal Acts under № 18702).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Payment of the consular fee is carried out in cash or non-cash form through second-tier banks or organizations engaged in certain types of banking operations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The conditions for exemption from payment of the consular fee are regulated in accordance with the Tax Code of the Republic of Kazakhstan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3764,51 +3776,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) a passport of a national of the Republic of Kazakhstan (when replacing a passport);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) four 3.5x4.5 centimetre colour photographs (the photographs must correspond to the age of the service recipient at the time of issuing the document and must be taken strictly in full-face against a light background with a neutral expression and closed mouth, with the face occupying about 75% of the total area of the photograph. Photographs shall be made by photographic printing from a single negative on heavy photographic paper. Images made by computer scanning, modelling or photocopying shall be prohibited);</w:t>
+4) four 3.5x4.5-centimetre colour photographs (the photographs must correspond to the age of the service recipient at the time of issuing the document and must be taken strictly in full-face against a light background with a neutral expression and closed mouth, with the face occupying about 75% of the total area of the photograph. Photographs shall be made by photographic printing from a single negative on heavy photographic paper. Images made by computer scanning, modelling or photocopying shall be prohibited);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) a passport of the 1974 sample (of the former Union of Soviet Socialist Republics) when a national of the Republic of Kazakhstan receives a passport for the first time (upon confirmation of citizenship of the Republic of Kazakhstan);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4622,31 +4634,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>