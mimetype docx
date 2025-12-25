--- v0 (2025-10-14)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="67cd62c" w14:textId="67cd62c">
+    <w:p w14:paraId="2ae536a" w14:textId="2ae536a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,137 +131,149 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Culture and Sports of the Republic of Kazakhstan dated April 2, 2020 No. 77. Registered with the Ministry of Justice of the Republic of Kazakhstan on April 6, 2020 № 20310</w:t>
+        <w:t>Order of the Minister of Culture and Sports of the Republic of Kazakhstan dated April 2, 2020 No. 77. Registered with the Ministry of Justice of the Republic of Kazakhstan on April 6, 2020 № 20310.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...47 lines deleted...]
-      In accordance with Article 10, subparagraph 21 of the Law of the Republic of Kazakhstan dated December 26, 2019 "On protection and use of objects of historical and cultural heritage," </w:t>
+      In accordance with subparagraph 21) of Article 10 of the Law of the Republic of Kazakhstan "On protection and use of objects of historical and cultural heritage", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I hereby ORDER</w:t>
+        <w:t>I HEREBY ORDER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The preamble is amended by the Order of the Minister of Culture and Information of the Republic of Kazakhstan dated 24.04.2025 № 189-NK (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. To approve the attached Rules for establishment of memorial plaques.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -688,54 +700,96 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. These Rules for the establishment of memorial plaques shall have been developed in accordance with Article 10, subparagraph 21 of the Law of the Republic of Kazakhstan dated December 26, 2019 "On protection and use of objects of historical and cultural heritage,"" and shall determine the procedure for the establishment of memorial plaques.</w:t>
+      1. These Rules for installation of memorial plaques have been developed in accordance with subparagraph 21) of Article 10 of the Law of the Republic of Kazakhstan "On protection and use of objects of historical and cultural heritage" and determine the procedure for the installation of memorial plaques.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 1 is amended by the Order of the Minister of Culture and Information of the Republic of Kazakhstan dated 24.04.2025 № 189-NK (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Memorial plaque - a stone of marble, granite, metal or other materials, containing information about an outstanding person or significant event, installed on the facades of buildings and structures.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -786,54 +840,150 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Memorial plaques shall be installed on the facades of buildings and structures where he lived, worked or was an outstanding person, a significant event took place.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Memorial plaques shall be installed upon confirmation of the fact of residence, work, presence of an outstanding person and a significant event that has occurred in a building or structure.</w:t>
+      5. Memorial plaques are installed upon confirmation of the fact of residence, work, location of an outstanding person and a significant event that took place in a building or structure for more than 10 years.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Memorial plaques are installed no earlier than 5 years after the death of an outstanding person, except in cases of heroism and bravery, making a special significant contribution to strengthening the independence of the state and (or) committing a significant historical event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The installation of memorial plaques is timed to coincide with anniversaries and memorable dates of outstanding personalities, significant historical events, as defined by the Decree of the Government of the Republic of Kazakhstan dated September 28, 1999 № 1465 "On the celebration of anniversaries and memorable dates."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      No more than one memorial plaque is installed in one locality for one outstanding person or significant event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 5 is amended by the Order of the Minister of Culture and Information of the Republic of Kazakhstan dated 24.04.2025 № 189-NK (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Memorial plaques shall be made in sizes not exceeding 50 x 80 centimeters, and shall be installed at a height of at least two meters.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -966,135 +1116,123 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated April 2, 2020 № 77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> List </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">of orders recognized as invalid and structural elements of some orders </w:t>
+        <w:t xml:space="preserve"> List of orders recognized as invalid and structural elements of some orders </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>of the Ministry of Culture and Sports of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Order of the Minister of Culture and Sports of the Republic of Kazakhstan dated November 16, 2015 No. 356 "On approval of criteria and Rules for the establishment of memorial plaques" (registered in the Register of State Registration of Regulatory Legal Acts No. 12405, published on December 22, 2015 in the information and legal system "Adіlet").</w:t>
+      1. Order of the Minister of Culture and Sports of the Republic of Kazakhstan dated November 16, 2015 № 356 "On approval of criteria and Rules for the establishment of memorial plaques" (registered in the Register of State Registration of Regulatory Legal Acts № 12405, published on December 22, 2015 in the information and legal system "Adіlet").</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Paragraph 8 of the List of some orders in the field of culture that shall be introduced by amendments, approved by the order of the Acting Minister of Culture and Sports of the Republic of Kazakhstan dated September 13, 2018 No. 256 "On introduction of amendments of some orders in the field of culture" (registered in the Register of State Registration of Regulatory Legal Acts No. 17507, published on October 12, 2018 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan).</w:t>
+      2. Paragraph 8 of the List of some orders in the field of culture that shall be introduced by amendments, approved by the order of the Acting Minister of Culture and Sports of the Republic of Kazakhstan dated September 13, 2018 № 256 "On introduction of amendments of some orders in the field of culture" (registered in the Register of State Registration of Regulatory Legal Acts № 17507, published on October 12, 2018 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3 Paragraph 3 of the List of some in the field of culture, that shall be introduced by amendments and additions, approved by the order of the Minister of Culture and Sports of the Republic of Kazakhstan dated May 17, 2019 No. 138 "On introduction of amendments and additions of some orders in the field of culture" (registered in the Register of State Registration of Regulatory Legal Acts No. 18690, published on May 22, 2019 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan).</w:t>
+      3 Paragraph 3 of the List of some in the field of culture, that shall be introduced by amendments and additions, approved by the order of the Minister of Culture and Sports of the Republic of Kazakhstan dated May 17, 2019 № 138 "On introduction of amendments and additions of some orders in the field of culture" (registered in the Register of State Registration of Regulatory Legal Acts № 18690, published on May 22, 2019 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
@@ -1103,55 +1241,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1477,31 +1615,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>