--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="080917a" w14:textId="080917a">
+    <w:p w14:paraId="aba15c9" w14:textId="aba15c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,139 +145,181 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Resolution of the Board of the Agency of the Republic of Kazakhstan on Regulation and Development of the Financial Market No. 49 dated March 30, 2020. Registered with the Ministry of Justice of the Republic of Kazakhstan on April 1, 2020 No. 20269.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...27 lines deleted...]
-      In accordance with the laws of the Republic of Kazakhstan dated July 4, 2003 “On state regulation, control and supervision of the financial market and financial organizations", Dated April 15, 2013"About public services", Dated May 16, 2014"About permissions and notifications", Dated May 06, 2017"Collection activity"The Board of the Agency of the Republic of Kazakhstan on Regulation and Development of the Financial Market </w:t>
+      In accordance with the laws of the Republic of Kazakhstan “On state regulation, control and supervision of the financial market and financial organizations”, “On public services”, “On permits and notifications” and “On collection activities”, the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>DECIDES</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>HEREBY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>RESOLVES:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Preamble – as amended by Resolution № 33 of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated August 20, 2025 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Approve the attached rules passing registration registration and maintaining the register of collection agencies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Declare invalid decree Of the Board of the National Bank of the Republic of Kazakhstan dated December 31, 2019 No. 274 "On approval of the Rules for registration and maintenance of the register of collection agencies" (registered in the Register of state registration of regulatory legal acts under No. 19851, published on January 10, 2020 in the Reference Control Bank of regulatory legal acts Republic of Kazakhstan).</w:t>
+      2. Declare invalid decree Of the Board of the National Bank of the Republic of Kazakhstan dated December 31, 2019 № 274 "On approval of the Rules for registration and maintenance of the register of collection agencies" (registered in the Register of state registration of regulatory legal acts under № 19851, published on January 10, 2020 in the Reference Control Bank of regulatory legal acts Republic of Kazakhstan).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The Department of Methodology and Regulation of Financial Organizations, in accordance with the procedure established by the legislation of the Republic of Kazakhstan, shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -845,51 +887,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>financial market</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>dated March 30, 2020 No. 49</w:t>
+              <w:t>dated March 30, 2020 № 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -905,98 +947,98 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General Provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1. The rules for registration and maintenance of the register of debt collection agencies (hereinafter referred to as the Rules) have been developed in accordance with the Laws of the Republic of Kazakhstan dated July 4, 2003 "On state regulation, control and supervision of the financial market and financial organizations", dated April 15, 2013 "On public services", dated May 16, 2014 "On permits and notifications", dated May 6, 2017 "On debt collection activities" (hereinafter referred to as the Law) and determine the procedure for registration and maintenance of the register of debt collection agencies. </w:t>
+        <w:t>
+      1. The rules for registration and maintenance of the register of collection agencies (hereinafter referred to as the Rules) have been developed in accordance with the laws of the Republic of Kazakhstan “On state regulation, control and supervision of the financial market and financial organizations”, “On public services”, “On permits and notifications”, “On collection activities” (hereinafter referred to as the Law) and shall determine the procedure for registration and maintenance of the register of collection agencies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Information about the changes and (or) additions to the Rules is posted on the official Internet resource of the authorized body, sent to the operator of the information and communication infrastructure of the "electronic government" and the Unified Contact Center within 3 (three) working days after the state registration in the judicial authorities of the relevant regulatory legal act.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 1 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 26.06.2023 No. 64 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 1 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 26.06.2023 № 64 (shall be enforced sixty calendar days after the date of its first official publication); as amended by the Resolution of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 20.08.2025 № 33 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1190,51 +1232,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 4 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 26.06.2023 No. 64 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 4 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 26.06.2023 № 64 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1448,51 +1490,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 6 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 26.06.2023 No. 64 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 6 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 26.06.2023 № 64 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1516,51 +1558,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In case of refusal to provide a public service, the service recipient takes the measures provided for paragraph 2 article 8 of the Law.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Information about the stage of provision of public services is updated automatically (when the service recipient applies in electronic form) in the information system for monitoring the provision of public services in accordance with the procedure established by order Acting Minister of Transport and Communications of the Republic of Kazakhstan dated June 14, 2013 No. 452 "On approval of the Rules for entering data into the information system for monitoring the provision of public services on the stage of rendering public services" (registered with the Ministry of Justice of the Republic of Kazakhstan on July 3, 2013 No. 8555).</w:t>
+      8. Information about the stage of provision of public services is updated automatically (when the service recipient applies in electronic form) in the information system for monitoring the provision of public services in accordance with the procedure established by order Acting Minister of Transport and Communications of the Republic of Kazakhstan dated June 14, 2013 № 452 "On approval of the Rules for entering data into the information system for monitoring the provision of public services on the stage of rendering public services" (registered with the Ministry of Justice of the Republic of Kazakhstan on July 3, 2013 № 8555).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 3. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -1698,51 +1740,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 9 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 04.03.2022 No. 19 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 9 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 04.03.2022 № 19 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1835,116 +1877,116 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. The authorized body excludes the collection agency from the register on the grounds established in paragraph 1 article 9 of the Law. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-      In case of a change in the location or name and (or) telephone numbers of the debt collection agency for contacts with debtors, the debt collection agency notifies the authorized body in writing no later than 3 (three) calendar days from the date of such changes, according to subparagraph 2) of paragraph 1 and paragraph 6 of Appendix 1 to the Rules.</w:t>
+        <w:t>
+      14. The authorized body, within 7 (seven) calendar days from the date of exclusion of the collection agency from the register, sends a written notification to the address specified in the application or in a written notification about the change in the location of the collection agency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. In the event of a change in information about the founders (participants) and (or) the management employees of the collection agency, the collection agency shall notify the authorized body in writing or via the electronic document management system within 15 (fifteen) business days from the date of such changes under paragraphs 2, 3 and 5 of Appendix 1 to the Rules, information about employees who will interact with debtors and (or) their representatives, and (or) third parties bound by obligations with the creditor under a bank loan agreement or a microcredit agreement, as well as about branches and (or) representative offices, using the forms in accordance with Appendices 2 and 3 to the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In the event of a change in the location or name and/or telephone numbers of a collection agency for contacting debtors, the collection agency shall notify the authorized body in writing or through the electronic document management system no later than 3 (three) calendar days from the date of such changes, in accordance with subparagraph 2) of paragraph 1 and paragraph 6 of Appendix 1 to the Rules.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 19 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 04.03.2022 No. 19 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 15 – as amended by Resolution № 33 of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated August 20, 2025 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -1980,230 +2022,279 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...67 lines deleted...]
-          </w:p>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Attachment 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to the Rules of passage</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>accounting registration</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and keeping a register</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>collection agencies</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2268,51 +2359,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Application </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Footnote. Appendix 1 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 04.03.2022 No. 19 (shall be enforced sixty calendar days after the date of its first official publication). </w:t>
+      Footnote. Appendix 1 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 04.03.2022 № 19 (shall be enforced sixty calendar days after the date of its first official publication). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       I ask you to register as a debt collection agency.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11285,51 +11376,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-No.</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13462,51 +13553,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-No.</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14011,51 +14102,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> List of basic requirements for the provision of public service "Registration of debt collection agencies"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Footnote. Appendix 4 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 26.06.2023 No. 64 (shall be enforced sixty calendar days after the date of its first official publication). </w:t>
+      Footnote. Appendix 4 - as amended by the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 26.06.2023 № 64 (shall be enforced sixty calendar days after the date of its first official publication). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15644,51 +15735,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-No.</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16507,55 +16598,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16881,31 +16972,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>