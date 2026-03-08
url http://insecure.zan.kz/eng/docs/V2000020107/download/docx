--- v0 (2025-10-15)
+++ v1 (2026-03-08)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f90570a" w14:textId="f90570a">
+    <w:p w14:paraId="bf70c79" w14:textId="bf70c79">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,115 +105,153 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
+        <w:t>Invalidated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
         <w:t>Unofficial translation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order Head of the Department for provision of courts’ activity under the Supreme Court of the Republic of Kazakhstan (apparatus of the Supreme Court of the Republic of Kazakhstan) dated March 3, 2020 no. 11. Registered with the Ministry of Justice of the Republic of Kazakhstan on March 12, 2020 no. 20107.</w:t>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Order Head of the Department for provision of courts’ activity under the Supreme Court of the Republic of Kazakhstan (apparatus of the Supreme Court of the Republic of Kazakhstan) dated March 3, 2020 № 11. Registered with the Ministry of Justice of the Republic of Kazakhstan on March 12, 2020 № 20107. Abrogated by Order № 4 of the Head of the Judicial Administration of the Republic of Kazakhstan dated July 10, 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Footnote. Abrogated by the order of the Head of the Judicial Administration of the Republic of Kazakhstan dated 10.07.2025 № 4 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      In accordance with clause 3 of article 63 of the Law of the Republic of Kazakhstan "On Education", subclause 8-2) of clause 20 of the Department for provision of courts’ activity under the Supreme Court of the Republic of Kazakhstan (apparatus of the Supreme Court of the Republic of Kazakhstan), approved by the Decree of the President of the Republic of Kazakhstan on November 3, 2010 no. 1093, </w:t>
+      In accordance with clause 3 of article 63 of the Law of the Republic of Kazakhstan "On Education", subclause 8-2) of clause 20 of the Department for provision of courts’ activity under the Supreme Court of the Republic of Kazakhstan (apparatus of the Supreme Court of the Republic of Kazakhstan), approved by the Decree of the President of the Republic of Kazakhstan on November 3, 2010 № 1093, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I HEREBY ORDER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -638,51 +678,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>dated March 3, 2020 no. 11</w:t>
+              <w:t>dated March 3, 2020 № 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules for provision of paid types of activities on the sale of goods (works, services) by the Academy of Justice under the Supreme Court of the Republic of Kazakhstan and its spending money from the sale of goods (works, services) Chapter 1. General Provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -881,51 +921,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 3 – as amended by the order  of the acting head of the Department for ensuring the operation of the courts under the Supreme Court of the Republic of Kazakhstan (Administrative Office of the Supreme Court of the Republic of Kazakhstan) dated 24.08.2021 No. 27 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 3 – as amended by the order  of the acting head of the Department for ensuring the operation of the courts under the Supreme Court of the Republic of Kazakhstan (Administrative Office of the Supreme Court of the Republic of Kazakhstan) dated 24.08.2021 № 27 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1287,51 +1327,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 4. Execution for money from the sale by the Academy of goods (works, services) remaining at its disposal</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. To carry out operations at the expense of money from the sale by the Academy of goods (works, services) that remain at its disposal, the Academy annually draws up a plan of receipts and expenses of money from the sale of goods (works, services) by their types on the basis of the Classifier of the list of goods (works, services) state institutions supported by the republican or local budget, the money from the implementation of which remains at their disposal, approved by the order of the Minister of Finance of the Republic of Kazakhstan dated May 25, 2009 no. 215 (registered with the Register of State Registration of Regulatory Legal Acts under no. 5702).</w:t>
+      11. To carry out operations at the expense of money from the sale by the Academy of goods (works, services) that remain at its disposal, the Academy annually draws up a plan of receipts and expenses of money from the sale of goods (works, services) by their types on the basis of the Classifier of the list of goods (works, services) state institutions supported by the republican or local budget, the money from the implementation of which remains at their disposal, approved by the order of the Minister of Finance of the Republic of Kazakhstan dated May 25, 2009 № 215 (registered with the Register of State Registration of Regulatory Legal Acts under № 5702).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. The plan of receipts and expenditures of money from the sale of goods (works, services) of the Academy that remain at its disposal is approved by the administrator of budget programs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1774,51 +1814,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Registration no.</w:t>
+Registration №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2637,63 +2677,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3015,35 +3077,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>