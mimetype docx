--- v0 (2025-10-05)
+++ v1 (2026-01-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="76adfc0" w14:textId="76adfc0">
+    <w:p w14:paraId="369816d" w14:textId="369816d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,97 +105,135 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
+        <w:t>Invalidated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
         <w:t>Unofficial translation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the First Deputy Prime Minister of the Republic of Kazakhstan – Minister of Finance of the Republic of Kazakhstan dated February 12, 2020 no. 138. Registered with the Ministry of Justice of the Republic of Kazakhstan on February 13, 2020 no. 20033.</w:t>
+        <w:t>Order of the First Deputy Prime Minister of the Republic of Kazakhstan – Minister of Finance of the Republic of Kazakhstan dated February 12, 2020 № 138. Registered with the Ministry of Justice of the Republic of Kazakhstan on February 13, 2020 № 20033. Abrogated by the Order of the Acting Minister of Finance of the Republic of Kazakhstan dated June 4, 2025 № 283.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Abrogated by the Order of the Acting Minister of Finance of the Republic of Kazakhstan dated 04.06.2025 № 283 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Title - in the wording of the order of the Minister of Finance of the RK dated 18.04.2024 № 220 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -11997,55 +12037,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12375,35 +12437,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>