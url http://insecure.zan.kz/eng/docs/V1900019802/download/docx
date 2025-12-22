--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="015e8d9" w14:textId="015e8d9">
+    <w:p w14:paraId="260c158" w14:textId="260c158">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,99 +131,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Industry and Infrastructural Development of the Republic of Kazakhstan dated December 27, 2019 No. 945. Registered with the Ministry of Justice of the Republic of Kazakhstan on December 30 2019 No. 19802</w:t>
-[...47 lines deleted...]
-        <w:t>translation</w:t>
+        <w:t>Order of the Minister of Industry and Infrastructural Development of the Republic of Kazakhstan dated December 27, 2019 No. 945. Registered with the Ministry of Justice of the Republic of Kazakhstan on December 30 2019 No. 19802.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with subclause 39) of article 6 of the Law of the Republic of Kazakhstan dated March 18, 2019 "On the defense industry and the state defense order" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -256,51 +226,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. To approve the attached Rules for the development, coordination, approval, registration, recording, change, revision, cancellation and enactment of national military standards used for the needs of the Armed Forces of the Republic of Kazakhstan, other troops and military units.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. To recognize as invalid the order of the Minister of Defense of the Republic of Kazakhstan dated March 5, 2019 No. 134 "On approval of the Rules for development, coordination, approval, registration, recording, change, revision, cancellation and enactment of the national military standards used for the needs of the Armed Forces, other troops and military units of the Republic of Kazakhstan" (registered in the Register of State Registration of Regulatory Legal Acts No. 18379, published on March 13, 2019 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan).</w:t>
+      2. To recognize as invalid the order of the Minister of Defense of the Republic of Kazakhstan dated March 5, 2019 № 134 "On approval of the Rules for development, coordination, approval, registration, recording, change, revision, cancellation and enactment of the national military standards used for the needs of the Armed Forces, other troops and military units of the Republic of Kazakhstan" (registered in the Register of State Registration of Regulatory Legal Acts № 18379, published on March 13, 2019 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The Department of development of the military industrial complex of the Ministry of Industry and Infrastructural Development of the Republic of Kazakhstan in accordance with the procedure, established by the legislation of the Republic of Kazakhstan, shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
@@ -372,62 +342,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. This order shall come into force from January 1, 2020 and shall be subject to official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7785"/>
-        <w:gridCol w:w="4215"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7785" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -440,51 +411,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Minister of Industry and Infrastructural </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7785" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -492,51 +463,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Development of the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -561,421 +532,505 @@
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "AGREED"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>General Prosecutor's Office</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Republic of Kazakhstan</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"____________ 2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "AGREED"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ministry of Finance</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Republic of Kazakhstan</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"____________ 2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "AGREED"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ministry of Defense</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Republic of Kazakhstan</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"____________ 2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "AGREED"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>State Security Service</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Republic of Kazakhstan</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"____________ 2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "AGREED"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ministry of Trade and Integration</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Republic of Kazakhstan</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"____________ 2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "AGREED"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">National Security Committee </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Republic of Kazakhstan</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"____________ 2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "AGREED"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ministry of Internal Affairs</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Republic of Kazakhstan</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____"____________ 2019</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
@@ -1072,107 +1127,83 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>dated December 27, 2019 No. 945</w:t>
+              <w:t>dated December 27, 2019 № 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Rules </w:t>
+        <w:t xml:space="preserve"> Rules for the development, coordination, approval, registration, recording, change, revision, </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">for the development, coordination, approval, registration, recording, change, revision, </w:t>
-[...23 lines deleted...]
-        <w:t>of the Republic of Kazakhstan, other troops and military units</w:t>
+        <w:t>cancellation and enactment of national military standards used for the needs of the Armed Forces of the Republic of Kazakhstan, other troops and military units</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Chapter 1. General Provisions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1360,51 +1391,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) the interstate military standard – a standard adopted by an authorized interstate body or interstate standardization organization, which establishes requirements for military and dual-use (use) products, as well as processes and other objects of military standardization associated with such products;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) the authorized body for the defense industry and the state defense order (hereinafter referred to as the authorized body) - the state body responsible for the management and inter-sectoral coordination in the field of the defense industry and the state defense order (hereinafter referred to as the authorized body);</w:t>
+      9) authorized body in the field of the defense industry – a state body responsible for the management and intersectoral coordination in the field of the defense industry (hereinafter referred to as the authorized body);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) the fundamental military standard – standardization document establishing general organizational and methodological provisions in the field of military standardization;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
@@ -1424,2134 +1455,2936 @@
         <w:t>
       11) Technical Commission – advisory body created under the authorized body for military standardization;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) technical committee for standardization – an advisory and advisory body created in sectors of the economy on a voluntary basis to carry out activities in the field of standardization and participate in the creation of a national standardization system for fixed objects of standardization or areas of activity.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 2 as amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The organization of work in the field of military standardization shall be carried out at the expense and within the limits of the republican budget, provided by the authorized body for the corresponding year, unless another source of funding is provided.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In order to improve safety and ensure the quality of military standardization objects, legal entities and other non-profit organizations of the Republic of Kazakhstan may, at their own expense, finance the costs of performing work in the field of military standardization specified in clause 10 of these Rules, with inclusion to the action plan on military standardization for the corresponding year.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
-[...15 lines deleted...]
-      4. National military standards are subdivided into:</w:t>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Military national standards are divided into:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...15 lines deleted...]
-      1) fundamental military standards;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) fundamental military national standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) military national standards for products, processes, services and methods of their control;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) military national terminology standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) military national standards of general technical requirements for types of weapons and military equipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 4 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. National military standard applies in relation to the objects of military standardization.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...15 lines deleted...]
-      2) military standards for products, processes, services and methods of their control;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 2. Development and revision of national military standards</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...15 lines deleted...]
-      3) military standards on terminology;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. The national military standard is developed and revised for the purposes of standardization of products of military and dual-use (application), stipulated by these Rules.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
-[...15 lines deleted...]
-      4) military standards general technical requirements for types of weapons and military equipment.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. The development and revision of national military standards shall be carried out in accordance with the annual work plan for military standardization, approved by the authorized body in the fourth quarter of the year, which precedes the planned period in compliance with the legislation on state secrets based on proposals of the subjects of military standardization within the frameworks of allocated monetary funds.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
-[...15 lines deleted...]
-      5. National military standard applies in relation to the objects of military standardization.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. The basis for refusal to be included in the military standardization work plan shall be:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) lack of financial resources for military standardization measures;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) irrelevance of the measures on the day of the decision (the national military standard was adopted or revised with the same area of distribution, the proposed changes do not correspond to the modern scientific and technical level of development of science, technology and technology).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. The development, coordination, approval, and introduction of amendments (additions) to the work plan for military standardization, including the establishment of forms of documents for the specified plan, is determined by the fundamental military standard of the State system of technical regulation of the Republic of Kazakhstan 1.1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 4 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Development and revision of national military standards shall include the following stages:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) development of the terms of reference (technical specification), feasibility study;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) development of a draft military national standard and an explanatory note to it, sending it to the subjects of military standardization for consideration;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) revision of the draft military national standard, taking into account the comments and suggestions received from the subjects of military standardization;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) preparation for approval (adoption), including examination, approval (adoption) and consideration of the national military standard;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) referring to the information of restricted distribution and constituting state secrets in accordance with the norms of the Law of the Republic of Kazakhstan dated March 15, 1999 "On state secrets".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 10 as amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. The procedures for the development, coordination, construction, design, content, presentation of military national standards are established by the fundamental military standards of the State system of technical regulation of the Republic of Kazakhstan 1.2 and of the State system of technical regulation of the Republic of Kazakhstan 1.5. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 11 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. The development and revision of national military standards shall be carried out by state bodies within their competence, as well as by legal entities of the Republic of Kazakhstan that meet the requirements of the technical assignment (technical specification) of the authorized body for the development of a national military standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. The basis for classifying military national standards is their compliance with the list of information subject to classification in force at the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 13 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 2. Development and revision of national military standards</w:t>
-[...219 lines deleted...]
-      4) preparation for approval (adoption), including examination, approval (adoption) and consideration of the national military standard;</w:t>
+        <w:t xml:space="preserve"> Chapter 3. Coordination of national military standards</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
-[...15 lines deleted...]
-      5) referring to the information of restricted distribution and constituting state secrets in accordance with the norms of the Law of the Republic of Kazakhstan dated March 15, 1999 "On state secrets".</w:t>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. The draft military national standard, depending on the object of military standardization, is sent by the developer for approval to the customer of the development and the subjects of military standardization.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
-[...15 lines deleted...]
-      11. The procedures for the development, coordination, arrangement, design, content, presentation of national military standards shall be established by the fundamental military standards.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 14 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. The deadline for approval of the draft military national standard does not exceed twenty working days from the date of their registration with the subjects of military standardization.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
-[...15 lines deleted...]
-      12. The development and revision of national military standards shall be carried out by state bodies within their competence, as well as by legal entities of the Republic of Kazakhstan that meet the requirements of the technical assignment (technical specification) of the authorized body for the development of a national military standard.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 15 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. National military standards, containing requirements to the methods of control (testing) and methodologies of performance of measuring, not standardized at the national and interstate levels, shall be subject to coordination with the authorized body for technical regulation and metrology for compliance with the legislation in the field of ensuring the uniformity of measurements of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
-[...15 lines deleted...]
-      13. The basis for security classification of the national military standards shall be their compliance with the current lists of information in force in the state bodies and organizations, that are subject to security classification.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Following the results of the coordination, the developer of the draft military national standard prepares a summary of reviews with the inclusion of accepted and not accepted comments and suggestions from subjects of military standardization and the second edition of the draft military national standard.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In case of disagreement with comments and suggestions from subjects of military standardization, argumentative reasons for non-acceptance are given.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The second edition of the draft military national standard is sent for re-approval to the subjects of military standardization, along with a summary of the review.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The deadline for the re-approval of the military national standard is ten working days from the date of its receipt by the subjects of military standardization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If no consensus is reached during the approval and consideration of the draft military standard or the content of individual provisions (paragraphs), at the initiative of the developer, the draft military standard is submitted for discussion and decision-making to the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The authorized body organizes a discussion of suggestions and comments on the draft military standard, on which no consensus has been reached, with the involvement of the developer, the agreeing parties having disagreements and makes a decision within no more than ten working days from the date of its receipt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Based on the results of discussion and decision-making on the draft military standard, the developer includes comments and suggestions accepted and not accepted in the summary of reviews on the draft military standard.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 17 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. The developer of the military national standard, taking into account the comments and (or) suggestions received, forms a standard file on paper and (or) electronic media, which includes:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) draft military national standard (first, second and final editions);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) an explanatory note;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) summary of reviews;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) copies of outgoing letters for approval of the draft military national standard;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) copies of documents confirming the approval of the draft military national standard;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) copies of the terms of reference (technical specification) and feasibility study for the development of a military national standard (with the exception of documents on military standardization developed by government agencies);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) a regulatory document on standardization for military products of a foreign state, with the provisions of which the draft military national standard is harmonized (if any).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The completed file of the military national standard is sent by the developer to the authorized body for examination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 18 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. The examination shall include:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z70" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) reaching the consensus by coordinating parties;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z71" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) checking the completeness of the standard case;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z72" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Review summary review for completeness of coordination of the draft national military standard;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z73" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) elimination of duplication of requirements of existing military national standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z74" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) establishing compliance with national military standard development procedures with fundamental military standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z75" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) establishing compliance with the requirements of regulatory documents on standardization for military products of foreign states (if any).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z76" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. The examination of military national standards is carried out by the authorized body with the involvement of specialists in the field of military standardization of the Ministry of Defense of the Republic of Kazakhstan with the appropriate form of access to information constituting state secrets, within a period not exceeding twenty working days from the date of their receipt.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 20 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. The authorized body based on the results of the examination, shall return the draft national military standard for revision, in cases of:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z78" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) inconsistence with the requirements of the legislation of the Republic of Kazakhstan and regulatory documents on standardization;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z79" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) failure to achieve the goal established in the terms of reference (technical specification);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z80" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) submission by the developer of an incomplete package of documents specified in clause 18 of these Rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z81" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) rejection by the developer of suggestions and (or) comments from subjects of military standardization;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z82" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) duplication of norms in the project, with the current national military standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z83" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) non-coordination (failure to reach the consensus) with the customer of the development of the national military standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 21 as amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Based on the results of the examination, the authorized body issues an expert opinion, including recommendations on the possibility (or impossibility) of finalizing the draft national military standard and submission for consideration at a meeting of the technical commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z85" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Based on the results of the examination, the developer finalizes the draft military national standard (if necessary), completes and sends the file of the military national standard to the authorized body for further consideration and decision-making on approval at a meeting of the technical commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      The following documents are additionally included in the military national standard file: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) draft military national standard in the state and Russian languages with the stamp "FOR APPROVAL";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) minutes of meetings of the working group of the developer or the technical committee for standardization in the military field to review the finalized draft military standard (if any);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) product photo (if necessary); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) expert opinion of the authorized body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 23 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. The authorized body no later than ten working days after receiving the file of the national military standard submits it for consideration by the technical commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z87" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The decision of the technical commission shall be adopted by an open vote and is considered adopted if a majority of votes from the total number of members are cast for it.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z88" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In case of equality of votes, the decision is made by the chairman of the technical commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z89" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Based on the results of the meetings of the technical commission, a protocol is drawn up within three working days, signed by the chairman and secretary.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. After the developer receives the decision of the technical commission, a copy of the minutes of the meeting of the Technical Commission is included in the military national standard file and sent to the authorized body for approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 25 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 3. Coordination of national military standards</w:t>
-[...459 lines deleted...]
-      2) checking the completeness of the standard case;</w:t>
+        <w:t xml:space="preserve"> Chapter 4. Approval and implementation of national military standards</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z72" w:id="70"/>
-[...15 lines deleted...]
-      3) Review summary review for completeness of coordination of the draft national military standard;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. If the developer submits an incomplete set of documents, the authorized body returns the standard file for revision no later than three working days.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z73" w:id="71"/>
-[...15 lines deleted...]
-      4) elimination of duplication of requirements of existing military national standards;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 26 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. The military national standard is approved and put into effect by order of the head of the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z74" w:id="72"/>
-[...15 lines deleted...]
-      5) establishing compliance with national military standard development procedures with fundamental military standards;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      After the approval of the military national standard by the developer, the following documents are additionally included in the military national standard File:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) a copy of the order approving the military national standard and putting it into effect;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the approved military standard in the state and Russian languages, one copy each.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 27 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 5. Registration and record of the national military standards</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z75" w:id="73"/>
-[...15 lines deleted...]
-      6) establishing compliance with the requirements of regulatory documents on standardization for military products of foreign states (if any).</w:t>
+    <w:bookmarkStart w:name="z100" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. After approval, national military standards are subject to record and registration in the Book of registration (record) of national military standards of the authorized body in the form, according to appendix to these Rules, indicating the following information:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z76" w:id="74"/>
-[...15 lines deleted...]
-      20. Examination of the national military standards shall be carried out by the authorized body involving the specialists in the field of military standardization of the Ministry of Defense of the Republic of Kazakhstan, as well as a specialist of the national body for standardization with the relevant form of access to information, constituting the state secrets, within the period, not exceeding twenty working days from the date of their receipt.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) dates and index number of registrations;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z77" w:id="75"/>
-[...15 lines deleted...]
-      21. The authorized body based on the results of the examination, shall return the draft national military standard for revision, in cases of:</w:t>
+    <w:bookmarkStart w:name="z102" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) designation of the national military standard;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z78" w:id="76"/>
-[...15 lines deleted...]
-      1) inconsistence with the requirements of the legislation of the Republic of Kazakhstan and regulatory documents on standardization;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) name of the national military standard;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z79" w:id="77"/>
-[...15 lines deleted...]
-      2) failure to achieve the goal established in the terms of reference (technical specification);</w:t>
+    <w:bookmarkStart w:name="z104" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) number and date of the order on approval of the national military standard;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z80" w:id="78"/>
-[...15 lines deleted...]
-      3) submission by the developer of an incomplete package of documents specified in clause 18 of these Rules;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) name, legal address of organization-developer, organization-co-executor;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z81" w:id="79"/>
-[...15 lines deleted...]
-      4) rejection by the developer of proposals and (or) comments of interested state bodies, organizations and enterprises;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) data on amendments and cancellation (if any) of the national military standard;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z82" w:id="80"/>
-[...15 lines deleted...]
-      5) duplication of norms in the project, with the current national military standards;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) effective date / expiry date;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z83" w:id="81"/>
-[...15 lines deleted...]
-      6) non-coordination (failure to reach the consensus) with the customer of the development of the national military standard.</w:t>
+    <w:bookmarkStart w:name="z108" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) on harmonization with international, interstate military standards, and military standards of foreign states;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z84" w:id="82"/>
-[...15 lines deleted...]
-      22. Based on the results of the examination, the authorized body issues an expert opinion, including recommendations on the possibility (or impossibility) of finalizing the draft national military standard and submission for consideration at a meeting of the technical commission.</w:t>
+    <w:bookmarkStart w:name="z109" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) on the degree of restriction of information for distribution.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z85" w:id="83"/>
-[...15 lines deleted...]
-      23. Based on the results of the examination, the developer finalizes the draft of the national military standard (if necessary) and sends the file of the national military standard to the authorized body for further consideration and a decision on approval at a meeting of the technical commission.</w:t>
+    <w:bookmarkStart w:name="z110" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. After registration, the standard file is stored in the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z86" w:id="84"/>
-[...15 lines deleted...]
-      24. The authorized body no later than ten working days after receiving the file of the national military standard submits it for consideration by the technical commission.</w:t>
+    <w:bookmarkStart w:name="z111" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. National military standards are published, republished and distributed by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z87" w:id="85"/>
-[...15 lines deleted...]
-      The decision of the technical commission shall be adopted by an open vote and is considered adopted if a majority of votes from the total number of members are cast for it.</w:t>
+    <w:bookmarkStart w:name="z112" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      National military standards, developed on an initiative basis by subjects of military standardization are distributed by the authorized body for coordination with these subjects.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z88" w:id="86"/>
-[...15 lines deleted...]
-      In case of equality of votes, the decision is made by the chairman of the technical commission.</w:t>
+    <w:bookmarkStart w:name="z113" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. National military standards form a fund of regulatory documents on military standardization, which is an information resource.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z89" w:id="87"/>
-[...15 lines deleted...]
-      Based on the results of the meetings of the technical commission, a protocol is drawn up within three working days, signed by the chairman and secretary.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 6. Amendments and cancellation of national military standards</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z90" w:id="88"/>
-[...15 lines deleted...]
-      25. After the developer receives the decision of the technical commission, the military national standard file is sent to the authorized body for approval.</w:t>
+    <w:bookmarkStart w:name="z115" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Amendments to national military standards are developed when adding or excluding certain requirements, extending, limiting their validity.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z91" w:id="89"/>
+    <w:bookmarkStart w:name="z116" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Amendments to military national standards are carried out on the basis of verification or receipt of suggestions from subjects of military standardization.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...23 lines deleted...]
-      26. When approving the national military standard, the developer additionally shall include in the case of the standard:</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 33 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Suggestions for changes to military national standards are submitted for approval to the authorized body in accordance with these Rules.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z93" w:id="91"/>
-[...15 lines deleted...]
-      1) expert opinion of the authorized body;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Amendments to military national standards are carried out by order of the head of the authorized body, in coordination with the subjects of military standardization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 34 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Cancellation of national military standards, shall be carried out in case of:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z94" w:id="92"/>
-[...15 lines deleted...]
-      2) minutes of the meeting of the technical commission;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the termination of the release of products (performance of work, provision of services) of military and dual-use, produced in accordance with this military national standard;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z95" w:id="93"/>
-[...15 lines deleted...]
-      3) draft national military standard in the Kazakh and Russian languages in paper and electronic formats;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) enactment of a new national military standard.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z96" w:id="94"/>
-[...15 lines deleted...]
-      4) notarial certified translation in the Kazakh and Russian language of the regulatory document on standardization for military products of a foreign state, with the provisions of which the draft national military standard (if any) is harmonized.</w:t>
+    <w:bookmarkStart w:name="z121" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. In case of cancellation of the national military standard, the person initiating the cancellation shall send to the authorized body:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z97" w:id="95"/>
-[...15 lines deleted...]
-      If the developer submits an incomplete package of documents, the authorized body shall return the standard file for revision no later than three working days.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) a proposal on cancellation;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z98" w:id="96"/>
-[...15 lines deleted...]
-      27.The national military standard shall be approved and enacted by the order of the head of the authorized body.</w:t>
+    <w:bookmarkStart w:name="z123" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) information about the document replacing it or canceling it of the national military standard without replacement with justification;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z99" w:id="97"/>
+    <w:bookmarkStart w:name="z124" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) a letter confirming the consent of the customer and the developer of the national military standard to cancel it.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z125" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. The cancellation of the military national standard is carried out by order of the head of the authorized body, in coordination with the subjects of military standardization.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...524 lines deleted...]
-    <w:bookmarkEnd w:id="123"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 37 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 22.08.2025 № 310 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8270"/>
-        <w:gridCol w:w="4943"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8270" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4943" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix</w:t>
             </w:r>
@@ -3620,1876 +4453,1688 @@
               </w:rPr>
               <w:t xml:space="preserve">of the Republic of Kazakhstan, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>other troops and military units</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8270" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4943" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z127" w:id="124"/>
+    <w:bookmarkStart w:name="z127" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Book of registration (record) of national military standards</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1324"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1368"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Date and index number of registration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Designation of the national military standard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Name of the national military standard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Number and date of the order on approval of the national military standard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2791" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Name, legal address of organization-developer/ organization-co-executor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Data on amendment and cancellation of the national military standard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Effective date / expiry date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Information on harmonization with international, interstate military standards, and military standards of foreign states</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 The degree of restriction of information for distribution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2791" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2791" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2791" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1042" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2791" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -5520,55 +6165,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5894,31 +6539,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>