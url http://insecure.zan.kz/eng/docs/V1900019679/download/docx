--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="292291d" w14:textId="292291d">
+    <w:p w14:paraId="d3cf97f" w14:textId="d3cf97f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -148,194 +148,176 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Resolution of the Board of the National Bank of the Republic of Kazakhstan dated November 29, 2019 № 229. Registered with the Ministry of Justice of the Republic of Kazakhstan on December 3, 2019 № 19679.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      </w:t>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i/>
-          <w:color w:val="000000"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Unofficial translation</w:t>
+        <w:t>      Unofficial translation</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Note!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Terms of submission of the reporting last during action of state of emergency imposed by the Decree of the President of the Republic of Kazakhstan dated 15.03.2020 № 285 "On Imposition of the State of Emergency in the Republic of Kazakhstan" according to the resolution of the Board of National Bank of the Republic of Kazakhstan dated 31.03.2020 № 42 (enter into force from the date of its first official publication).</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      In accordance with subparagraph 1) part two of article 15 of the Law of the Republic of Kazakhstan "On the National Bank of the Republic of Kazakhstan" and  subparagraph 2) of paragraph 3 of article 16 of the Law of the Republic of Kazakhstan "On State Statistics", the Management Board of the National Bank of the Republic of Kazakhstan </w:t>
+      In accordance with part two of Article 32 of the Law of the Republic of Kazakhstan "On the National Bank of the Republic of Kazakhstan" The Management Board of the National Bank of the Republic of Kazakhstan </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>HEREBY RESOLVES</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The preamble in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 27.11.2023 № 87 (shall enter into force upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The preamble in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -359,51 +341,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. To recognize as invalid some resolutions of the Management Board of the National Bank of the Republic of Kazakhstan, as well as structural elements of some resolutions of the Management Board of the National Bank of the Republic of Kazakhstan on the list according to the Annex to this resolution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The Department of Monetary Policy (V.A.Tutushkin) in accordance with the procedure established by the legislation of the Republic of Kazakhstan shall:</w:t>
+      3. The Department of Monetary Policy (V.A. Tutushkin) in accordance with the procedure established by the legislation of the Republic of Kazakhstan shall:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ensure jointly with the Legal Department (Kasenov A.S.) state registration of this resolution in the Ministry of Justice of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -431,190 +413,178 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) within ten working days after the state registration of this resolution, submit to the Legal Department information on the implementation of measures provided for in subparagraph 2) of this paragraph and paragraph 4 of this resolution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. The Department of External Communications - the press service of the National Bank (A.R.Adambayev) to ensure that within ten calendar days after the state registration of this resolution, and send a copy for official publication to periodicals.</w:t>
+      4. The Department of External Communications - the press service of the National Bank (A.R. Adambayev) to ensure that within ten calendar days after the state registration of this resolution, and send a copy for official publication to periodicals.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Control over the execution of the resolution shall be entrusted to the vice-chairman of National Bank of the Republic of Kazakhstan M.E. Abylkasymova.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. This resolution shall be subject to official publication and enter into force from January 28, 2020.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7782"/>
+        <w:gridCol w:w="4218"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7782" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Chairman</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">of the National Bank </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4218" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -639,91 +609,79 @@
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        "AGREED"</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Committee on Statistics</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ministry of National Economy</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
@@ -870,120 +828,79 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules on minimum reserve requirements  Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. These Rules on minimum reserve requirements (hereinafter referred to as the Rules) have been developed in accordance with subparagraph 1</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> part two of article  15 of the Law of the Republic of Kazakhstan "On the National Bank of the Republic of Kazakhstan" and  subparagraph 2) of paragraph 3 of article 16 of the Law of the Republic of Kazakhstan "On State Statistics" and shall determine the structure of obligations of second-tier banks and branches of non-resident banks (hereinafter referred to as the Bank), adopted to calculate minimum reserve requirements, the procedure for calculating minimum reserve requirements, meeting minimum reserve requirements, reserving and monitoring the implementation of minimum reserve requirements..</w:t>
+      1. These Rules on minimum reserve requirements (hereinafter referred to as the Rules) have been developed in accordance with part two of Article 32 of the Law of the Republic of Kazakhstan "On the National Bank of the Republic of Kazakhstan" and shall determine the structure of obligations of second-tier banks and branches of non-resident banks of the Republic of Kazakhstan (hereinafter referred to as the Bank), adopted to calculate minimum reserve requirements, the procedure for calculating minimum reserve requirements, meeting minimum reserve requirements, reserving and monitoring the implementation of minimum reserve requirements.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Footnote. Paragraph 1 in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 27.11.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (shall enter into force upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 1 in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1095,105 +1012,147 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2. Structure of the bank's obligations for calculation of minimum reserve requirements and procedure for calculation of minimum reserve requirements</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The structure of the obligations entered into for the calculation of minimum reserve requirements shall consist of the bank's obligations in national and foreign currency with a period of up to 1 (one) year (short-term liabilities) and more than 1 (one) year (long-term liabilities), reflected in the balance sheet accounts of accounting.</w:t>
+      3. The structure of the obligations of the bank adopted for the calculation of minimum reserve requirements shall consist of the bank obligations in national and foreign currency of:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The list of short-term liabilities of the bank in national and foreign currency shall be defined in Annex 1 to the Rules.</w:t>
+      first category of obligations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The list of individual short-term liabilities of the bank in foreign currency shall be defined in Annex 2 to the Rules.</w:t>
+      second category of obligations;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The list of long-term liabilities of the bank in national and foreign currency shall be defined in Annex 3 to the Rules.</w:t>
+      third category of obligations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 3 in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. The bank's obligations to calculate minimum reserve requirements shall include obligations on principal debt and remuneration, including arrears (if any) on principal debt and remuneration.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1221,51 +1180,525 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Standards of minimum reserve requirements shall be set separately for each category of obligations of the bank adopted to calculate minimum reserve requirements.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. When calculating the minimum reserve requirements for each category of obligations of the bank adopted for calculating the minimum reserve requirements, the average value of the bank's obligations accepted for calculating the minimum reserve requirements (arithmetic average) shall be calculated for the determination period.</w:t>
+      7. The calculation of minimum reserve requirements shall take into account the obligations of the bank recorded in the balance sheet accounts of the Standard Chart of Accounts for second-tier banks, mortgage organizations, the Joint-Stock Company “Development Bank of Kazakhstan” and branches of non-resident banks of the Republic of Kazakhstan, approved by the Resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated January 31, 2011 № 3 "On approval of the Standard Chart of Accounts in the second-tier banks, mortgage organizations, the Joint-Stock Company “Development Bank of Kazakhstan” and branches of non-resident banks of the Republic of Kazakhstan" (registered in the Register of State Registration of Regulatory Legal Acts under № 6793) (hereinafter referred to as the Standard Chart of Accounts).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When determining the minimum reserve requirements for each category of bank obligations accepted for calculating minimum reserve requirements, the average value of the relevant bank obligations (arithmetic average) shall be calculated for the determination period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The first category of bank obligations used to calculate minimum reserve requirements shall be defined in accordance with Annex 1 to the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The second category of bank obligations used to calculate minimum reserve requirements shall be defined in accordance with Annex 2 to the Rules and paragraph 7-1 of the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The third category of bank obligations used to calculate minimum reserve requirements shall be defined in accordance with Annex 3 to the Rules and paragraph 7-3 of the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 7 in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. The second category of bank obligations accepted for calculating minimum reserve requirements shall be defined as the calculated amount of bank obligations under repo transactions, taking into account the bank's requirements for reverse repo transactions and interbank money market transactions (hereinafter referred to as the calculated amount for repo transactions), multiplied by the adjustment coefficient for repo transactions, determined in accordance with paragraph 7-2 of the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The estimated amount for repo transactions shall be determined as the positive difference between the average amount of bank obligations for repo transactions and the amount of bank claims for reverse repo transactions and interbank money market transactions for the period of determination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The Rules were supplemented with paragraph 7-1 in accordance with the Resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7-2. The adjustment coefficient for repo transactions in national currency, the value of which ranges from 0 to 1 with an accuracy of 2 (two) decimal places, shall be determined as the average for the calendar year of the specific weight of daily open positions of non-bank buyers in repo transactions in the total volume of open positions in repo transactions conducted in national currency on the Kazakhstan Stock Exchange (hereinafter referred to as the KASE). Non-bank buyers in repo transactions shall include all buyers in repo transactions, except for banks and the National Bank of the Republic of Kazakhstan, which conduct repo transactions on their own behalf and at the expense of their own assets. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The adjustment coefficient for repo transactions in national currency shall be calculated by the KASE based on the results of the previous calendar year, published on the official website of the KASE no later than the tenth working day of the first month of the current year, and applied during the current year, starting from the first period of determination of the current year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The adjustment coefficient for repo transactions in foreign currency shall be accepted to be equal to 1 (one).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The Rules were supplemented with paragraph 7-2 in accordance with the Resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-3. The third category of bank obligations accepted for calculating minimum reserve requirements shall include the bank obligations on bonds issued by the bank, subject to the following conditions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the term of the bonds is at least three (3) years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      there is no option for the bondholder to redeem (repurchase) the bonds early (in full or in part);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the bonds are not used to manage customer liquidity, including redemption by the issuer at the initiative or request of individual holders;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the bonds are not used as an alternative to placing funds of individual customers (e.g., in the event of an outflow of large customer deposits).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The bank shall send a notice to the National Bank of the Republic of Kazakhstan regarding bonds included in the third category of bank obligations, in accordance with Annex 3-1 of the Rules (hereinafter referred to as the Notice), confirming that the issue of such bonds complies with the conditions specified in this paragraph. The Notice shall be sent via the information system “Web Portal of the National Bank of the Republic of Kazakhstan”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The bank obligations on the bonds issued shall be included in the third category of bank obligations accepted for the calculation of minimum reserve requirements, starting from the determination period following the date of sending the Notice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Should the bank fail to comply with the condition(s) specified in this clause, the obligations under the bonds referred to in the Notice shall be included in the first category of bank obligations accepted for the calculation of minimum reserve requirements, starting from the determination period during which such failure to comply was identified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The Rules were supplemented with paragraph 7-3 in accordance with the Resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Minimum reserve requirements for each category of obligations of the bank accepted for calculation of minimum reserve requirements shall be calculated by multiplying the average value of each category of obligations of the bank accepted for calculation of minimum reserve requirements, the procedure for calculation of which shall be specified in paragraph 7 of the Rules, by the standard of minimum reserve requirements for the corresponding category of obligations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1275,115 +1708,229 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Minimum reserve requirements shall be calculated by summing up the minimum reserve requirements for each category of bank obligations adopted to calculate minimum reserve requirements.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      For banks whose obligations include state support funds, the minimum reserve requirements are increased by an amount equal to 10 (ten) percent of the amount of state support funds to be repaid (the principal amount excluding interest as of the last day of the determination period).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      For the purposes of the Rules, state support funds shall mean the bank obligations on deposits, bonds, loans (hereinafter referred to as debt instruments) placed, acquired or provided to the bank before January 1, 2025 using funds from the state budget, the National Fund of the Republic of Kazakhstan, the National Bank of the Republic of Kazakhstan and/or its subsidiaries to ensure the financial stability and/or recovery of the bank, and on which there is income from initial recognition and/or changes in the terms of the obligations, including changes in the interest rate, amount, type, and/or term of the debt instrument. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      State support measures shall not include the bank obligations under debt instruments placed, acquired, or provided to the bank using funds from the state budget, the National Fund of the Republic of Kazakhstan, the National Bank of the Republic of Kazakhstan and/or its subsidiaries, including through quasi-public sector entities, for the purpose of supporting business entities in various sectors of the economy and/or mortgage lending and/or refinancing of mortgage housing loans (mortgage loans).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 9 in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       10. Minimum reserve requirements shall be calculated based on the following daily reports submitted to the National Bank of the Republic of Kazakhstan:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      report on balances on balance sheet and off-balance sheet accounts in accordance with Annex 2 to resolution of the Board of the National Bank of the Republic of Kazakhstan dated April 21, 2020 № 54 "On approval of the list, forms, terms and Rules for reporting by the second-tier banks," registered in the Register of State Registration of Regulatory Legal Acts under № 20474;</w:t>
+      report on balances on balance sheet and off-balance sheet accounts in accordance with Annex 2 to Resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated April 21, 2020 № 54 "On approval of the list, forms, terms and Rules for reporting by the second-tier banks" (registered in the Register of State Registration of Regulatory Legal Acts under № 20474) (hereinafter – Resolution № 54);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      report on balances on balance sheet and off-balance sheet accounts in accordance with Annex 2 to resolution of the Board of the National Bank of the Republic of Kazakhstan dated March 2, 2021 № 22 "On approval of the list, forms, deadlines for submission of reports by branches of non-resident banks of the Republic of Kazakhstan and Rules for its submission," registered in the Register of State Registration of Regulatory Legal Acts under № 22323.</w:t>
+      report on certain indicators of activities of the bank according to Annex 3 to Resolution № 54;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      report on balances on balance sheet and off-balance sheet accounts in accordance with Annex 2 to Resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated March 2, 2021 № 22 "On approval of the list, forms, deadlines for submission of reports by branches of non-resident banks of the Republic of Kazakhstan and Rules for its submission" (registered in the Register of State Registration of Regulatory Legal Acts under № 22323).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 10 - as amended by Resolution of the Board of the National Bank of the Republic of Kazakhstan dated 24.01.2022 № 2 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 10 in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1459,51 +2006,93 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) the average balance in the correspondent account of the bank in the National Bank of the Republic of Kazakhstan in the national currency;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) the average value of cash in the national currency in the bank's cash desk in the amount not exceeding 50 (fifty) percent of the minimum reserve requirements for the period of determination.</w:t>
+      2) the average value of cash in the national currency in the bank's cash desk in the amount not exceeding 25 (twenty-five) percent of the minimum reserve requirements for the period of determination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 13 as amended by the Resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. The average value of reserve assets for the period of formation shall not be less than the minimum reserve requirements calculated for this period.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1747,8676 +2336,6871 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>reserve requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z126" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> List of short-term liabilities of the bank in national and foreign currencies</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>First category of bank obligations, to be taken to calculate minimum reserve requirements</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Annex 1 - as amended by the resolution of the Board of the National Bank of the Republic of Kazakhstan dated 21.11.2022 № 98 (shall enter into force from 01.01.2023); as amended by the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 27.11.2023 № 87 (the order of enforcement see. p. 4).</w:t>
+      Footnote. Annex 1 in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="1157"/>
+        <w:gridCol w:w="11143"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="1157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Number of the balance sheet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...29 lines deleted...]
-Balance sheet account number balance sheet account name</w:t>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Balance sheet account name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-2012 Correspondent accounts of foreign central banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Correspondent accounts of organizations engaged in certain types of banking operations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-2013 Correspondent accounts of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2064</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Short-term loans received from organizations engaged in certain types of banking operations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-2014 Correspondent accounts of organizations engaged in certain types of banking operations</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2066</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Long-term loans received from organizations engaged in certain types of banking operations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-2022 Demand deposits of foreign central banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Finance leases received</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-2023 Demand deposits of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2068</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue loans and finance leases</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-2024 Overdue debt on demand deposits of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Time deposits of organizations engaged in certain types of banking operations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-2034 Short-term loans received from the government of the Republic of Kazakhstan, local executive bodies of the Republic of Kazakhstan, national managing holding and special private enterprise development fund</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue debt on time deposits of organizations engaged in certain types of banking operations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue debt on loans received from the Government of the Republic of Kazakhstan, local executive bodies of the Republic of Kazakhstan, national managing holding and special private enterprise development fund</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+State budget money</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Short-term loans received from international financial institutions</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Uninvested balances in bank accounts intended for accounting of money of clients managing the investment portfolio</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue debt on loans received from international financial institutions</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Current accounts of legal entities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Short-term loans received from other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Current accounts of individuals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue loans and finance leases received from other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2205</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Deposits on demand of individuals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Short-term loans received from organizations engaged in certain types of banking operations</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2206</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Short-term deposits of individuals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue loans and finance leases</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2207</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Long-term deposits of individuals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overnight loans from foreign central banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2208</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Conditional deposits of individuals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overnight loans received from other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Financial assets held in trust</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Foreign central bank term deposits</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2211</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Deposits on demand of legal entities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Short-term deposits of other banks (up to one month)</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2212</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Metal accounts of clients in refined precious metals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Short-term deposits of other banks (up to one year)</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2213</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Short-term deposits of individuals, which serve as collateral for client obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Deposits raised from other banks for one night</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2214</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Savings deposits of individuals (no more than one year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Contribution that shall be collateral for obligations of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2215</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Short-term deposits of legal entities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Account of storage of money accepted as collateral (mortgage, deposit) of obligations of other banks and financial institutions</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Term deposits of customers in refined precious metals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Savings deposits of other banks (not more than one month)</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Long-term deposits of legal entities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Contingent deposits of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Savings deposits of legal entities (more than one year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Savings deposits of other banks (not more than one year)</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2219</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Contingent deposits of legal entities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue debt on term deposits of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Savings deposits of legal entities (not more than one year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue debt on contingent deposits of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2222</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Contributions from special purpose subsidiaries</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue savings deposits of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Deposits of legal entities pledged as collateral for customer liabilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Fixed-term deposits of organizations engaged in certain types of banking operations</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue customer demand deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue debt on time deposits of organizations engaged in certain types of banking operations</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2225</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Past due for other customer transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-State budget money</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2226</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue customer term deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Uninvested balances in bank accounts intended for accounting of money of clients managing the investment portfolio</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Lease obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Current accounts of legal entities</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2228</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Instructions not fulfilled on time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Current accounts of individuals</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2229</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Savings deposits of individuals (more than one year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Deposits on demand of individuals</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2230</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue debt on lease obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Short-term deposits of individuals</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2231</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue debt on deposits of special-purpose subsidiaries</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Conditional deposits of individuals</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2232</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue debt on contingent deposits of customers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Financial assets held in trust</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2237</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Account for safekeeping of sender's instructions in accordance with the currency legislation of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Deposits on demand of legal entities</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Account for safekeeping of funds accepted as collateral (pledge, earnest money) for customer obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Short-term deposits from individuals, which are collateralized by customer liabilities</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2241</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Long-term deposits of individuals serving as collateral for customer obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Savings deposits of individuals (not more than one year)</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2242</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Uninvested balances in bank accounts intended for the recording of funds of customers of an entity acting as a nominee holder, including on the basis of the relevant license of the Astana International Financial Centre Committee for Regulation of Financial Services Opened by Banks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Short-term deposits of legal entities</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2243</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue balances on customer savings deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Conditional deposits of legal entities</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2245</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Investment deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Savings deposits of legal entities (not more than one year)</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Outstanding bonds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Contributions from special purpose subsidiaries</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Outstanding other securities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Deposits of legal entities pledged as collateral for customer liabilities</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2306</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Repurchased bonds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue customer demand deposits</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Subordinated debt with a maturity of less than five years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Past due for other customer transactions</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2402</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Subordinated debt with a maturity of more than five years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue customer term deposits</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2405</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Repurchased subordinated bonds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Instructions not fulfilled on time</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2406</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Subordinated bonds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue deposits of special purpose subsidiaries</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2552</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Settlements with customers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue customer contingent deposits</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2706</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on loans and financial leases</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-The account of storage of the sender's instructions in accordance with the currency legislation of the Republic of Kazakhstan</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2707</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses related to the payment of interest on the amount of money accepted as collateral (mortgage, earnest money) for customer obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Account of storage of money accepted as collateral (mortgage, deposit) of customers' obligations</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2717</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on customer metal accounts in refined precious metals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Uninvested balances on bank accounts intended for accounting of clients' money of the person performing the functions of nominal holder, including on the basis of the relevant license of the Committee of the Astana International Financial Center on regulation of financial services, opened by banks;</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2718</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on customer current accounts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue customer savings deposits</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2719</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on customer contingent deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Investment deposits</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2720</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on customer demand deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Settlements with other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2721</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on customer time deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accounts receivable</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2722</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on deposits of special-purpose subsidiaries</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued correspondent account expenses</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2723</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on deposits serving as collateral for customer obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on demand deposits of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2724</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on customer savings deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on loans received from the Government of the Republic of Kazakhstan, local executive bodies of the Republic of Kazakhstan and the national management holding</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2727</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on transactions with derivative financial instruments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued borrowing costs from international financial institutions</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2728</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on time deposits of organizations engaged in certain types of banking operations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued borrowing and finance leasing expenses received from other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2729</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Obligations to pay part of the income on investment deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued borrowing and finance leasing costs</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2730</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on securities issued into circulation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses related to the payment of remuneration in the amount of money accepted as collateral (mortgage, deposit) of customers' obligations</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2731</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on other operations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on savings deposits of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2740</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on subordinated debt</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued overnight borrowing costs of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2741</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue remuneration on loans received and financial leasing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on term deposits of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2742</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue interest on demand deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on a deposit that shall be collateral for obligations of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2743</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue interest on term deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on contingent deposits of other banks</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2744</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue interest on securities issued</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued customer current account expenses</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2745</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued interest expense on lease obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on contingent deposits of customers</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2746</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue interest on conditional deposits</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued costs on customer demand deposits</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2747</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue interest on deposits securing the obligations of other banks and customers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on time deposits of customers</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2748</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdue interest on current accounts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on deposits of special purpose subsidiaries</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2749</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Other overdue interest</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued costs on a deposit that is collateral for customer liabilities</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2755</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on financial assets held in trust</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on customer savings deposits</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2756</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on subordinated bonds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on derivative transactions</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2855</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Creditors under documentary settlements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on fixed-term deposits of organizations engaged in certain types of banking operations</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2865</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Liabilities under issued electronic money</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Obligations to pay part of income on investment deposits;</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Liabilities under futures transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses on issued securities</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2892</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Liabilities under forward transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued expenses for other transactions</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2893</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Liabilities under option transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue consideration for loans and finance leases received</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2894</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Liabilities under spot transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue interest on demand deposits</w:t>
+            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2895</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Liabilities under swap transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...1077 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="1157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2899</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...820 lines deleted...]
-Accrued expenses on metal accounts of clients in refined precious metals</w:t>
+            <w:tcW w:w="11143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Liabilities under transactions with other derivative financial instruments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Note: Obligations to other resident bank, as well as the National Bank of the Republic of Kazakhstan, shall be excluded from the composition of the liabilities reflected in the balance sheets 2126 and 2708.</w:t>
+      Note:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Liabilities reflected in balance sheet accounts 2203, 2210, 2222, 2225, 2227, 2237, 2240, 2245, 2707, 2722, 2727, 2729, 2731, 2741, 2742, 2743, 2745, 2746, 2747, 2749, 2755, 2855, 2865, 2891, 2892, 2893, 2894, 2895 and 2899, shall exclude liabilities to another resident bank of the Republic of Kazakhstan, a non-resident bank of the Republic of Kazakhstan, the National Bank of the Republic of Kazakhstan, a foreign central bank, or an international financial organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) liabilities reflected in balance sheet accounts 2212, 2216, and 2717 shall be included in liabilities in foreign currency;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) liabilities reflected in balance sheet accounts 2301, 2306, 2405, and 2406, liabilities classified as third category bank obligations accepted for calculating minimum reserve requirements in accordance with paragraph 7-3 of the Rules and liabilities in the amount of state support funds (principal debt excluding interest) in accordance with parts three and four of paragraph 9 of the Rules shall be excluded.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10452,1694 +9236,2203 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Annex 3</w:t>
+              <w:t>Annex 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>to Rules on minimum</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>reserve requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="2"/>
+    <w:bookmarkStart w:name="z100" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> List of long-term liabilities of the bank in national and foreign currencies</w:t>
+        <w:t xml:space="preserve"> Second category of bank obligations, to be taken to calculate minimum reserve requirements</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Annex 3 - as amended by the resolution of the Board of the National Bank of the Republic of Kazakhstan dated 21.11.2022 № 98 (shall enter into force from 01.01.2023); as amended by the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 27.11.2023 № 87 (the order of enforcement see. p. 4).</w:t>
+      Footnote. Annex 2 in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="2735"/>
+        <w:gridCol w:w="9565"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Name of the balance sheet account </w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Number of the balance sheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Balance sheet account name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Long-term loans received from the Government of the Republic of Kazakhstan, local executive bodies of the Republic of Kazakhstan, the national managing holding and a special fund for the development of private entrepreneurship</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Obligations under repo transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Long-term loans received from international financial institutions</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2255</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Repo transactions with securities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Long-term loans from other banks</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2256</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Obligation in the form of remuneration received on securities accepted under reverse repo transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Finance leasing received from other banks</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2257</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Obligation to return securities accepted under reverse repo transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Long-term loans received from organizations engaged in certain types of banking operations</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2725</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued expenses on repo transactions with securities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Finance lease received</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Reverse repo transaction requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Long-term deposits of other banks</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1461</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Reverse repo transactions with securities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Savings deposits of other banks (more than one year)</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1748</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Accrued income on securities repurchase transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Long-term deposits of individuals</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Requirements for interbank money market transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Long-term deposits of legal entities</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Deposits in the National Bank of the Republic of Kazakhstan (for one night)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Savings deposits of legal entities (more than one year</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Demand deposits with the National Bank of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Lease liabilities</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Term deposits with the National Bank of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Savings deposits of individuals (more than one year)</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Securities accounted for at fair value through profit or loss</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Overdue lease obligations</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1251</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Deposits placed with other banks (overnight)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Long-term deposits from individuals, which are collateralized by customer liabilities</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1252</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Demand deposits placed with other banks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Issued bonds</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1253</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Short-term deposits placed with other banks (up to one month)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Issued other securities</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1258</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Savings deposits placed with other banks (up to one month)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Repurchased bonds</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overdraft loans on correspondent accounts of other banks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Accrued interest expense on lease liabilities</w:t>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1302</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Short-term loans granted to other banks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Overnight loans to other banks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Securities measured at fair value through other comprehensive income</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1481</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Securities measured at amortized cost</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Requirements for futures transactions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1892</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Requirements for forward transactions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1894</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Requirements for spot transactions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1895</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Requirements for swap transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z101" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Note: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z102" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Note: From liabilities recorded in balance sheet accounts 2056, 2057, 2127, 2141, 2227, 2301, 2303, 2306 и 2745, the obligations to another resident bank as well as the National Bank of the Republic of Kazakhstan shall be excluded.</w:t>
+      1) obligations under repo transactions shall exclude obligations to another resident bank of the Republic of Kazakhstan, a non-resident bank of the Republic of Kazakhstan, the National Bank of the Republic of Kazakhstan, a foreign central bank, or an international financial organization;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) interbank money market transactions reflected in balance sheet accounts 1201, 1452, and 1481 shall include only short-term notes of the National Bank of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) requirements for interbank money market transactions reflected in balance sheet accounts 1891, 1892, 1894, and 1895 shall include only requirements to another resident bank of the Republic of Kazakhstan, a non-resident bank of the Republic of Kazakhstan, the National Bank of the Republic of Kazakhstan, a foreign central bank, or an international financial organization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) the calculation of the second category of bank obligations accepted for the calculation of minimum reserve requirements shall be made in accordance with paragraph 7-1 of the Rules.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12175,12243 +11468,24221 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Annex 4</w:t>
-[...12 lines deleted...]
-              <w:t>to the Minimum Rules</w:t>
+              <w:t>Annex 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to Rules on minimum</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>reserve requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="3"/>
+    <w:bookmarkStart w:name="z108" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Information on meeting minimum backup requirements</w:t>
+        <w:t xml:space="preserve"> Third category of bank obligations, to be taken to calculate minimum reserve requirements</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Annex 4 - as amended by the resolution of the Board of the National Bank of the Republic of Kazakhstan dated 24.01.2022 № 2 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      Footnote. Annex 3 in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5983"/>
+        <w:gridCol w:w="6317"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Number of the balance sheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Balance sheet account name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bonds issued</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2306</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bonds redeemed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2405</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Subordinated bonds redeemed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5983" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2406</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6317" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Subordinated bonds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z109" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Note: Inclusion to the third category of bank obligations, to be taken to calculate minimum reserve requirements, shall be carried out in accordance with paragraph 7-3 of the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Annex 3-1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to Rules on minimum</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>reserve requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z112" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Notice on bonds, included into the third category of bank obligations</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The Rules are supplemented by Appendix 3-1 in accordance with the Resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 3-1 в соответствии с постановлением Правления Национального Банка РК от 25.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 44</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении тридцати календарных дней со дня его принятия и подлежит официальному опубликованию).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Hereby _________________________________ (name of the bank), business identification number (BIN) ____________________ hereinafter referred to as the Bank), hereby announces the terms and conditions of the issue of bonds, the obligations under which fall within the third category of obligations accepted for the calculation of minimum reserve requirements, and confirms their compliance with the requirements of paragraph 7-3 of the Rules on Minimum Reserve Requirements, approved by Resolution of the Management Board of the National Bank of the Republic of Kazakhstan № 229 dated November 29, 2019 “On Approval of the Rules on Minimum Reserve Requirements.” </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z114" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Terms of the issue of bonds included in the third category of bank obligations used to calculate minimum reserve requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      International Issue Identification Number (ISIN code) _________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Issue registration date ____________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Circulation commencement date __________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Maturity date _____________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Circulation period _______ years ____ months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Issue currency __________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Issue volume ______________ units of the issue currency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Remaining principal on bonds (less bonds repurchased by the bank) _________ tenge (reporting date _____________).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Volume of bonds repurchased by the bank ______ tenge (reporting date). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Balance sheet account numbers for the principal debt on ______ bonds and the redeemed bonds ______.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Interest rate _____ percent per annum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Availability of options: ( ) Yes ( ) №</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Option terms (information specified in the prospectus) ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (specified on page __ of the prospectus).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Additional information ________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The bond issue prospectus has been published (indicate the link) ___________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. We hereby confirm that for the bonds specified in paragraph 1 of the Notice:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the term of circulation of the bonds is not less than 3 (three) years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) there is no option for the bondholder to redeem (repurchase) the bonds early (in full) or in part;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) the Bank does not use the bonds to manage customer liquidity, including repurchasing them at the initiative or request of individual bondholders; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) the Bank does not use the bonds as an alternative to placing funds of individual customers (for example, in the event of an outflow of large customer deposits).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In the event of the Bank's failure to comply with the condition(s) specified in paragraph 3 of the Notice, the above bonds shall be classified according to the standards established for the first category of bank obligations accepted for the calculation of minimum reserve requirements, starting from the period of determination of minimum reserve requirements during which such failure to comply was identified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Date of notice ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Signature of the bank's chief executive officer ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Annex 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to Rules on minimum</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>reserve requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z145" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Information on compliance with minimum reserve requirements (hereinafter – MRR)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Annex 4 in the wording of the resolution of the Management Board of the National Bank of the Republic of Kazakhstan dated 25.07.2025 № 44 (shall enter into force upon expiry of thirty calendar days after the date of its adoption and shall be subject to official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      MRR determination period: from _________ to __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Reserve asset formation period: from _________ to __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       BIN ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Name of the bank _________________________</w:t>
-[...35 lines deleted...]
-      Period of determination of minimum reserve requirements: from ______ to _______</w:t>
+      Bank name ________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Reserve asset formation period: from ______ to _______</w:t>
+      Adjustment coefficient for repo transactions:</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...6378 lines deleted...]
-    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Table continued:</w:t>
+      in national currency _____</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...4331 lines deleted...]
-    <w:bookmarkStart w:name="z123" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Note: For weekends or holidays, the values of the previous working day shall be filled in.</w:t>
+      in foreign currency _____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z153" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Table 2. Meeting minimum backup requirements</w:t>
+        <w:t xml:space="preserve"> Table 1. Daily data on the amount of bank obligations accepted for calculating MRR (in thousands of tenge)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="795"/>
+        <w:gridCol w:w="882"/>
+        <w:gridCol w:w="1749"/>
+        <w:gridCol w:w="2155"/>
+        <w:gridCol w:w="1611"/>
+        <w:gridCol w:w="3300"/>
+        <w:gridCol w:w="1808"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Amount, in thousands of tenge</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+MRR determination period</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+In national currency</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-3</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+First category of obligations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Second category of obligations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Third category of obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+obligations under repo transactions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+reverse repo requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+requirements for interbank money market transactions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Day</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...98 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...119 lines deleted...]
-( ) No</w:t>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z154" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      Table continued 1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2018"/>
+        <w:gridCol w:w="2526"/>
+        <w:gridCol w:w="1859"/>
+        <w:gridCol w:w="3810"/>
+        <w:gridCol w:w="2087"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+In foreign currency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+First category of obligations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Second category of obligations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Third category of obligations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z155" w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Obligations under repo transactions</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+reverse repo requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+requirements for interbank money market transactions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2018" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z156" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Note: for a weekend or holiday, the values of the previous working day are filled in.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z157" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Table 2. Daily data for calculating reserve assets (in thousands of tenge)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1051"/>
+        <w:gridCol w:w="1165"/>
+        <w:gridCol w:w="7151"/>
+        <w:gridCol w:w="2933"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Period of formation of reserve assets</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Balances of funds on correspondent accounts with the National Bank of the Republic of Kazakhstan in national currency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cash in national currency at the bank's cash desk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Day</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7151" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z158" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Note: for a weekend or holiday, the values of the previous working day are filled in.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z159" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Table 3. MRR calculation</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="701"/>
+        <w:gridCol w:w="5390"/>
+        <w:gridCol w:w="3666"/>
+        <w:gridCol w:w="1012"/>
+        <w:gridCol w:w="1531"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Line code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Line name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z160" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average value under obligations (in thousands of tenge)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+MRR standard</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z161" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+MRR</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(in thousands of tenge)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+First category of obligations in national currency </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Second category of obligations in national currency </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Third category of obligations in national currency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+First category of obligations in foreign currency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Second category of obligations in foreign currency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Third category of obligations in foreign currency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___ percent of the amount of state support funds (principal debt excluding interest)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5390" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Total MRR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z162" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Note: Line 7 is calculated in accordance with parts two, three and four of paragraph 9 of the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z163" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Table 4. Calculation of reserve assets</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="683"/>
+        <w:gridCol w:w="10117"/>
+        <w:gridCol w:w="1500"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Line code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10117" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Line name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z164" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Sum</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(in thousands of tenge)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10117" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10117" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average value of cash balances in correspondent accounts with the National Bank of the Republic of Kazakhstan in national currency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10117" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average value of cash in national currency in the bank's cash desk in an amount not exceeding 25 (twenty-five) percent of the MRR for the determination period</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10117" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Reserve assets</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z165" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Compliance with minimum reserve requirements by the bank: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ( ) Yes ( ) No</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24696,55 +35967,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>