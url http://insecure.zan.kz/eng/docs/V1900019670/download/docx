--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="01e2d90" w14:textId="01e2d90">
+    <w:p w14:paraId="227f349" w14:textId="227f349">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -214,115 +214,133 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>HEREBY RESOLVES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The following shall be approved:</w:t>
-[...35 lines deleted...]
-      2) the limit value of the debt load ratio of a borrower of an entity engaged in microfinance activities in the amount of 0.5, for a borrower with the characteristics of a person actively involved in gambling business in the amount of 0.25 (zero point twenty-five hundredths).</w:t>
+      1. To approve:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the Rules for calculating the debt burden ratio of an organization borrower engaged in microfinance activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the maximum debt burden ratio of an organization borrower engaged in microfinance activities in the amount of 0.5 (zero point five);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) the maximum debt burden ratio of a borrower who exhibits characteristics of an individual actively involved in the gambling business, or a borrower who has overdue debt on a bank loan and/or microcredit for more than 90 (ninety) calendar days over the past 12 (twelve) months, in the amount of 0.25 (zero point twenty-five).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 1 as revised by Resolution № 101 of the Management Board of the Agency of the Republic of Kazakhstan on Regulation and Development of Financial Market of 30.12.2023 (shall come into effect on 01.04.2024).</w:t>
+        <w:t>      Footnote. Paragraph 1 is in the wording of the Resolution № 41 of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 22 August 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -721,51 +739,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated November 28, 2019 № 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Rules  for calculating the debt burden ratio of a borrower of an organization engaged in microfinance activities</w:t>
+        <w:t xml:space="preserve"> Rules for calculating the debt burden ratio of a borrower of an organization engaged in microfinance activities</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. The title - in the wording of the Resolution of the Management Board of the Agency for Regulation and Development of the Financial Market of the Republic of Kazakhstan dated 17.02.2021 № 34 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -817,505 +835,577 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. The Rules shall use the basic concepts specified in the Law, as well as the following concepts:</w:t>
-[...215 lines deleted...]
-      20 (twenty) percent of the taxable income of the special tax regime using a fixed deduction.</w:t>
+      2. The Rules use the key concepts specified in the Law, as well as the following concepts:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) credit line – the microfinance organization's obligation to provide a microloan to a borrower on terms that allow the borrower to determine the timing of the microcredit, but within the amount and timeframe specified in the microcredit rules and the agreement on the provision (opening) of the credit line;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) credit limit – the maximum amount of the credit line;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) borrower – an individual resident of the Republic of Kazakhstan who intends to use or is using the services of a microfinance organization in accordance with subparagraph 3) of paragraph 1-1 of Article 3 of the Law on the Provision of Microloans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) official income – average monthly income calculated based on one and/or several of the following documents:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      statements from the bank account into which wages and other income from the employer are deposited, or information from the database of the Unified Accumulative Pension Fund or the State Corporation "Government for Citizens" on mandatory pension contributions, mandatory professional pension contributions of the depositor (recipient), or information from the databases of central executive bodies and legal entities owned or subordinated to them regarding information on the income of individuals less paid amounts of mandatory pension contributions and individual income tax;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      statements from the bank account into which pension payments are deposited;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      statements from the bank account into which insurance payments are deposited under a pension annuity agreement, under an annuity insurance agreement concluded in accordance with the requirements of the Law of the Republic of Kazakhstan "On Compulsory Insurance of Employees against Accidents in the Performance of Their Labour (Official) Duties";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      information on the income of an individual entrepreneur, calculated based on the following tax deductions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5 (five) percent of taxable income when applying a special tax regime based on a patent;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15 (fifteen) percent of taxable income when applying a special tax regime based on a simplified tax return;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 (twenty) percent of taxable income under a special tax regime using a fixed deduction.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 2 - in the wording of the Resolution of the Management Board of the Agency for Regulation and Development of the Financial Market of the Republic of Kazakhstan dated 07.06.2023 № 39 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 2 is in the wording of the Resolution № 41 of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 22 August 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The microfinance organization shall calculate the borrower's debt burden ratio before making a decision on:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      issuing a microloan to the borrower, with the exception of issuing a microloan (part of a microloan) within the credit line open to the borrower;</w:t>
-[...53 lines deleted...]
-      changing the terms of the open credit line and (or) microloan of the borrower, resulting in an increase in the amount of periodic payments on this microloan, in accordance with the microloan repayment schedule.</w:t>
+      issuing a microcredit to the borrower, with the exception of issuing a microcredit (part of a microcredit) within the borrower's existing credit line;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      opening a credit line for the borrower (setting a credit limit);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      issuing an additional microcredit to the borrower within the framework of the concluded microcredit agreement(s);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      changing the terms of the borrower's open credit line and/or microcredit, resulting in an increase in the amount of periodic payments on this microcredit, in accordance with the microcredit repayment schedule.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The requirements of part one of this paragraph shall apply to loans granted to individuals who are not sole proprietors for purposes related to the implementation of entrepreneurial activities, with the exception of cases where the borrower provides documents and (or) other information confirming his/her entrepreneurial activity, with the subsequent storage of the analysis results of such documents and information in the software and (or) the credit file of the borrower of the microfinance organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 3 - as amended by the Resolution of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 12.06.2024 № 27 (effective after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 3 is in the wording of the Resolution № 41 of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 22 August 2025 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      The debt burden ratio is not calculated when a microloan is granted in the period from April 1, 2024 to December 31, 2024 inclusive for the purpose of purchasing a new motor vehicle secured by a pledge of this motor vehicle.</w:t>
+        <w:t>
+      4. The requirements of paragraph 3 of the Rules shall apply to microcredits granted to borrowers for the purchase of goods, works, and services not related to entrepreneurial activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The requirement to comply with the maximum borrower debt burden ratio shall not apply to microcredit granted between 1 January 2025 and 31 December 2026, inclusive:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for the purpose of acquiring a new, unused motor vehicle registered for the first time in the Republic of Kazakhstan and serving as collateral for the microcredit;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for the purpose of acquiring a used motor vehicle serving as collateral for the microcredit, with a down payment of at least 50 (fifty) percent of the value of this motor vehicle;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for the purpose of purchasing a motor vehicle that has been in use for up to three (3) years and serves as collateral for a microcredit, with a down payment of at least 30 (thirty) percent of the value of the vehicle.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The microfinance organization shall calculate the borrower's debt burden ratio for the microcredits specified in part two of this paragraph for the purpose of credit risk monitoring.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 4 - as amended by the Resolution of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 12.06.2024 № 27 (effective after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 4 is in the wording of the Resolution № 6 of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 14 February 2025 (shall come into force after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2223,51 +2313,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PSCHED * NPPERANNUM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      PMONTH                        12                            ,</w:t>
+      PMONTH                        12                           ,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       where:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2685,51 +2775,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. The average monthly income of the borrower shall be calculated as the ratio of the amount of income based on one or more criteria specified in sub-paragraphs 1), 2), 3), 4), 5), 6), 7), 8), 9) and 10) of part two of paragraph 6 hereof, by six times the average monthly income of the borrower.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The types of income accepted by the microfinance organisation in calculating the borrower's average monthly income must have been received in at least two any months during the six (6) consecutive months preceding the date of the borrower's application..</w:t>
+      The types of income accepted by the microfinance organisation in calculating the borrower's average monthly income must have been received in at least two any months during the six (6) consecutive months preceding the date of the borrower's application.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Microfinance organisations shall calculate the average monthly income of a borrower who is a recipient of targeted social assistance and (or) a borrower who has the characteristics of a person actively involved in gambling based on the official income specified in sub-paragraph 1) of part two of paragraph 6 hereof.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3007,55 +3097,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>