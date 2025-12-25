--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a345698" w14:textId="a345698">
+    <w:p w14:paraId="1f303cd" w14:textId="1f303cd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,149 +105,187 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
+        <w:t>Invalidated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
         <w:t>Unofficial translation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Information and Social Development of the Republic of Kazakhstan dated November 19, 2019 No. 444. Registered with the Ministry of Justice of the Republic of Kazakhstan on November 20, 2019 No. 19619</w:t>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Order of the Minister of Information and Social Development of the Republic of Kazakhstan dated November 19, 2019 № 444. Registered with the Ministry of Justice of the Republic of Kazakhstan on November 20, 2019 № 19619. Abrogated by the Order of the Minister of Culture and Information of the Republic of Kazakhstan dated 07.04.2025 № 147-NK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Abrogated by Order of the Minister of Culture and Information of the Republic of Kazakhstan dated 07.04.2025 № 147-NK (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with subclause 11) of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>article 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Law of the Republic of Kazakhstan dated February 9, 2015 "On State Youth Policy" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I HEREBY ORDER:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. To approve the model regulation on youth resource centers according to the appendix to this order.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -258,51 +298,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. To recognize the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the Minister of Education and Science of the Republic of Kazakhstan dated April 27, 2015 No. 243 "On approval of the model regulation on youth resource centers" (registered in the Register of State Registration of Regulatory Legal Acts under No. 11170, published on June 16, 2015 in "Adilet" Legal Information System) as invalid.</w:t>
+        <w:t xml:space="preserve"> of the Minister of Education and Science of the Republic of Kazakhstan dated April 27, 2015 № 243 "On approval of the model regulation on youth resource centers" (registered in the Register of State Registration of Regulatory Legal Acts under № 11170, published on June 16, 2015 in "Adilet" Legal Information System) as invalid.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The Committee for Youth and Family Affairs of the Ministry of Information and Social Development of the Republic of Kazakhstan in accordance with the procedure, established by the law, shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
@@ -374,62 +414,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. This order shall come into force upon expiration of ten calendar days after the date of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7785"/>
-        <w:gridCol w:w="4215"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7785" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -447,51 +488,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Minister </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4215" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -641,51 +682,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>dated November 19, 2019 No. 444</w:t>
+              <w:t>dated November 19, 2019 № 444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Model Regulation on Youth Resource Centers</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
@@ -2420,55 +2461,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2798,35 +2861,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>