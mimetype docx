--- v0 (2025-10-15)
+++ v1 (2026-03-08)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ec052fc" w14:textId="ec052fc">
+    <w:p w14:paraId="7330425" w14:textId="7330425">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,149 +105,187 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
+        <w:t>Invalidated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
         <w:t>Unofficial translation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Information and Social Development of the Republic of Kazakhstan dated November 12, 2019 No. 433. Registered with the Ministry of Justice of the Republic of Kazakhstan on November 14, 2019 No. 19593.</w:t>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Order of the Minister of Information and Social Development of the Republic of Kazakhstan dated November 12, 2019 № 433. Registered with the Ministry of Justice of the Republic of Kazakhstan on November 14, 2019 № 19593. Abrogated by the Order of the Minister of Culture and Information of the Republic of Kazakhstan dated 30.07.2025 № 350-NK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Abrogated by Order of the Minister of Culture and Information of the Republic of Kazakhstan dated 30.07.2025 № 350-NK (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>clause 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> of article 30 of the Law of the Republic of Kazakhstan dated November 23, 2015 "On the civil service of the Republic of Kazakhstan", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I HEREBY ORDER:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. To approve:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -722,51 +762,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>dated November 12, 2019 No. 433</w:t>
+              <w:t>dated November 12, 2019 № 433</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules for issuance of a service certificate of the Ministry of Information and Social Development of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
@@ -917,51 +957,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Footnote. Paragraph 5 - as reworded by Order No. 283 of the Acting Minister of Information and Social Development of the Republic of Kazakhstan dated 10.08.2021 (shall come into effect ten calendar days after the date of its first official publication).</w:t>
+        <w:t>Footnote. Paragraph 5 - as reworded by Order № 283 of the Acting Minister of Information and Social Development of the Republic of Kazakhstan dated 10.08.2021 (shall come into effect ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1049,51 +1089,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Footnote. Paragraph 7 - as reworded by Order No. 283 of the Acting Minister of Information and Social Development of the Republic of Kazakhstan dated 10.08.2021 (shall be enacted ten calendar days after the date of its first official publication).</w:t>
+        <w:t>Footnote. Paragraph 7 - as reworded by Order № 283 of the Acting Minister of Information and Social Development of the Republic of Kazakhstan dated 10.08.2021 (shall be enacted ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1141,51 +1181,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Footnote. Paragraph 9 - as reworded by Order No. 283 of the Acting Minister of Information and Social Development of the Republic of Kazakhstan dated 10.08.2021 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>Footnote. Paragraph 9 - as reworded by Order № 283 of the Acting Minister of Information and Social Development of the Republic of Kazakhstan dated 10.08.2021 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1591,51 +1631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-No.</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2340,51 +2380,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>dated November 12, 2019 No. 433</w:t>
+              <w:t>dated November 12, 2019 № 433</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Description of a service certificate of the Ministry of Information and Social Development of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
@@ -2519,51 +2559,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Footnote. Paragraph 3 - as reworded by Order No. 283 of the Acting Minister of Information and Social Development of the Republic of Kazakhstan dated 10.08.2021 (shall take effect ten calendar days after the date of its first official publication).</w:t>
+        <w:t>Footnote. Paragraph 3 - as reworded by Order № 283 of the Acting Minister of Information and Social Development of the Republic of Kazakhstan dated 10.08.2021 (shall take effect ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2678,51 +2718,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>dated November 12, 2019 No. 433</w:t>
+              <w:t>dated November 12, 2019 № 433</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> List of certain invalidated orders</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z52" w:id="41"/>
     <w:p>
@@ -2738,188 +2778,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the Minister of Information and Communications of the Republic of Kazakhstan dated October 17, 2016 No. 210 "On approval of the Rules for issuance of a service certificate of the Ministry of Information and Communications of the Republic of Kazakhstan and its description" (registered with the Register of State Registration of Regulatory Legal Acts under No. 14433, published on December 5, 2016 in "Adilet" Information and Legal System of Regulatory Legal Acts of the Republic of Kazakhstan);</w:t>
+        <w:t xml:space="preserve"> of the Minister of Information and Communications of the Republic of Kazakhstan dated October 17, 2016 № 210 "On approval of the Rules for issuance of a service certificate of the Ministry of Information and Communications of the Republic of Kazakhstan and its description" (registered with the Register of State Registration of Regulatory Legal Acts under № 14433, published on December 5, 2016 in "Adilet" Information and Legal System of Regulatory Legal Acts of the Republic of Kazakhstan);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the Minister of Religious Affairs and Civil Society of the Republic of Kazakhstan dated February 23, 2017 No. 18 "On approval of the Rules for issuance of a service certificate of the Ministry of Social Development of the Republic of Kazakhstan and its description" (registered with the Register of State Registration of Regulatory Legal Acts under No. 14913, published on March 30, 2017 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan);</w:t>
+        <w:t xml:space="preserve"> of the Minister of Religious Affairs and Civil Society of the Republic of Kazakhstan dated February 23, 2017 № 18 "On approval of the Rules for issuance of a service certificate of the Ministry of Social Development of the Republic of Kazakhstan and its description" (registered with the Register of State Registration of Regulatory Legal Acts under № 14913, published on March 30, 2017 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the Minister registered with the Register of State Registration of Regulatory Legal Acts under No. of the Republic of Kazakhstan dated November 29, 2018 No. 01-01/79 "On amendments to the orders of the Minister of Religious Affairs and Civil Society of the Republic of Kazakhstan dated February 23, 2017 No. 18 " On approval of the Rules for issuance of a service certificate of the Ministry of Social Development of the Republic of Kazakhstan and its description " and dated March 12, 2018 No. 22 "On approval of the Methodology for assessing the activities of administrative civil servants of corps "B" of the Ministry of Religious Affairs and Civil Society of the Republic of Kazakhstan" (registered with the Register of State Registration of Regulatory Legal Acts under No. 17859, published on December 12, 2018 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan).</w:t>
+        <w:t xml:space="preserve"> of the Minister registered with the Register of State Registration of Regulatory Legal Acts under № of the Republic of Kazakhstan dated November 29, 2018 № 01-01/79 "On amendments to the orders of the Minister of Religious Affairs and Civil Society of the Republic of Kazakhstan dated February 23, 2017 № 18 " On approval of the Rules for issuance of a service certificate of the Ministry of Social Development of the Republic of Kazakhstan and its description " and dated March 12, 2018 № 22 "On approval of the Methodology for assessing the activities of administrative civil servants of corps "B" of the Ministry of Religious Affairs and Civil Society of the Republic of Kazakhstan" (registered with the Register of State Registration of Regulatory Legal Acts under № 17859, published on December 12, 2018 in the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3241,35 +3303,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>