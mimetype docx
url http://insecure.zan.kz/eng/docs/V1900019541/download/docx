--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="26dc77c" w14:textId="26dc77c">
+    <w:p w14:paraId="cb908e9" w14:textId="cb908e9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,97 +105,135 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
+        <w:t>Invalidated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
         <w:t>Unofficial translation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Defense of the Republic of Kazakhstan dated October 30, 2019 № 871. Registered with the Ministry of Justice of the Republic of Kazakhstan on November 1, 2019 № 19541.</w:t>
+        <w:t>Order of the Minister of Defense of the Republic of Kazakhstan dated October 30, 2019 № 871. Registered with the Ministry of Justice of the Republic of Kazakhstan on November 1, 2019 № 19541. Abrogated by the Order of the Minister of Defense of the Republic of Kazakhstan dated July 15, 2025 № 828.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Abrogated by the Order of the Minister of Defense of the Republic of Kazakhstan dated 15.07.2025 № 828 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. The heading - as revised by order of the Minister of Defence of the Republic of Kazakhstan № 770 of 23.07.2024 (shall take effect ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1896,51 +1936,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) other expenditures, including communication services, including Internet as per sub-paragraph 44) of Article 1 of the Law of the Republic of Kazakhstan “On Informatisation”, travelling expenses, current repairs, rent of premises, purchase (provision) of office and household supplies, fuel and lubricants, other goods and services, including maintenance of information systems, service maintenance of medical equipment, payment for banking services;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) renewal of fixed assets, in instances envisaged by the work plan for the formation of tariffs for healthcare services (complex of healthcare services) rendered within the framework of the GVFMC and (or) in the CSMI system approved by the authorised body in the manner prescribed by the Rules for the Formation of Tariffs for Healthcare Services Rendered within the GVFMC and (or) in the CSMI system approved by Order № KR DSM-309/2020;</w:t>
+      6) renewal of fixed assets, in instances envisaged by the work plan for the formation of tariffs for healthcare services (complex of healthcare services) rendered within the framework of the GVFMC and (or) in the CSMI system approved by the authorized body in the manner prescribed by the Rules for the Formation of Tariffs for Healthcare Services Rendered within the GVFMC and (or) in the CSMI system approved by Order № KR DSM-309/2020;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) establishing differentiated additional payment to the personnel of the military healthcare institution in line with the Rules for Encouraging Employees of Healthcare Entities Rendering Healthcare Services within the Guaranteed Volume of Free Medical Care and (or) in the System of Compulsory Social Medical Insurance approved by order of the Minister of Health of the Republic of Kazakhstan № KR DSM-278/2020 of December 15, 2020 (recorded in the Register of State Registration of Regulatory Legal Acts under № 21824).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2090,63 +2130,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2468,35 +2530,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>