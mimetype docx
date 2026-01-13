--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e9c30d7" w14:textId="e9c30d7">
+    <w:p w14:paraId="9da8b2e" w14:textId="9da8b2e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -390,63 +390,62 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. This order shall come into force upon expiry of ten calendar days from the date of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7788"/>
+        <w:gridCol w:w="4212"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7788" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -454,51 +453,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Minister</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4212" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -742,51 +741,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. These Rules use the following basic concepts:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) apartments program - information containing technical parameters (area, number of storeys, type of premises, number of apartments, premises number, entrance number, area of ​​the land plot, parking spaces) for keeping records of rights and obligations related to the acquisition of residential and non-residential premises, including shares and stakes in planned projects and multi-apartment residential buildings under construction;</w:t>
+      1) apartmentgram – information containing technical parameters (area, number of floors, type of premises, number of apartments or individual residential buildings, room number, entrance number, land area, parking spaces) for keeping records of rights and obligations related to the acquisition of residential and non-residential premises, including shares and units in planned projects and multi-family residential buildings under construction or a complex of individual residential buildings;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) founder of trust management of state property (hereinafter referred to as the founder) - an authorized body for state property or a local executive body or the office of the akim of a city of district scale, village, settlement, rural district;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -814,87 +813,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) trust manager - individuals and non-state legal entities, unless otherwise provided by the laws of the Republic of Kazakhstan, who have entered into a trust management agreement with the founder;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) developer of equity participation housing construction (hereinafter referred to as the developer) - a legal entity engaged in organizing equity participation in housing construction of apartment buildings at the expense of own and (or) attracted funds through participation in the authorized capital of the authorized company;</w:t>
+      5) a developer in the field of equity participation in housing construction (hereinafter referred to as the developer) is a legal entity engaged in organizing equity participation in the housing construction of multi–family residential buildings and (or) a complex of individual residential buildings at the expense of its own and (or) attracted money through participation in the authorized capital of an authorized company;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) authorized body in equity participation in housing construction (hereinafter - the authorized body) - a central executive body that exercises management, and also within its competence cross-sectoral coordination in equity participation in housing construction;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) an agreement on equity participation in housing construction (hereinafter referred to as the Agreement) - an agreement concluded between an authorized company and a shareholder, regulating legal relations of the parties related to equity participation in housing construction, in which one party undertakes to ensure  construction of an apartment building and upon completion of the construction to transfer to the second party a share in the apartment building, and the second party undertakes to pay and accept a share in the apartment building;</w:t>
+      7) an agreement on equity participation in housing construction (hereinafter referred to as the Agreement) is an agreement concluded between an authorized company and an equity holder regulating the legal relations of the parties related to equity participation in housing construction, in which one party undertakes to ensure the construction of an apartment building or a complex of individual residential buildings and, upon completion of construction, transfer to the other party a share in an apartment building or a complex of individual residential buildings, and the second – make a payment and accept a share in an apartment building or a complex of individual residential buildings;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) electronic agreement on equity participation in housing construction - an agreement on equity participation in housing construction, in which the information is presented in electronic-digital form and is certified by an electronic digital signature, corresponding to the Standard Form of  agreement on equity participation in housing construction (hereinafter referred to as the Standard Form), approved by the order of the Minister of National Economy of the Republic of Kazakhstan dated July 28, 2016 № 345 (registered in the Register of State Registration of Regulatory Legal Acts under № 14185);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -922,69 +921,111 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Single operator of housing construction (hereinafter referred to as the Single Operator) - a mortgage organization with direct or indirect participation of the state in the authorized capital, whose purpose is to participate in the state policy for ensuring availability of housing for the population of the Republic of Kazakhstan through mortgage lending arrangements and provision of rental housing, development of equity housing construction, as well as ensuring the availability of financial resources for the construction industry;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) authorized company - a legal entity, whose one hundred percent of the voting shares (stakes in the authorized capital) are held by the developer, carrying out activities to ensure shared construction of an apartment building and the sale of shares in an apartment building, which does not have the right to engage in any other commercial activity, with the exception of activities in special economic zones;</w:t>
-[...17 lines deleted...]
-      12) an equity holder - an individual (except for temporarily residing foreigners) or a legal entity who has entered into an agreement on equity participation in housing construction for the purpose of obtaining a share in an apartment building.</w:t>
+      11) authorized company is a legal entity, one hundred percent of the voting shares (participation shares in the authorized capital) of which belong to the developer, engaged in the provision of shared–equity construction of an apartment building or a complex of individual residential buildings and the sale of shares in an apartment building or a complex of individual residential buildings, which is not entitled to engage in any other commercial activity, except for activities in special economic zones;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) equity holder – an individual (with the exception of temporarily staying foreigners), a legal entity or a person operating in accordance with a joint venture agreement (simple partnership, consortium) who has concluded an equity agreement in housing construction in order to obtain a share in an apartment building or a complex of individual residential buildings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 2 as amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 16.09.2025 № 369 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2. Procedure for maintaining a unified information system of equity participation in housing construction</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1225,214 +1266,256 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       In the event of dismissal or transfer of an employee of the local executive body to another position, the local executive body shall notify the authorized body or the trustee of the System within five (5) working days to delete the account.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      The application of the authorized company shall include the following data and documentation on the facility:</w:t>
+        <w:t>
+      7. The authorized company, within 6 (six) working days from the date of receipt of permission to raise money from shareholders or a guarantee from a Single Operator, sends an application in the System for registration of information about the construction site of an apartment building or a complex of individual residential buildings (hereinafter referred to as the facility) in electronic form to the local executive body at the location of the facility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The application of the authorized company includes the following information and documentation about the facility:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) the name of the facility;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) location of the facility;</w:t>
-[...53 lines deleted...]
-      5) authorization to attract shareholders' money or the guarantee of the Unified Operator;</w:t>
+      2) the location of the object;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) a positive conclusion of a comprehensive non-departmental examination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) a coupon for receiving a notification of the start of construction and installation work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) permission to attract money from shareholders or a guarantee from a Single operator;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) title documents for the land plot;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) apartment program of the facility;</w:t>
-[...17 lines deleted...]
-      8) technical characteristics of the facility.</w:t>
+      7) apartmentgram of the object;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) technical characteristics of the object.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 7 is amended by the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 16.09.2025 № 369 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Within 3 (three) working days from the date of receipt of the application the local executive body shall verify and register the data on the facility in the System, or send a reasoned response on refusal to register the data on the facility with indication of the grounds for refusal.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1656,55 +1739,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>