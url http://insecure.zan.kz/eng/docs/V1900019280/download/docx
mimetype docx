--- v0 (2025-10-05)
+++ v1 (2026-01-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f14c225" w14:textId="f14c225">
+    <w:p w14:paraId="2ddffb4" w14:textId="2ddffb4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,51 +76,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>On approval of the Standard Qualification characteristics of positions of heads and specialists of agricultural organizations</w:t>
+        <w:t>On approval of Typical qualification characteristics for positions of managers and specialists in agricultural and fisheries organisations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
@@ -145,65 +145,73 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of the Minister of Agriculture of the Republic of Kazakhstan dated August 21, 2019 No. 307. Registered with the Ministry of Justice of the Republic of Kazakhstan on August 22, 2019 № 19280.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:t>Unofficial translation</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Title in the wording of the order of the Minister of Agriculture of the Republic of Kazakhstan dated 05.09.2025 № 282.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with subparagraph 17) of Article 16 of the Labor Code of the Republic of Kazakhstan, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -225,101 +233,143 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The preamble is in the wording of the order of the Minister of Agriculture of the Republic of Kazakhstan dated 06.09.2021 No. 261 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The preamble is in the wording of the order of the Minister of Agriculture of the Republic of Kazakhstan dated 06.09.2021 № 261 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. To approve the attached Standard Qualifications characteristics of positions of heads and specialists of agricultural organizations.</w:t>
-[...17 lines deleted...]
-      2. To recognize as invalid the order of the Minister of Agriculture of the Republic of Kazakhstan No. 17/308 dated July 1, 2013 "On approval of the Standard Qualification characteristics of positions of heads and specialists of the agricultural industry" (registered in the Register of state registration of regulatory legal acts No. 8614, published on May 17, 2014 in the newspaper Kazakhstanskaya pravda No. 96 (27717)).</w:t>
+      1. Approve the attached Typical qualification characteristics for positions of managers and specialists in agricultural and fisheries organizations</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 1 in the wording of the order of the Minister of Agriculture of the Republic of Kazakhstan dated 05.09.2025 № 282.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. To recognize as invalid the order of the Minister of Agriculture of the Republic of Kazakhstan № 17/308 dated July 1, 2013 "On approval of the Standard Qualification characteristics of positions of heads and specialists of the agricultural industry" (registered in the Register of state registration of regulatory legal acts № 8614, published on May 17, 2014 in the newspaper Kazakhstanskaya pravda № 96 (27717)).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. In accordance with the procedure established by the legislation of the Department of strategic planning and analysis of the Ministry of Agriculture of the Republic of Kazakhstan, shall:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -738,21545 +788,38555 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated August 21, 2019 № 307</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Standard qualification characteristics of positions of heads and specialists of agricultural organizations  Chapter 1. General provisions</w:t>
-[...31 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Typical qualification characteristics for positions of managers and specialists in agricultural and fisheries organizations</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Qualification characteristics of specialists’ positions of: an accountant, an economist, a lawyer, a  human resources specialist, a translator have been determined in the qualification characteristics of individual positions of specialists of state institutions and state-owned enterprises, common to all areas of activity, approved by the order of the Minister of Healthcare and Social Development of the Republic of Kazakhstan dated September 1, 2016 No. 775 (registered in the Register of state registration of regulatory legal acts under No. 14281). </w:t>
+      Footnote. Characteristics in the wording of the order of the Minister of Agriculture of the Republic of Kazakhstan dated 05.09.2025 № 282. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 1. General provisions</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. These Typical qualification characteristics for positions of managers and specialists in agricultural and fisheries organizations (hereinafter referred to as qualification characteristics) shall be designed to contribute to the correct selection and placement of personnel, improving their qualifications, certification of workers, subdivision of labor between managers, specialists, as well as ensuring subdivision in determining the job responsibilities of these categories of workers and qualification requirements for them by categories of remuneration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Qualification characteristics for positions of specialist: accountant, economist, lawyer, HR specialist, translator, engineers of all specialties, mechanics shall be determined in the qualification characteristics of individual positions of specialists of state institutions and state enterprises common to all areas of activity, approved by order of the Minister of Healthcare and Social Development of the Republic of Kazakhstan dated September 1, 2016 № 775 (registered in the Register of state registration of regulatory legal acts № 14281).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Qualification characteristics for positions of managers and specialists in the scientific sphere, specialists in the field of software, public procurement and other engineering and technical personnel shall be determined in the qualification directory of positions of managers, specialists and other employees, approved by the order of the Minister of Labor and Social Protection of the Republic of Kazakhstan dated December 30, 2020 № 553 (registered in the Register of state registration of regulatory legal acts № 22003).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. When developing job descriptions, it is allowed to clarify the list of works that shall be characteristic of the corresponding position in specific organizational and technical conditions, and the requirements for the necessary special training of employees shall be established.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Qualification characteristics have been developed by the Ministry of Agriculture of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 2. Typical qualification characteristics for positions of managers and specialists in agricultural and fisheries organizations Section 1. Executive positions Paragraph 1. Head of the organization (general director, director, director of the branch) of agriculture and fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the activities of the organization (branch);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the safety and use of the property of the organization (branch);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the work and interaction of structural subdivisions of the organization (branch);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the fulfillment by the organization of obligations to the state budget, funded pension and insurance funds, suppliers, customers and creditors, including banks, as well as the fulfillment of economic and labor agreements (contracts), indicators of indicative plans and business plans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize production and economic activities on the basis of the use of modern technology and advanced technologies, progressive forms of management and organization of labor;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take measures to provide the organization (branch) with qualified personnel, rational use and development of their professional knowledge and experience;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      resolve issues related to the financial and economic activities of the organization (branch);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      approve the staffing table, financial plan, annual report and annual balance sheet of the organization (branch);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide employees with timely and full payment of wages;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      improve the organizational and management structure, forms and methods of work of the organization (branch);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the law in the activities of the organization (branch);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      protect the property interests of the organization (branch) in court, arbitration, government bodies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize and ensure that employees of the organization (branch) receive additional professional education (advanced training, professional retraining);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take measures to ensure that employees of the organization (branch) perform their Job responsibilities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance of employees of the organization (branch) with the rules of internal labor regulations, ensure compliance with the rules and standards of occupational safety and health;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      receive and dismiss employees, except those appointed by a higher authority, apply incentives and imposes disciplinary sanctions on employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      allocate duties of deputies, managers and employees of structural subdivisions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in conferences, seminars, exhibitions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure preventive measures to prevent occupational injuries and diseases;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take measures aimed at combating corruption within its competence, and also bear personal responsibility for taking measures to combat corruption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Environmental Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On Languages in the Republic of Kazakhstan" (hereinafter referred to as the Law "On Languages in the Republic of Kazakhstan");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On Protection, Reproduction and Use of Wildlife" (hereinafter referred to as the Law "On Protection, Reproduction and Use of Wildlife");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On state regulation of the development of the agro-industrial complex and rural areas" (hereinafter referred to as the Law "On state regulation of the development of the agro-industrial complex");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On Specially Protected Natural Areas" (hereinafter referred to as the Law "On Specially Protected Natural Areas");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On Combating Corruption" (hereinafter referred to as the Law "On Combating Corruption");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On Science and Technological Policy" (hereinafter referred to as the Law "On Science");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On Aquaculture" (hereinafter referred to as the Law "On Aquaculture");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan regulating:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      production, economic, financial and economic activities of the organization (branch) and determining priority directions for the development of the economy and the corresponding type of economic activity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      guiding, regulatory, instructional and methodological materials on the agro-industrial complex and production activities of the organization (branch) of the agricultural sphere of activity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      specialization and peculiarities of the organization (branch) structure;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure for drawing up and approval of budget estimate of income and expenses and estimates of income and expenses for funds received from income-generating activities of the organization (branch), methods of management and management of the organization (branch), achievements of science and best practices in the relevant branch of agriculture, the basis of labor, civil, administrative and criminal legislation, the basis of economics, organization of labor and management, internal labor regulations, safety and health rules and fire safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: business and management and/or law and/or social sciences and/or crop production and/or animal husbandry and/or veterinary medicine, fisheries (fish product technology, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences, and at least 5 years of managerial experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 2. Deputy head of the organization (general director, director, director of the branch) of agriculture and fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the activities of the structural subdivision, organize and coordinate its work, make decisions on issues in accordance with the main tasks and functions of the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the definition and implementation of the organization's policy, development strategy on problems that shall be the subject of the subdivision's activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the development of action plans, instructional and methodological documents;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      analyze the results of production and economic activities of the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      review and make decisions on documents and materials received by the subdivision, determine the procedure for working with them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      give opinions on draft documents received by the subdivision to coordinate issues that shall be the subject of the subdivision's activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the implementation of management decisions, their methodological support, analyze other documents adopted by higher management;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      submit reports, proposals, draft decisions on issues within the competence of the subdivision to the higher management bodies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage and directly participate in the organization and conduct of seminars, meetings, consultations on the activities of the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      distribute job responsibilities among subordinate employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      give orders to subordinate employees and analyze the results of their work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      create conditions for advanced training of subordinate employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      interact with authorized state bodies, third-party organizations, structural subdivisions of the organization to resolve issues within the competence of the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure rational use of material, financial and labor resources of the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      work to protect information that shall be a state, commercial and official secret;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      make proposals to the management of the organization to improve the work of the subdivision, to encourage, impose penalties on subordinate employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure accounting of subdivision performance results, maintenance and timely submission of established reports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance of subordinate employees with the rules and standards of occupational safety and health, industrial and labor discipline, internal labor regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take measures aimed at combating corruption within its competence, and also bear personal responsibility for taking measures to combat corruption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Environmental Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On State Regulation of The Development of the Agro-Industrial Complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan regulating the activities of the subdivision (organizations), scientific and practical issues in the relevant field of knowledge based on the tasks and functions of the organization and the scope of activities of the subdivision, as well as related to the main activity, domestic and foreign experience in resolving issues, included in the competence of the subdivision, the basis of labor, civil, administrative and criminal legislation, economics, organization of labor and management, modern means of communication and communication, computers, operating rules, internal labor regulations, occupational health and fire safety requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: business and administration and/or law (jurisprudence, international law) and/or social sciences (economics, management, accounting and auditing, finance, state and local government, marketing) and/or crop and/or livestock and/or veterinary, fisheries (fishery technology, industrial fisheries, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences and work experience in the field of professional activity for at least 4 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 3. Head of the structural subdivision of the organization (branch) of agriculture and fisheries</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the activities of the structural subdivision, organize and coordinate its work, make decisions on issues in accordance with the main tasks and functions of the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the definition and implementation of the organization's policy, development strategy on problems that shall be the subject of the subdivision's activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the development of action plans, instructional and methodological documents;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      analyze the results of production and economic activities of the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      review and make decisions on documents and materials received by the subdivision, determine the procedure for working with them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      give opinions on draft documents received by the subdivision to coordinate issues that shall be the subject of the subdivision's activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the implementation of management decisions, their methodological support, analyze other documents adopted by higher management;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      submit reports, proposals, draft decisions on issues within the competence of the subdivision to the higher management bodies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage and directly participate in the organization and conduct of seminars, meetings, consultations on the activities of the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      distribute job responsibilities among subordinate employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      give orders to subordinate employees and analyze the results of their work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      create conditions for advanced training of subordinate employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      interact with authorized state bodies, third-party organizations, structural subdivisions of the organization to resolve issues within the competence of the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure rational use of material, financial and labor resources of the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      work to protect information that shall be a state, commercial and official secret;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      make proposals to the management of the organization to improve the work of the subdivision, to encourage, impose penalties on subordinate employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure accounting of subdivision performance results, maintenance and timely submission of established reports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance by subordinate employees with the rules and standards of occupational safety and health,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      production and labor discipline, internal labor regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take measures aimed at combating corruption within its competence, and also bears personal responsibility for taking measures to combat corruption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Environmental Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On State Regulation of the Development of the Agro-Industrial Complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law “On Anti-Corruption”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law “On Aquaculture”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan regulating the activities of the subdivision (organizations), scientific and practical issues in the relevant field of knowledge based on the tasks and functions of the organization and the scope of activities of the subdivision, as well as related to the main activity, domestic and foreign experience in resolving issues, included in the competence of the subdivision, the basis of labor, civil, administrative and criminal legislation, economics, organization of labor and management, modern means of communication and communication, computers, operating rules, internal labor regulations, occupational health and fire safety requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master, PhD, doctor in profile) in the areas of: business and management and/or law and/or crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and work experience in the field of professional activity for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 4. Head of structural subdivision (management, department, service, center)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the activities of the structural subdivision in accordance with the regulation on the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of long-term work plans of the organization and subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the work of specialists of the structural subdivision to prevent and suppress violations of legislation in the field of fisheries and aquaculture, improve theoretical and practical knowledge, monitor compliance with and compliance with job descriptions, rules and guidelines by employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize work on the introduction and reintroduction of fish facilities, as well as accounting and monitoring of fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Highlight in the media problems and events related to the protection, reproduction and use of fish resources and other aquatic animals and a specially protected natural area;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      create conditions for advanced training of employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules, sanitary and hygienic standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with labor discipline of subordinate employees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Environmental Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On State Regulation of the Development of the Agro-Industrial Complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan regulating the activities of the subdivision (organizations), scientific and practical issues in the relevant field of knowledge based on the tasks and functions of the organization and the scope of activities of the subdivision, as well as related to the main activity, domestic and foreign experience in resolving issues, included in the competence of the subdivision, the basis of labor, civil, administrative and criminal legislation, economics, organization of labor and management, modern means of communication and communication, computers, operating rules, internal labor regulations, occupational health and fire safety requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, ecology, biological and related sciences and work experience in organizations of at least 5 years in the relevant profile.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 5. Deputy Head of Structural Subdivision (Management, Department, Service)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the activities of the structural subdivision in accordance with the regulation on the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      when carrying out its activities within its competence, give instructions to employees of the subdivision for carrying out production and economic measures for the protection, protection, reproduction of fish resources and other aquatic animals, natural complexes and objects of the nature reserve fund;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the participation of the structural subdivision in the preparation of long-term and current plans, determine the long-term strategy of production activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the serviceability of technical means, administrative buildings, outbuildings, cordons and structures, organize repair and construction work in accordance with the budget program plan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of long-term work plans of the organization and subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the work of the structural subdivision to prevent and suppress violations of legislation in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      improving theoretical and practical knowledge, verify compliance and compliance by employees with job descriptions, rules and guidelines;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out measures for the protection, accounting and monitoring of fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize measures to improve technical knowledge of employees of inspection services of the structural subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      create conditions for advanced training of employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules, sanitary and hygienic standards, ensure compliance with the labor discipline of subordinate employees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Environmental Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On State Regulation of the Development of the Agro-Industrial Complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan regulating the activities of the subdivision (organizations), scientific and practical issues in the relevant field of knowledge based on the tasks and functions of the organization and the scope of activities of the subdivision, as well as related to the main activity, domestic and foreign experience in resolving issues, included in the competence of the subdivision, the basis of labor, civil, administrative and criminal legislation, economics, organization of labor and management, modern means of communication and communication, computers, operating rules, internal labor regulations, occupational health and fire safety requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, ecology, biological and related sciences and work experience in organizations of at least 4 years in the relevant profile.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 6. Chief Agronomist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out organizational and technical management of the crop industry;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the development and implementation of scientifically based farming systems, the implementation of measures for the effective use of land, fixed assets, labor and material resources, the introduction of intensive technologies for cultivating crops and increasing their efficiency in order to increase production and improve the quality of products, reduce their cost;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the development and implementation of agrotechnical, organizational and economic measures aimed at increasing soil fertility, strengthening grain farming, and creating a solid feed base for animal husbandry;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize measures to improve technologies for cultivating grain and other crops, carrying out agricultural work in the most optimal time and at a high level of agricultural technology;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop and implement scientifically based crop rotation systems, soil protection against erosion, tillage, fertilizer use, crop protection against pests, diseases and weeds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the implementation of projects of on-farm land management, land reclamation, cultural and technical work, work on seed production, rapid propagation of zoned, promising and scarce seeds, accelerated variety exchange and variety renewal, providing the economy with high-quality varietal seeds and their correct use;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the development of long-term and annual plans for the development of the economy in a market economy and assignments to business subdivisions. Develops technological maps, production programs and work plan for crop production;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      assist farm subdivisions in analyzing production activities and developing measures to increase production and improve the quality of crop production, in equipping with technical means for cultivating crops and determining their needs for the future;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize and conclude contracts with procurement, processing, servicing and other enterprises for the sale of crop products, ensure their fulfillment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop proposals for establishing rational production and economic ties between the crop industry and processing, servicing and other enterprises (organizations) of the agro-industrial complex;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize work on keeping a book of field history, land cord book and other accounting documents, timely preparation of reports and their submission to state bodies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      coordinate the activities of departments, agricultural plots in the crop industry, manage the agronomic service;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      contribute to the implementation of measures for the integrated mechanization and automation of production processes in crop production;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure rational use of the land fund, machine and tractor fleet, fuel and chemicalization means;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of applications for the purchase of machinery, equipment, spare parts, fertilizers, chemicals, fuel, containers and other material resources used in crop production;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure a special examination of the quantity and quality of crop products transferred to other departments within the enterprise, as well as products sold to procurement organizations or processing enterprises;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      promote the development and implementation of progressive forms of organization and remuneration, the organization of rental, cooperative relations in the subdivisions of the enterprise, the formation of peasant farms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide them with advice on production technology;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the review of projects, selection of construction sites for crop production facilities, acceptance of new construction facilities, capital and current repairs, as well as in the acceptance of work performed by contractors;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the correct maintenance of agrotechnical records in the industry;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize high-quality and timely agricultural work, proper use of equipment, rational use of labor and material and cash resources in the industry, ensure the quality of the products produced;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the requirements of the legislation on environmental protection, compliance with the rules and norms of occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On State Regulation of the Development of the Agro-Industrial Complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Law of the Republic of Kazakhstan "On Plant Quarantine" (hereinafter referred to as the Law "On Plant Quarantine");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Law of the Republic of Kazakhstan "On Plant Protection" (hereinafter referred to as the Law "On Plant Protection");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On Seed Production" (hereinafter referred to as the Law "On Seed Production");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guiding, regulatory, instructional and methodological materials on the agro-industrial complex and production activities of the agricultural association (organizations), crop production technology, selection and seed production, biological characteristics of cultivated plants and agricultural technology for their cultivation, standards for crop production, scientific achievements and best practices of domestic and foreign enterprises in the field of crop production, economy, organization of production, labor and management, the basics of labor and land legislation, fundamentals of legislation in the field of environmental protection and rational use of natural resources, rules and standards of occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience in the field of professional activity for at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 7. Chief Agronomist-Agrochemist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out organizational and technological management of work on the effective use of fertilizers and chemicals in agriculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize and participate in the analysis of fertilizers and soil-improving substances, field experiments with fertilizers;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize research, express analyzes, conduct testing of new methods, preparation of laboratory installations and equipment for work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize and assess the state and dynamics of changes in soil fertility;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in drawing up long-term and annual chemicalization plans, concluding contracts with organizations and developing production programs, ensures their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      comply with the rules of technical operation of test equipment and measuring instruments;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      determine the need for material and technical means, special clothing and personal protective equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide high-quality and timely analysis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintain established documentation, accounting and reporting;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the development of design and estimate documentation for the effective use of mineral and organic fertilizers, chemical land reclamation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      promote and implement the achievements of science and best practices;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the requirements of environmental legislation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Seed Production";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials on the agro-industrial complex, production activities of the organization, agrochemistry, technology of transportation, storage and application of fertilizers, methods of fertilizer analysis, fertilizer standards, fundamentals of the economy, labor organization, production and management in agriculture, labor and land legislation, legislation on environmental protection and rational use of natural resources, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience in the field of professional activity for at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 8. Chief Bacteriologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize quarantine-phytosanitary and veterinary-sanitary examination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage a group of employees performing individual tasks of research and production programs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop methods for conducting examinations, surveys, studies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      substantiate the directions of new research and development and methods of their implementation, make proposals for inclusion in the plans of scientific and production works;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct tests, quarantine analysis and quarantine examination of regulated products, as well as fish resources and other aquatic animals for compliance with the requirements of international and domestic standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct inspection and autopsy of dead animals, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      identify and type pathogens of animals, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform sampling for laboratory tests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      identify hidden forms of particularly dangerous animal diseases, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      accept the material received for the study, ensure its storage until the end of the study, draw up documentation on the consumption of materials for research and sanitization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide box disinfection, workplace treatment, sterilization of tools, readiness of reagent solutions, culture media, destruction of biological material residues, as well as compliance with sanitation and fire protection rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up and issues test results;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up documentation on the results of current work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of collectible material, ensure its safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the development of new and improvement of existing methods of laboratory analyzes and examinations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out work on advanced training and personnel training;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep veterinary records and reports, submit reports in accordance with the procedure established by the legislation of the Republic of Kazakhstan in the field of veterinary medicine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Law of the Republic of Kazakhstan "On Veterinary Medicine" (hereinafter referred to as the Law "On Veterinary Medicine");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Public Services";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, rules for the operation of laboratory equipment and work with microorganisms, veterinary microbiology, bacteriology and phytopathology, economic thresholds for plant disease harmfulness, methods of identification of pathogens of bacterial diseases of animals and plants, methods for the selection of samples of regulated products, methods and instructions for the control of animal diseases, as well as fish resources and other aquatic animals, guidelines for the use of veterinary drugs, rules for veterinary and sanitary examination of products and raw materials of animal origin, methods of laboratory research of materials, technology of production and processing of products of animal origin, fundamentals of labor legislation, internal labor regulations, rules and standards of occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture), environment (ecology), water resources and water use, biological and related sciences and work experience in the field of professional activity for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 9. Chief Veterinarian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the veterinary service of the economy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform sampling for laboratory tests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      implement approved scientifically based veterinary and sanitary measures to increase the production of livestock products, as well as fish resources and other aquatic animals, improve quality and reduce cost;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop plans and carry out, together with the zootechnical service and heads of departments, preventive, veterinary, sanitary, antiepizootic and therapeutic measures in animal husbandry, as well as fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the development of production and economic relations with other farms, processing and service enterprises;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      determine the need and organize the provision of the economy (organization) with medicines, biologics, veterinary equipment, tools, disinfectants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the veterinary and sanitary well-being of farms, slaughter and dairy points, warehouses for storing products and raw materials of animal origin, as well as points of sale of animals, fish resources and other aquatic animals, products and raw materials;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize veterinary inspection of livestock and poultry, as well as fish and other aquatic animals, veterinary and sanitary examination of meat and meat products;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize measures for artificial insemination of farm animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the storage conditions of meat, meat products and raw materials of animal origin, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor the quality of feeding animals, participate in the development and implementation of measures to strengthen the food supply, proper preparation, storage and use of feed, use of pastures, watering places;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      systematically conduct a general veterinary examination of animals, examine cows for stalking, take measures to prevent infertility, study the causes of breeding stock;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize disinfection, disinsection and deratization on livestock farms, in premises for storing products and raw materials;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the development of measures to protect animals and livestock products from mass infection;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      determine the causes of death of animals, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the rules and standards of occupational safety and health, environmental protection and fire safety during veterinary measures;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep veterinary records and reports, submit reports in accordance with the procedure established by the legislation of the Republic of Kazakhstan in the field of veterinary medicine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan and the Customs Union; guiding, regulatory, instructional and methodological materials in the field of veterinary medicine, sanitary and epidemiological well-being of the population, food safety; veterinary and sanitary rules, standards and instructions, regulations and other guiding documents relating to the production activities of the enterprise; technology for the production of livestock products, as well as fish products and other aquatic animals, artificial insemination; veterinary and sanitary expertise, microbiology and epizootiology; fundamentals of economics, labor organization, production and management; fundamentals of land and labor legislation; legislation on environmental protection and rational use of natural resources; occupational safety and health rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources) and work experience in the field of professional activity for at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 10. Chief Virologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize quarantine and phytosanitary, veterinary and sanitary examination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage a group of employees performing tasks of research and production programs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      analyze biological plant protection products;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct tests, quarantine analysis and quarantine examination of regulated products for compliance with the requirements of international and domestic standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct inspection and autopsy of dead animals, as well as snouted fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform sampling for laboratory tests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      identify and type pathogens of animals, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      identify hidden forms of particularly dangerous animal diseases, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      substantiate the directions of new research and development and methods of their implementation, make proposals for inclusion in the plans of scientific and production works;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the testing of new types of equipment and devices, the development of modern methods for diagnosing viral diseases of animals, fish and other aquatic animals and plants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      accept the material received for the study, ensure its storage until the end of the study, draw up documentation on the consumption of materials for research and sanitization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure box decontamination, workplace treatment, sterilization of tools, destruction of biological material residues, as well as compliance with sanitation and fire protection rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up the research results and issues an expert report (test report);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide methodological and practical assistance in organizing all types of work within its competence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of collectible material, ensure its safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out work on advanced training and personnel training;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep veterinary records and reports, submits reports in accordance with the procedure established by the legislation of the Republic of Kazakhstan in the field of veterinary medicine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law “On Anti-Corruption”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law “On Plant Protection”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law “On Plant Quarantine”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law “On Veterinary”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law “On Public Services”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law “On Aquaculture”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, methods and instructions for laboratory research, the principle of operation and operating rules of the devices and equipment used, methods for identifying pathogens of viral diseases of animals, as well as fish resources and other aquatic animals and plants, veterinary and sanitary requirements, veterinary microbiology, virology and phytopathology, economic thresholds for the harmfulness of plant diseases, methods for sampling of regulated products, methods and instructions for combating animal diseases, as well as fish resources and other aquatic animals, instructions for the use of veterinary drugs, rules for veterinary and sanitary examination of products and raw materials of animal origin, technology for the production and processing of products of animal origin, basic labour legislation, internal labour regulations, health and safety rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and work experience in the field of professional activity at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 11. Chief Herbologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      supervise laboratory studies of regulated products, phytosanitary monitoring and assessment of crop contamination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop scientific and technical solutions to the most complex problems, methods of expertise, research, surveys, select the necessary means for this;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      substantiate the directions of new research and development, make proposals for inclusion in the plans of scientific and production works;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform phytosanitary monitoring and assessment of crop contamination and provide information to agricultural organizations on the phytosanitary state, signal the timing of the start, end of control and forecast with quarantine weeds of crops;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct tests, quarantine analysis and quarantine examination of regulated products for compliance with the requirements of international and domestic standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up the necessary documentation based on the results of the current work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide methodological and practical assistance in organizing all types of work within its competence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of collectible material, ensure its safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with sanitation and fire protection regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the development of new and improvement of existing methods of laboratory analyzes and examinations, monitoring and assessment of crop contamination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out work on advanced training and personnel training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, methods for conducting an examination of plant products for contamination with quarantine weeds, methods for identifying quarantine weeds, methods for conducting a survey of agricultural land for weeds, methods for sampling of regulated products, instructions for the use of instruments and equipment, fundamentals of environmental protection legislation, fundamentals of labor legislation, internal labor regulations, occupational safety and health and fire safety rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: business and management and/or law (jurisprudence and/or international law) and/or crop production and/or animal husbandry and/or veterinary medicine and work experience in the field of professional activity for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 12. Chief Livestock Specialist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the livestock (poultry), fisheries and aquaculture industry;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the development and implementation of evidence-based livestock, fisheries and aquaculture systems that increase production, reduce costs, improve quality and industry efficiency;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the development and implementation of measures for the development of animal husbandry, fisheries and aquaculture, improving herd reproduction, increasing the productivity of animals, as well as fish resources and other aquatic animals, increasing the yield of young animals, keeping, feeding and caring for animals, rational use of pastures and other forage lands;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the planning and creation of a solid food base and insurance stocks of feed;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      together with the veterinary service take part in drawing up a plan of veterinary preventive measures;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop proposals for production and economic relations of the livestock, fisheries and aquaculture industry with other farms, procurement, processing and service organizations and enterprises;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the conclusion of contracts with procurement, processing, servicing and other enterprises and organizations for the sale of livestock products, ensures their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      promote the development and implementation of progressive forms of organization and remuneration, the organization of rental relations in the divisions of the enterprise, the creation of peasant farms, provide them with advice on the technology of production of livestock products, fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop and implement, jointly with the agronomic service and heads of departments, measures to strengthen the food supply, create perennial cultivated pastures and hayfields, organize a green conveyor, prepare green mass for the production of haylage, silage, grass and vitamin flour;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize work on the transfer of livestock to summer pasture and winter stall periods, the use and storage of feed, the preparation of full-fledged feeding rations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage breeding and breeding work for the breeding of highly productive animals, as well as fish resources and other aquatic animals, and reduce the yield of brood stock;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize analyzes to determine the fat content, density, acidity and purity of milk;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of applications for the purchase of equipment, spare parts, repair materials and other material resources necessary for animal husbandry, as well as fisheries, aquaculture and ensures their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      assist subdivisions in analyzing production activities for the relevant period and developing measures to increase production and improve the quality of livestock, fisheries and aquaculture products;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the review of projects, selection of places for the construction of livestock premises, acceptance of new construction facilities, capital and current repairs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize work on the maintenance of zootechnical documentation, accounting and established reporting on animal husbandry, fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize accounting of the quantity and quality of livestock, fisheries and aquaculture products transferred to other subdivisions or sold to procurement and processing enterprises;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop and implement measures to create safe and favorable working conditions, to protect the environment from pollution by production waste;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational and fire safety rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On livestock breeding" (hereinafter referred to as the Law "On livestock breeding");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Public Services";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials on the agro-industrial complex and production activities of the enterprise, production technology, breeding, biological characteristics of various types of farm animals, scientific foundations of their maintenance and feeding, scientific achievements and best practices of domestic and foreign enterprises in the field of animal husbandry, organization of sales of products, current standards for livestock products, land and labor legislation, fundamentals of the economy, organization of production, labor and management, current legislation on environmental protection and rational use of natural resources, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and work experience in the field of professional activity for at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 13. Chief Fish Breeder</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform his/her responsibilities under the general supervision of the director, his/her deputies and the head of the department;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      within its competence, develop measures for the protection, reproduction and use of fish resources and other aquatic animals, ensure the implementation of plans for the implementation of fishery activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conservation, study and restoration of biological diversity, natural ecological systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensuring the protection regime of the state natural reserve;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conducting research and monitoring for the protection and sustainable development of the territory, as well as environmental education and education;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participation in the development of the management plan of the institution, participation in the development and implementation of programs on the protection, restoration and use of the state nature reserve fund, historical and cultural complexes and objects;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carrying out checks on compliance with the requirements of legislation in the field of protection, reproduction and use of fish resources and other aquatic animals in the territory of the institution and in its protected zone;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      implementation of environmental education and public awareness measures, video and print publications;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conducting scientific research in the water area of the institution, including with the involvement of third-party scientific organizations and specialists;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensuring the protection, reproduction and use of fish resources and other aquatic animals, as well as their natural habitats;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carrying out work on the restoration of objects of the state nature reserve fund, protective measures to prevent the development of foci of diseases and their elimination, other harmful effects on the protected natural complexes of the institution;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      cooperation and interaction with environmental, scientific and public organizations on the activities of the institution;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participation in international cooperation in the field of specially protected natural areas and conservation of biological diversity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      submit claims to the court in case of violations of the legislation of the Republic of Kazakhstan in the field of protection, reproduction and use of fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct in the manner prescribed by the legislation of the Republic of Kazakhstan, public environmental expertise of projects in the field of specially protected natural areas and environmental networks;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      To request and obtain from relevant public authorities the necessary information concerning the protection, reproduction and use of fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      determine the amount of damage caused as a result of violation of the legislation of the Republic of Kazakhstan in the field of protection, reproduction and use of fish resources and other aquatic animals and, on the basis of this, file claims against the perpetrators for voluntary compensation for this damage or file a lawsuit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Public Services";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials on the agro-industrial complex and production activities of the enterprise, production technology, biological characteristics of various types of fish, scientific foundations of their maintenance and feeding, achievements of science and best practices of domestic and foreign enterprises in the field of fisheries, organization of sales of products, current standards for fisheries products, land and labor legislation, fundamentals of the economy, organization of production, labor and management, current legislation on environmental protection and rational use of natural resources, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, environment (ecology), water resources and water use, biological and related sciences and work experience in the field of professional activity for at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 14. Chief Ichthyologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform his/her duties under the general supervision of the director, his/her deputies and the head of the department;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      within its competence, develop measures for the protection, reproduction and use of fish resources and other aquatic animals, ensures the implementation of plans for the implementation of fishery activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      coordinate the work on the protection of water bodies, on the conduct of fisheries activities, as well as in the organization of reclamation and recreational fishing;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the regime for the protection of specially protected natural areas, take measures to prevent and suppress violations of the legislation of fisheries, aquaculture and environmental legislation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up protocols on administrative offenses in the field of fisheries and aquaculture in accordance with the Code of Administrative Offenses of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor the hydrobiological state of water bodies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out an assessment of the condition of the feed base of water bodies, fishery certification of water bodies, verification of the results and effectiveness of fish introduction, detection of fish diseases and taking measures to prevent and eliminate them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Public Services";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials on the agro-industrial complex and production activities of the enterprise, production technology, biological characteristics of various types of fish, scientific foundations of their maintenance and feeding, achievements of science and best practices of domestic and foreign enterprises in the field of fisheries, organization of sales of products, current standards for fisheries products, land and labor legislation, fundamentals of the economy, organization of production, labor and management, current legislation on environmental protection and rational use of natural resources, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, environment (ecology), water resources and water use, biological and related sciences and work experience in the field of professional activity for at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 15. Chief Inspector</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform his responsibilities under the general supervision of the first head of the organization and in cooperation with the heads of other departments and services;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      within its competence, determine the technical policy and directions of the technical development of the organization in a market economy, the ways of reconstruction and technical re-equipment of existing production, the level of specialization and diversification of production for the future in order to ensure the ability to act, mobility and profitability;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage and ensure the efficiency of production activities of the relevant structural subdivisions (services), resolve administrative issues, monitor the results of their work, the state of labor and production discipline;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the necessary level of technical preparation of production and its constant growth, increase in efficiency and productivity of labor, reduction of costs (material, financial, labor), rational use of production resources, high quality and competitiveness of products, works or services;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the development of measures for the reconstruction and modernization of the organization, the prevention of the harmful impact of production on the environment, the careful use of natural resources, the creation of safe working conditions and the improvement of the technical culture of production;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the development and implementation of plans for the introduction of new equipment and technology, the implementation of organizational and technical measures, research and development;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the efficiency of design solutions, timely and high-quality preparation of production, technical operation, repair and modernization of equipment, achievement of high-quality products (goods, works and services) in the process of its development and production;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      on the basis of modern achievements of science and technology, the results of patent research, as well as best practices, taking into account market conditions, organize work to improve the range and quality, improve and update the products, work performed (services), equipment and technology, creation of fundamentally new competitive types of products, design and implementation of means of integrated mechanization and automation of technological processes, control and testing of high-performance specialized equipment, development of standards for the labor intensity of products and standards for the consumption of materials for their manufacture, consistent implementation of the saving regime and cost reduction;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure timely preparation of technical documentation (drawings, specifications, technical specifications, process charts);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conclude contracts with research, design (design and technological) organizations and higher educational institutions for the development of new equipment and production technology, projects of reconstruction of the organization, its subdivisions, updating and modernization of equipment, complex mechanization and automation of production processes, automated production control systems, monitors their development, organizes the review and implementation of technical re-equipment projects, developed by third parties, drawing up applications for the purchase of equipment on lease terms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      coordinate work on patent and inventive activities, unification, standardization and certification of products, certification and rationalization of workplaces, metrological support, mechanical and energy maintenance of production;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take measures to improve the organization of production, labor and management through the introduction of the latest technical and telecommunication means for the performance of engineering and management works;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize scientific research and experiments, tests of new equipment and technology, as well as work in the field of scientific and technical information, rationalization and invention, dissemination of advanced production experience;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      work to protect the priority of implemented scientific and technical solutions, preparation of materials for their patenting, obtaining licenses and intellectual property rights;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize training and advanced training of workers and specialists and ensures continuous improvement of personnel training;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor compliance with the design, engineering and technological discipline, the procedure for occupational safety and health, industrial sanitation and fire safety, the requirements of environmental, sanitary authorities, as well as bodies carrying out technical supervision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Public Services";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guiding, regulatory, instructional and methodological materials on the agro-industrial complex and production activities of the enterprise, production technology, labor legislation, the basics of the economy, organization of production, labor and management, current legislation on environmental protection and rational use of natural resources, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher (or postgraduate) education in the corresponding direction of personnel training, work experience in senior positions in the type of economic activity corresponding to the organization profile for at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 16. Captain (fleet, ship, motor boat)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the ship's crew;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance on board with laws and other regulatory legal acts of the Republic of Kazakhstan, as well as international conventions and agreements to which the Republic of Kazakhstan shall be a party;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the work of the ship's crew during the operation and repair of the vessel;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      approve ship plans, schedules, instructions, work and rest schedule for crew members;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure safe operation of the vessel, its systems, devices, equipment, machines and mechanisms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the safety of passengers, the safety of goods, baggage and mail;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      fulfillment of environmental measures, planned tasks, schedules (schedules) of movement, instructions and requirements of state bodies of supervision and control;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      presentation of the vessel in due time for inspections and examinations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct sea and mooring tests of the vessel, ship power plants, propulsion system, equipment, systems and devices when preparing the vessel for voyage after winter and overhaul, sludge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      issue orders and order on the vessel;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with labor discipline and the organization of general ship, watch and navigation services;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide fulfillment of duties on alarms "man overboard," "boat," "ship-wide";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize collective meals for the crew, supply of materials, equipment, accessories, fuels and lubricants, household items and leisure of the crew;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the maintenance of ship documentation (watch, machine, electrical and radio logs, a single book of ship inspections, office work, navigational, financial and commercial documentation), ship book, sanitary books of ship crew members;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry the watch established by the charter of service on ships, participate in the management of the ship (towing the composition of ships) in difficult sections of navigation, port waters, when passing under bridges, border zones, sluicing;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure that crew members comply with the requirements of regulatory legal acts (documents) on safety and health, fire safety and ecology, approves the relevant instructions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      when placing a vessel for repair, specify the scope of repair, appoint a responsible person or personally (in agreement with the shipowner) monitor the progress of repair and ensure fire safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      when operating a vessel with fixed non-self-propelled vessels without crew, ensure safe operation of these vessels, devices, systems and equipment installed on them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the work and personnel during the performance of track work (display, maintenance, removal of signs of the shipping situation, trawling);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      before each reloading operation, together with the relevant specialists, check the ship's lifting devices and ensure their correct use;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      while servicing the navigational situation, monitors the correct arrangement of navigation signs at the work site and the correct information about the dimensions of the ship's course;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      store ship's seal, funds and financial and accounting documentation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      comply with labor and production discipline, internal labor regulations, safety and health requirements, industrial sanitation and fire safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Labor Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On Inland Water Transport" (hereinafter referred to as the Law "On Inland Water Transport");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Order of the Minister for Investment and Development of the Republic of Kazakhstan dated January 30, 2015 № 74 "On approval of the Charter of Service on Ships" (registered in the Register of State Registration of Regulatory Legal Acts № 10454) (hereinafter referred to as the Charter of Service on Ships);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Order of the Minister for Investment and Development of the Republic of Kazakhstan dated April 30, 2015 № 537 "On approval of the Rules for Navigation on Inland Waterways" (registered in the Register of State Registration of Regulatory Legal Acts № 11347) (hereinafter referred to as the Rules for Navigation on Inland Waterways);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Order of the Minister for Investment and Development of the Republic of Kazakhstan dated April 28, 2015 № 508 "On approval of the Rules for the technical operation of inland navigation vessels" (registered in the Register of State Registration of Regulatory Legal Acts № 11776) (hereinafter referred to as the Rules for the technical operation of inland navigation vessels);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Order of the Acting Minister for Investment and Development of the Republic of Kazakhstan dated March 27, 2015 № 357 "On Approval of the Rules for Issuing and Maintaining Ship Documents for Ships Navigating Inland Waterways" (registered in the Register of State Registration of Regulatory Legal Acts № 11093) (hereinafter referred to as the Rules for Issuing and Maintaining Ship Documents for Ships Navigating Inland Waterways);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Order of the Acting Minister for Investment and Development of the Republic of Kazakhstan dated February 18, 2015 № 134 "On establishing requirements for the minimum composition of ships' crews" (registered in the Register of State Registration of Regulatory Legal Acts № 10788) (hereinafter referred to as the Requirements for the minimum composition of ships' crews);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      rules of operation, adjustment and installation of lighting equipment and automatic devices on the signs of the situation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      arrangement, purpose, rules for arrangement of shipping situation signs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      general lot of waterways, special lot of the developed section;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      structural, technical and operational data of the vessel, ship power and propulsion subdivisions, auxiliary equipment, systems and devices, radio navigation and electrical equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      principle of operation and design of internal combustion engine;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sound and light alarm, elementary information about electrical engineering and optics;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      internal labor regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      occupational safety and health, industrial sanitation and fire safety requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      basic maintenance of technical documentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher professional (technical) education, diploma of the captain of 1, 2, 3, 4 or all groups of ships or technical and professional (secondary specialized, secondary professional) education, diploma of the captain of 1, 2, 3, 4 or all groups of ships and navigation experience in command positions of at least 12 months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 17. Head of Hydro Chemical and Hydrobiological Laboratory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform his official responsibilities under the general guidance of the main fish breeder;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize hydro chemical and hydrobiological analyses, provide laboratory control in accordance with applicable standards and specifications;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      work to develop new and improve existing methods of laboratory control and promote their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      summarize surface water pollution observations and prepare information materials;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the timely operation of laboratory equipment and workplaces of laboratory employees and take measures to eliminate existing shortcomings;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop current and annual work plans for the hydro chemical and hydrobiological laboratory and their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize maintenance of the established documentation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the improvement of theoretical and practical knowledge of specialists, monitors compliance and fulfillment by employees of job descriptions, rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      create conditions for advanced training of employees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      occupational safety and health rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher (or postgraduate) education in the relevant field of personnel training: chemical technology of inorganic and organic substances (chemical technology), fisheries (fishing and industrial fishing), production and processing industries (food technology (by application), environment (ecology), biological and related sciences and work experience in the specialty for at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 18. Museum Manager (Visit Center)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize excursions of visitors to the museum (visit center), ensure the preservation of the condition of the museum exhibits (visit center), makes proposals for changing, replacing individual museum exhibits (visit center), prepare brochures, booklets and information materials about the work of the museum (visit center), as well as popularizing the lifestyle of fish and other aquatic animals. Conduct work on environmental education of the population on the basis of the museum (visit center), lectures, conversations in the museum of nature (visit center) and on environmental routes, take part in the development of thematic lectures on environmental education;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop excursion texts for the museum of nature (visit center). Take part in the development and compilation of plans for environmental education, environmental education. Develop cooperation with international environmental organizations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in environmental excursions in the specially protected natural area and its protected zone, in thematic exhibitions, speeches on radio, television, in print, at seminars, meetings, conferences. Take part in the conduct of mass environmental actions, in the protection and observance of the reserve regime.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guiding, regulatory, instructional and methodological materials on the agro-industrial complex and production activities of the enterprise, production technology, labor legislation, the basics of the economy, organization of production, labor and management, current legislation on environmental protection and rational use of natural resources, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher (or postgraduate) education in the relevant field of personnel training: fisheries (fishery product technology, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (geography, ecology), biological and related sciences (biology), service sector (tourism), humanities (museum business and protection of monuments) and work experience in the corresponding profile of the organization for at least two years or technical and professional, post-secondary (secondary specialized, secondary vocational) education: ecology and environmental protection activities (by type), tourism and work experience in organizations of fisheries or specially protected natural areas for at least 2 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 19. Chief Phytopathologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      supervise laboratory Phyto pathological studies of regulated products, state variety testing of crops for resistance to diseases, expert assessment of varieties and hybrids of crops for economic utility, phytosanitary monitoring of the development and spread of diseases of agricultural plants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop scientific and technical solutions to the most complex problems, methods of expertise, research, surveys, select the necessary means for this;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      substantiate the directions of new research and development, make proposals for inclusion in the plans of scientific and production works;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct Phyto pathological surveys of crops;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the formation of the state register of breeding achievements recommended for use in the Republic of Kazakhstan, the state register of the Republic of Kazakhstan of protected plant varieties;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the development of short-term and long-term forecasts of the spread of harmful, especially dangerous harmful organisms, quarantine facilities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct tests, quarantine analysis and quarantine examination of regulated products for compliance with the established requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      apply international and domestic standards in the process of work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up the necessary documentation based on the results of the current work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of collectible material, ensure its safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the development, development and improvement of existing methods for determining crop diseases, methods for testing breeding achievements for resistance to plant diseases, distinctiveness, homogeneity and stability, methods for monitoring the development and spread of plant diseases;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintain an archive of scientific and other materials on the nomenclature of cases;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out work on advanced training and personnel training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Seed Production";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On Protection of Selection Achievements" (hereinafter referred to as the Law "On Protection of Selection Achievements");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials on the agro-industrial complex, protection and quarantine of plants, state variety testing, methods for conducting Phyto pathological examination of plant products, methods for identifying plant diseases, methods for conducting Phyto pathological examination of agricultural land, methods for sampling regulated products, instructions for the use of instruments and equipment, fundamentals of environmental legislation, basic labour legislation, internal labour regulations, health and safety rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience in the field of professional activity for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 20. Chief Entomologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      supervise the quarantine and phytosanitary examination of regulated facilities, state tests of breeding achievements for resistance to plant pests, expert assessment of varieties and hybrids of crops for economic utility, phytosanitary monitoring of the development and spread of pests of agricultural plants in the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop scientific and technical solutions to the most complex problems, methods of expertise, research, surveys, selects the necessary means for this;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      substantiate the directions of new research and development, make proposals for inclusion in the plans of scientific and production works;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct entomological surveys of crops;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the formation of the state register of breeding achievements recommended for use in the Republic of Kazakhstan, the state register of the Republic of Kazakhstan of protected plant varieties;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the development of short-term and long-term forecasts of the spread of harmful, especially dangerous harmful organisms, quarantine facilities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct tests, quarantine analysis and quarantine examination of regulated products for compliance with the established requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      apply international and domestic standards in the process of work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up the necessary documentation based on the results of the current work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of collectible material, ensure its safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the development, development and improvement of existing methods for identifying crop pests, methods for testing breeding achievements for resistance to plant pests, distinguishability, homogeneity and stability, methods for monitoring the development and spread of plant pests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintain and maintain an archive of scientific and other materials on the nomenclature of cases;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out work on advanced training and personnel training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Seed Production";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection of Breeding Achievements";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials on the agro-industrial complex, protection and quarantine of plants, state variety testing, methods of entomological examination of plant products, methods of identifying plant pests, methods of entomological survey of agricultural land, methods for sampling of regulated products, instructions for the use of instruments and equipment, fundamentals of environmental legislation, basic labor legislation, internal labor regulations, occupational safety and health rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience in the field of professional activity for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 21. Veterinary pharmacy manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform operations for the reception, issuance and storage of medicines, biologics, chemicals, disinfectants, tools, equipment and veterinary equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      accept and draw up veterinary goods according to accompanying documents, verify their quality, quantity and technical condition, shelf life of veterinary biological drugs and drugs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure proper accounting of the movement of veterinary equipment, the correctness of the registration of receipts and consumables;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the provision of the enterprise, the economy with the necessary veterinary goods and medicines and ensure their safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the rational use of warehouses, taking into account the rules for warehousing and storage of veterinary goods, chemicals, vitamins, biologics and medicines;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the technical serviceability of warehouses, equipment and inventory and their timely repair, keeping the pharmacy and warehouses clean and tidy, compliance with labor protection and fire safety rules and standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in determining the need of farms for medicines, biologics, tools, devices, equipment and other veterinary products, in the inventory of pharmacy valuables;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      regularly keep a file on the availability of goods in the pharmacy, inform veterinarians about the availability of medicines, the receipt of new preventive and therapeutic drugs, devices, instruments and introduces instructions for their use;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up claims for veterinary products that shall not meet the requirements of standards, instructions, regulations, and presents them to suppliers;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      give recommendations to farm veterinarians on the rules for storage, use and dosage of dispensed drugs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep veterinary records and reports, submit reports in accordance with the procedure established by the legislation of the Republic of Kazakhstan in the field of veterinary medicine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66.Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guiding, regulatory, instructional materials on veterinary medicine, storage of medicines, their use for the treatment of animals, warehousing, the basics of pharmacology and veterinary medicine, methods of treating animals, the basics of economics and labor organization, the basics of labor legislation, rules and norms of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: veterinary medicine without presenting requirements for work experience or technical and professional (secondary specialized, secondary vocational) education in the specialty (veterinary medicine) and work experience in the field of professional activity for at least 2 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 22. Head of Veterinary Station</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out methodological management of the work of veterinary specialists in the serviced area;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform sampling for laboratory tests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize and carry out veterinary measures to prevent and eliminate animal diseases in settlements on the assigned territory;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize diagnostic studies, immunization of animals, elimination of foci of especially dangerous infectious diseases, outpatient and inpatient treatment of sick animals, pre-slaughter examination of animals, as well as measures for the identification and artificial insemination of farm animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up and issues reporting forms when providing paid veterinary services;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of the receipt and consumption of biologics, medicines, disinfectants and veterinary property, ensures their safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      determine the causes of death of animals and take measures to prevent it;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out, together with health specialists, measures to protect the population from diseases common to humans and animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of work and submit established reports on veterinary medicine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guidance, regulatory, instructional and methodological materials on veterinary issues, rules for the use of medicines for animals and disinfectants, laboratory research methods, technology for the production of artificial insemination, the procedure for identifying farm animals, the basis of the economy, labor organization and management, the basis of labor legislation, internal labor regulations, safety and health rules and fire safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: veterinary medicine and work experience in the field of professional activity for at least 2 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 23. Head of Veterinary Laboratory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage veterinary and sanitary examination and diagnostic studies, plan and organize the work of the laboratory;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide methodological guidance and implements approved new advanced research methods;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize work on advanced training of laboratory specialists and analyze laboratory reports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      responsible for intermediate control;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      responsible for the quality system of laboratory tests and documentation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      responsible for compliance with regulations and requirements for testing laboratories;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      responsible for biological, chemical safety and biological protection in the testing laboratory;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct or participate in profitability analysis, interpretation, conclusion;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      directly draw up or controls the drawing up of a plan of studies, reports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out field visits in difficult cases to make a diagnosis, take samples for laboratory tests and participate in the development of measures to eliminate diseases;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      consider proposals for new research methods, participate in their approbation and prepare guidance documents for approval;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      make proposals for improving the work of veterinary laboratories;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      responsible for the material equipment of laboratories;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct briefings on safety and industrial sanitation, fire safety, biological and chemical safety, pathogen management;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      be responsible for compliance by employees with labor and production discipline, rules and standards of safety and health, environmental safety, sanitary regime and fire protection;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep veterinary records and reports, submit reports in accordance with the procedure established by the legislation of the Republic of Kazakhstan in the field of veterinary medicine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Public Services";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, guidance and methodological materials in the field of veterinary medicine, a system for organizing measures for the prevention and elimination of animal diseases, fish and other aquatic animals, diagnostic methods for the profile of work, veterinary guidance documents, rules for veterinary and sanitary examination of products and raw materials of animal origin, devices and equipment, issues of organization of research, rules of work and labor protection in veterinary institutions, safety regulations, industrial sanitation, sanitary mode of operation, fire protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and work experience in the field of professional activity at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 24. Head of Mechanical Repair Shop</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the production and economic activities of the workshop for the repair and maintenance of tractors, agricultural machinery and other technical means available on the farm;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the preparation of schedules for preventive maintenance of tractors, agricultural machinery, technological equipment and ensure their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize repair work, maintenance and testing of equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up calculations and applications for the purchase of equipment, spare parts, repair materials, devices, tools and other material and technical means;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize rationalization and inventive work, the introduction of scientific achievements and best practices in the repair of equipment and agricultural machinery, the restoration of worn parts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the organization of repair and maintenance of technical means of the economy by repair enterprises;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take necessary measures to provide repair shop workers with special clothing, protective devices, tools, inventory, materials, spare parts;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out daily work to strengthen labor and production discipline and improve working conditions in the repair shop;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the development and implementation of technically sound production (time) standards, their timely revision in accordance with the established procedure, organizes periodic certification of workplaces;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure timely holding of briefings on labor protection, safety and environmental protection stipulated by labor legislation;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Qualification characteristics of positions of managers and specialists in the scientific field, specialists in the field of software, government procurement and other engineering-technical personnel have been determined in the qualification directory of positions of managers, specialists and other employees, approved by the order of the Minister of Labor and Social Protection of the Population of the Republic of Kazakhstan dated December 30, 2020 year No. 553 (registered in the Register of state registration of regulatory legal acts under No. 22003). </w:t>
+      organize primary accounting of repair work, spending of spare parts, tools and funds, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provided for by standards and economic calculation limits for repair;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up current and annual reports on the work of the repair shop, certificates for writing off repair equipment and equipment under the jurisdiction of the repair shop;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the correct storage of equipment to be repaired and repaired equipment that has not been put into operation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out work to improve the qualifications of machine-building personnel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guiding, regulatory, instructional and methodological materials related to repair and maintenance, design features of machinery and equipment available on the farm, organization and procedure for their repair and maintenance, achievements and best practices in the field of repair and maintenance, fundamentals of the economy, organization of production, labor and management, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and work experience in the field of professional activity for at least 1 year or technical and professional (secondary specialized, secondary vocational) education in the following specialties: agricultural mechanization and/or maintenance and repair of agricultural machinery and work experience in the field of professional activity of at least 3 years.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...65 lines deleted...]
-      4. Qualification characteristics developed by the Ministry of Agriculture of the Republic of Kazakhstan.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 25. Engine Yard Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the work of the machine yard on the farm, bring the tasks to the performers and arrange them in workplaces;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop contractual indicators for the scope of work performed by employees of the machine yard, the need for material resources and funds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure storage and preservation of equipment in accordance with the requirements of standards, introduce advanced technology for its maintenance;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of applications: for the purchase of new agricultural machines (organize their reception, assembly and run-in), for equipment, spare parts and other materials, organize the provision of workers with them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the timely preparation of agricultural machinery for the periods of field work, the acquisition, adjustment and technological adjustment of machines and tractor subdivisions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the repair of simple agricultural machines;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize disassembly of decommissioned machines, fault detection of their components, assembly subdivisions and parts, transfer of suitable parts to the warehouse or exchange office of the farm, and defective ones - to scrap metal;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the development of schedules for putting equipment into storage, repairing agricultural machinery, removing from storage;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop plans and measures to improve the technology of keeping and storing agricultural machinery;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      issue to machine operators and accept complete machines from them and do not allow their dismantling;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of agricultural machinery received at the engine yard and issued, reports on work performed at the engine yard, expenditure of funds and report to the accounting department;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      periodically analyze the work performed, the consumption of material resources, wages and inform the central services and management about the technical condition of the machines;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide methodological and practical assistance to engine yard workers and machine operators in identifying the nature of breakdowns and eliminating them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the quality of the work performed and take measures to eliminate the identified shortcomings;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize and conduct studies with workers of the machine yard on the rules and standards of labor protection and fire safety, technologies for corrosion protection of equipment and maintenance during its storage and operation, technological adjustment and adjustment of machines, repair technology;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      instruct the workers of the machine yard and the involved machine operators, check knowledge and compliance with the rules and standards of safety and labor protection when working in the machine yard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials on the safety of equipment and corrosion protection, storage, adjustment, technological adjustment of machines and subdivisions, repair of simple agricultural machinery, the system of state technical inspection in the agro-industrial complex, the main technological processes for the repair and storage of equipment, planning of repair works and expenses for repair and storage of machines, fundamentals of the economy, organization of labor and management, fundamentals of labor legislation, rules and standards of labor safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and work experience in the field of professional activity for at least 3 years or technical and professional (secondary specialized, secondary vocational) education in the following specialties: agricultural mechanization and/or maintenance and repair of agricultural machinery and/or agronomy and work experience in the field of professional activity of at least 5 years.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 2. Standard qualification characteristics of positions of heads and specialists of agricultural organizations  Section 1. Management positions Paragraph 1. Head of organization (branch) in the agricultural industry</w:t>
-[...361 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Paragraph 26. Seed Storage Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage the production and economic activities of the seed storage;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the reception, storage and dispensation of deeply frozen seed of breeding producers in accordance with the requirements of standards, instructions of veterinary legislation and storage technology;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide production with equipment, inventory, tools and transport;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure efficient operation of machines and equipment, their repair and keep a log of temperature regimes of biological storage facilities, disinfects them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      check certificates for incoming nitrogen;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor the correct storage of the seed and its quality, packaging and laying of the newly arriving seed in the storage, ensure its study for activity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the introduction of scientific achievements and best practices of the organization, storage technology and work with seed into production;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize accounting and reporting;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the organization of training and advanced training of personnel;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance of employees with industrial and labor discipline, rules and standards of occupational safety and health;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with environmental legislation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Livestock Breeding";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      other regulatory legal acts of the Republic of Kazakhstan, guidance, regulatory, methodological and instructional materials on veterinary medicine and livestock breeding, storage and use of seed, rules for acceptance, storage and release of seed, achievements of science and best practices of organization, technology of storage and work with seed, current standards and prices for seed, applied materials and equipment, fundamentals of environmental legislation, fundamentals of economics, labor organization and management, fundamentals of labor legislation, rules and norms of occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, including the following specialties of veterinary medicine and work experience in the field of professional activity for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 27. Chief Plant Protection Agronomist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manage pests, crop diseases and weeds, quarantine facilities, alien species and highly hazardous pests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      jointly with representatives of state institutions for the protection and quarantine of plants, identify the dynamics of the number and development of the main pests and diseases of crops;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      submit proposals for concluding contracts with farms for the implementation of plant protection and quarantine measures;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop and enforce annual and calendar plant protection and quarantine action plans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize ground handling of aviation used for pesticide use;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the procurement and timely delivery of planned pesticides to farms and their proper use, rational acquisition of aggregates, establishes the optimal mode of their operation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      establish rational production and economic relations with serviced farms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the work of the commission to determine the quality of work performed to protect and quarantine plants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize storage of special equipment and equipment for the use of pesticides in accordance with the established requirements of standards and specifications;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      introduce into production the achievements of science and best practices for the protection of plants from pests, diseases and weeds, for the control of quarantine objects, alien species and especially dangerous harmful organisms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with safety and environmental rules and regulations when working with pesticides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Seed Production";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials on the agro-industrial complex, protection and quarantine of plants, technology of treatment of crops and seeds with pesticides, methods and means of pest control, crop diseases and weeds, economic fundamentals, labor organization, production and management in agriculture, domestic and foreign achievements of science and technology for pest control, crop diseases and weeds, quarantine facilities, alien species and especially dangerous harmful organisms, legislation on environmental protection and rational use of natural resources, labor and land legislation, rules and norms of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience in the field of professional activity for at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Section 2. Specialist positions Paragraph 1. Agronomist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      work on the fixed section;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out work on the development of a scientifically based system of agriculture and further intensification of crop production in order to increase production and improve product quality;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the implementation of measures to increase the yield of agricultural land, soil fertility, rational use of labor, equipment, the correct use of organic and mineral fertilizers, pesticides, growth regulators;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      introduce intensive technology and best practices in crop cultivation and harvesting, forage harvesting and storage;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the development of crop rotations and the rational structure of sown areas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      arrange for proper storage of seeds, planting material, fertilizers, chemicals and other materials;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the formation of links and brigades within the subdivision and determine their optimal sizes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop work plans, work schedules for the subdivision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct experimental work on the application of new technologies, the latest varieties of crops;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      analyze the implementation of planned tasks, the effectiveness of the measures used to grow agricultural products;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      timely draw up certificates for crops, writing off fertilizers, seeds; maintains a field history book and other agronomic documentation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize keeping records and established reporting;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with environmental legislation, health and safety rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption Law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Seed Production";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials related to the activities of an agricultural enterprise, agricultural machinery and seed production of cultivated crops, current standards for crop products, scientific achievements and best practices in the field of crop production, fundamentals of economics, labor and management, fundamentals of land and labor legislation, fundamentals of environmental protection legislation, rules and regulations of occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Agronomist of category I: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as an agronomist of category II for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Agronomist of category II: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as an agronomist without a category of at least 3 years or technical and vocational (secondary specialized, secondary vocational) education in a specialty (agronomy, farming (in profile)) and work experience as an agronomist without a category of at least 5 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      agronomist without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in areas: crop production and/or animal husbandry and/or veterinary medicine or technical and vocational (secondary specialized, secondary vocational) education in the specialty of agronomy without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 2. Agrochemist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop and implement agrochemical measures aimed at increasing soil fertility and increasing crop yields;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      systematically study the biological characteristics of cultivated plants, soil and climatic conditions of the economy, the effectiveness of the use of organic and mineral fertilizers, chemical protection means, methods of their use and determines in which areas, in what time frame and to what extent fertilizers and other chemical means should be used;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of crop rotation, plans for the demand and use of fertilizers and chemicals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the compilation of agrochemical cartograms, annually for the periods of work carries out their adjustment based on the analysis of soil samples for individual agricultural lands;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the development of product production plans by individual business subdivisions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize harvesting and storage, as well as application of fertilizers to the soil in accordance with the established standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the introduction of mechanization in the introduction of fertilizers and best practices for organizing these works;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      prepare samples of soil, feed, crop products, mineral, organic fertilizers and other materials;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the performance of physical and chemical studies by employees of the agrochemical laboratory, express analyzes, approve new methods of chemical analysis, prepare laboratory installations, instruments and equipment for work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform calculations and mathematical and statistical processing of analysis data;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out experimental work with fertilizers and chemical plant protection products, be responsible for the content of highly permissible harmful substances of crop products, the quality of the products produced;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with environmental legislation, health and safety rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Seed Production";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials in the field of agrochemistry, soil science, agrochemistry, technology of laboratory studies of soils, plant samples, fertilizers, chemical materials, scientific achievements and best practices in the field of fertilizer application, pesticides, herbicides in agriculture, economic fundamentals, labor organization and management, fundamentals of land and labor legislation, fundamentals of legislation on environmental protection, rules and norms of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Agrochemist of category I: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as an agrochemist or agronomist of category II for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Agrochemist of category II: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the areas of crop production and/or animal husbandry and/or veterinary medicine and work experience as an agrochemist or agronomist without a category of at least 1 year or technical and professional (secondary specialized, secondary vocational) education in a specialty (agronomy) and work experience as an agronomist or agrochemist without a category of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Agrochemist without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in areas: crop production and/or animal husbandry and/or veterinary medicine or technical and professional (secondary specialized, secondary vocational) education in the specialty of agronomy without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 3. Heating Engineer of Agricultural Enterprise</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure technical operation and timely repair of heating and gas equipment, economical and rational use of fuel, heat, steam and gas in order to increase production efficiency;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop action plans to improve the operation and use of heat power equipment and heating and gasification mains, schedules for the consumption of heat and power resources by divisions and facilities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up applications for the purchase of the necessary thermal and gas equipment, spare parts and tools for it, solid and liquid fuel (except for fuels and lubricants for the machine and tractor fleet);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the commissioning of boiler and gas equipment after installation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop schedules for maintenance, routine repair of thermal, gas devices and equipment, organizes their timely implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize fuel storage, safety of heating and gas equipment in compliance with applicable standards and rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up certificates for equipment write-off and submit them for approval in accordance with the established procedure;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      summarize the operation of energy devices, capacities and highways by business subdivisions and the economy as a whole, identifies and eliminates the identified shortcomings;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records and reports on heat, gas and fuel facilities, monitor the correct execution of technical documentation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On Civil Protection" (hereinafter referred to as the Law "On Civil Protection");</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law of the Republic of Kazakhstan "On Electric Power Industry";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials related to the production and economic activities of the economy and in the field of heating and gasification of agricultural enterprises, arrangement, rules of operation and maintenance of heat and power and gas facilities, procedure of acceptance for operation after installation of boiler and gas equipment, methods of rational use of fuel, heat, gas, steam, best practices in the field of heating and gasification of agricultural enterprises, fundamentals of the economy, organization of production, labor and management, fundamentals of labor legislation, rules and regulations for environmental protection, labor protection and fire safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      heating engineer of an agricultural enterprise of category I: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: engineering and engineering (heat energy, energy supply of agriculture) and work experience in the position of heating engineer of an agricultural enterprise of category II for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      heating engineer of an agricultural enterprise of category II: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: engineering and engineering (heat engineering, agricultural power supply) and work experience as a heating engineer of an agricultural enterprise without a category of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      heating engineer of an agricultural enterprise without a category: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: engineering and engineering (heat power engineering, agricultural power supply) without presenting requirements for work experience or technical and professional (secondary specialized, secondary vocational) education in the specialty of heat engineering equipment and heat supply systems and work experience in the field of professional activity for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 4. Tribal Technician</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of breeding livestock in animal husbandry;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the development of plans for breeding work on the farm;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in weighing and docking to determine the productivity of animals, take samples of milk for analysis, enter animal productivity data into breeding cards;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in animal boning;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintain documentation on breeding work in strict accordance with approved forms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in animal morbidity studies, prepare animal cards for recording in the breeding book;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the selection and preparation of breeding animals for sale, display at the exhibition;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the timely submission by the foremen of primary documents of production and zootechnical accounting;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Livestock Breeding";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, methodological and instructional instructions on keeping pedigree records in animal husbandry, the basics of pedigree animal husbandry technology, current forms of zootechnical and pedigree records, instructions on cattle boning, the basics of labor legislation, rules and norms of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      tribal technician of category I: technical and vocational (secondary specialized, secondary vocational) education in the specialty (livestock) and work experience as a tribal technician of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      tribal technician of category II: technical and vocational (secondary specialized, secondary vocational) education in the specialty (livestock) and work experience as a tribal technician without a category of at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      tribal technician without category: technical and vocational (secondary specialized, secondary vocational) education in the specialty (livestock) without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 5. Bacteriologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct laboratory quarantine-phytosanitary and veterinary-sanitary examination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct inspection and autopsy of dead animals, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      identify and type pathogens of animals, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      identify hidden forms of particularly dangerous animal diseases, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      accept the material received for the study, ensures its storage until the end of the study;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct tests, quarantine analysis and quarantine examination of regulated products for compliance with the requirements of international and domestic standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up documentation on the consumption of materials for research and sanitization, as well as the results of research, issues expert reports on them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform box disinfection, workplace treatment, sterilization of instruments, preparation of reagent solutions, culture media;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up and calculate the results of the analyzes carried out, ensure the destruction of the remains of biological material;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide methodological and practical assistance to employees of the organization within its competence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct experimental research in the field of bacteriology;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the development of new working methods;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      analyze and keep records of laboratory and diagnostic tests performed;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform sampling for laboratory tests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of collectible material, ensure its safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintain established records.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, regulatory and methodological documents on the agro-industrial complex, rules for the operation of laboratory equipment, veterinary microbiology, bacteriology and phytopathology, economic thresholds for the harmfulness of plant diseases, methods of identifying pathogens of bacterial diseases of animals, as well as fish and other aquatic animals and plants, methods and instructions for combating animal diseases, as well as fish and other aquatic animals instructions for the use of veterinary drugs, rules of veterinary and sanitary examination of products and raw materials of animal origin, methods of laboratory research of materials, technology of production and processing of products of animal origin, the basis of labor legislation, internal labor regulations, occupational safety and health rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      bacteriologist of category I: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the areas of: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences and work experience as a bacteriologist of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      bacteriologist of category II: higher education (and/or bachelor, master's degree, Ph.D., doctor in profile) in the areas of: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences and work experience as a bacteriologist without a category of at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      bacteriologist without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences without presentation work experience requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 6. Veterinarian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up a plan of veterinary and preventive measures of the farm to prevent diseases and deaths of animals, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct treatment of sick livestock, poultry and fish, monitors the implementation of zoo hygienic and veterinary rules when keeping, feeding animals, as well as fish and other aquatic animals and caring for them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize disinfection, disinsection, deratization and decontamination on livestock farms, cattle farms, in territories and in premises for processing and storage of products and raw materials of animal origin;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform sampling for laboratory tests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize measures for artificial insemination of farm animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      implement approved new veterinary products, scientific advances and best practices in veterinary medicine;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the requirements of the legislation of the Republic of Kazakhstan in the field of veterinary medicine, veterinary and sanitary rules and rules for the protection of the population from diseases common to humans and animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the keeping of records and the preparation of established veterinary reports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor the implementation of veterinary and sanitary rules during the reproduction of the herd;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out veterinary measures to prevent and eliminate the yawning stock, growing healthy young;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with environmental protection legislation, standards and rules of labor protection and fire safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guidance, regulatory and instructional materials in the field of veterinary medicine, microbiology, epizootology, drugs and disinfectants, rules for their use, technology for the production of livestock products, as well as fish products, requirements for its quality, animal hygiene and veterinary rules for keeping animals, rules for veterinary and sanitary examination of products and raw materials of animal origin, technology for the production of artificial insemination, scientific advances and best practices in veterinary medicine and veterinary expertise, fundamentals of labor legislation, fundamentals of environmental protection legislation, rules and regulations of occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      veterinarian of category I: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (fish product technology, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences and at least 3 years of service as a veterinarian of category II;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      veterinarian of category II: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences and work experience as a veterinarian without a category of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      veterinarian without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences without requirements for length of service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 7. Veterinary Paramedic</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out preventive, veterinary and sanitary measures to prevent diseases and deaths of animals, fish and other aquatic animals, as well as the treatment of sick livestock, poultry and fish;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform sampling for laboratory tests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor the sanitary condition of feed, pastures, animal watering places, premises, equipment and tools, ensures the sanitary treatment of livestock premises;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      under the guidance of a veterinarian, perform a postmortem autopsy of animal corpses, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the regulations for biothermal decontamination of manure, as well as washing and disinfection of cars and containers after transportation of livestock, poultry and fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of the receipt and consumption of medicines, disinfectants and other materials, ensures their storage;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      at the direction of the veterinarian, keep records and prepare established reports on veterinary medicine;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with environmental legislation, health and safety rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guidance, regulatory, guidance and methodological materials on veterinary issues, animal hygiene and veterinary rules for keeping animals and fish, medicines and disinfectants, rules for their use, the procedure for disinfection, disinsection and deratization, the procedure for drawing up veterinary documents, the basics of legislation on environmental protection, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      veterinary paramedic of category I: technical and vocational (secondary specialized, secondary vocational) education in the specialty of veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and work experience in the position of veterinary paramedic of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      veterinary paramedic of category II: technical and vocational (secondary specialized, secondary vocational) education in the specialty of veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and work experience as a veterinary paramedic without a category of at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      veterinary paramedic without category: technical and professional (secondary specialized, secondary vocational) education in the specialty of veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 8. Virologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct laboratory quarantine-phytosanitary and veterinary-sanitary examination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      identify and type animal disease agents, as well as fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      identify hidden forms of particularly dangerous animal diseases, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct tests, quarantine analysis and quarantine examination of regulated products for compliance with the established requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      apply international and domestic standards in the process of work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct inspection and autopsy of dead animals, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      accept the material received for the study, ensures its storage until the end of the study;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up documentation on the consumption of materials for research and sanitization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform box disinfection, workplace treatment, sterilization of instruments, preparation of reagent solutions, culture media;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up and calculate the results of the analyzes carried out, ensure the destruction of the remains of biological material;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide methodological and practical assistance to laboratory workers within their competence;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the testing of approved new types of equipment and devices, the development of modern methods for diagnosing viral diseases of animals, as well as fish and other aquatic animals and plants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform sampling for laboratory tests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      analyze and keep records of laboratory and diagnostic tests performed;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintain a file cabinet and store collection material;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor the correct storage and shelf life of culture media and diagnostic preparations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, the principle of operation and rules for the operation of laboratory equipment and devices, virology and phytopathology, economic thresholds for the harmfulness of plant diseases, methods for identifying pathogens of viral diseases of animals and plants, methods for sampling of regulated products, methods and instructions for combating animal diseases, as well as fish and other aquatic animals instructions on the use of veterinary drugs, rules for veterinary and sanitary examination of products and raw materials of animal origin, technology for the production and processing of products of animal origin, methods of laboratory research of materials, basis of labor legislation, internal labor regulations, occupational safety and fire safety rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      virologist of category I: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries, environment (ecology), water resources and water use, biological and related sciences and work experience as a virologist of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      virologist of category II: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences and work experience as a virologist without a category of at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      virologist without a category: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences without requirements for length of service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 9. Herbologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct laboratory studies of regulated products, phytosanitary monitoring and assessment of crop contamination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      accept the material received for the study, ensures its storage until the end of the study;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct tests, quarantine analysis and quarantine examination of regulated products for compliance with the established requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform phytosanitary monitoring and assessment of crop contamination and provide information to agricultural organizations on the phytosanitary state, signals the timing of the start, end of control and forecasts with quarantine weeds of crops;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up and calculate the results of analyzes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up documentation on the consumption of materials for research;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      prepare laboratory equipment for operation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide disinfection and destruction of biological material residues;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records and identify quarantine weeds of crops in the served area of   the region and regions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of collectible material, ensure its safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of forecasts and reviews of the distribution and development of weeds in the republic, region, individual region;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      evaluate new tests and research methods;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      analyze and record laboratory and diagnostic tests performed;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      submit reports in accordance with the established procedure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, methods for conducting an examination of plant products for contamination with quarantine weeds, methods for identifying quarantine weeds, methods for conducting a survey of agricultural land for weeds, methods for sampling of regulated products, instructions for the use of instruments and equipment, fundamentals of environmental protection legislation, fundamentals of labor legislation, internal labor regulations, occupational safety and health and fire safety rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      herbologist of category I: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as a herbologist of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      herbologist of category II: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as a herbologist without a category of at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      herbologist without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine or technical and vocational (secondary specialized, secondary vocational) education in the following specialties: agronomy and/or farming (by profile) and/or ecology and rational use of natural resources (by industry) and/or agricultural ecology and/or ecology and environmental protection activities (by species) and/or landscape and landscape construction (by species) and/or land management and/or hydrology and meteorology and/or veterinary medicine without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 10. Helminthologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct laboratory studies of regulated products, examination of crops to detect their infection with plant diseases, parasitic nematodes (phytohelminths) of plants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      accept the material received for the study, ensure its storage until the end of the study;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct tests, quarantine analysis and quarantine examination of regulated products for compliance with the established requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      prepare laboratory equipment for operation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up and calculates the results of analyzes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide disinfection and destruction of biological material residues;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      collect materials on the spread of plant diseases, determine their harmfulness and organize the development of effective measures to combat them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide methodological and practical assistance to enterprises, farms in organizing and conducting measures to combat diseases and parasitic nematodes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      study the achievements of science and best practices in identifying plant diseases and phytohelminths, determining their harmfulness and carrying out measures to combat them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      evaluate new tests and research methods;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      analyze and record laboratory and diagnostic tests performed;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      submit reports in accordance with the established procedure;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      introduce progressive techniques and methods of nematode control.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Law "On Plant Quarantine"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, methodological and instructional materials on plant protection and quarantine, entomology, morphological features of the main species of nematodes, the structure of crop rotations and the peculiarities of cultivation in the served area of   the main crops, plant disease control measures, fundamentals of environmental legislation, fundamentals of the economy, organization of labor and management, fundamentals of labor legislation, rules and standards of labor safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      helminthologist of category I: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as a helminthologist of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      helminthologist of category II: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as a helminthologist without a category of at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      helminthologist without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in areas: crop production and/or animal husbandry and/or veterinary medicine without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 11. Engineer for Mechanization of Labor-intensive Processes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize work on the introduction and maintenance of mechanization and automation equipment on farms, complexes, poultry farms, in feed preparation and feed mills;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      study production processes in order to identify areas of main and auxiliary works and operations subject to mechanization and automation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the development of plans for mechanization and automation of livestock farms, complexes, fodder farms and their reconstruction, mechanization and automation of production processes, labor-intensive manual work, transport and other operations and ensures their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the installation, adjustment and commissioning of mechanization and automation equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the acceptance of equipment from the contractor after its installation, repair or maintenance;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize high-quality performance of works on installation, repair and maintenance of mechanization means, rational use of materials and funds for repair and operation of equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop instructions for operation, maintenance and repair of mechanization means, trains workers in safe working methods;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the purchase of new equipment, equipment, spare parts, repair materials and tools for the mechanization of labor-intensive processes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      issue claim to suppliers upon receipt of incomplete or faulty mechanization means;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the safety of equipment, equipment intended for mechanization of labor-intensive processes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up documentation for the write-off of unusable mechanisms and equipment, organize the conservation and storage of unused equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the maintenance of technical documentation and reporting in accordance with the established procedure, the introduction of scientific achievements and best practices for the mechanization of labor-intensive processes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      promote the introduction of rationalization proposals and inventions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out work to assist farm workers in the development of new machines, equipment, means of mechanization and automation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructional and methodological materials in the field of mechanization and automation of production processes, arrangement, rules of operation and maintenance of mechanization and automation means, procedure of installation and commissioning works, achievements and best practices in mechanization and automation of labor-intensive processes, fundamentals of the economy, organization of production, labor and management, the basis of labor legislation, rules and norms of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      engineer for mechanization of labor-intensive processes of category I: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: engineering and engineering (agricultural equipment and technology, energy supply of agriculture) and work experience in the position of engineer for mechanization of labor-intensive processes of category II for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      engineer for mechanization of labor-intensive processes of category II: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: engineering and engineering (agricultural equipment and technology, energy supply of agriculture) and work experience as an engineer for mechanization of labor-intensive processes without a category of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      engineer for mechanization of labor-intensive processes without a category: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: engineering and engineering (agricultural equipment and technology, energy supply of agriculture) without presenting requirements for work experience or technical and professional (secondary specialized, secondary vocational) education in the specialty of agricultural mechanization and work experience in the field of professional activity for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 12. Fuel and Lubricants Engineer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out organizational and technical management of providing the machine and tractor fleet with petroleum products;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      determine the annual demand of the farm for petroleum products, develops a plan for the consumption, import and accumulation of petroleum products by months and quarters;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the acceptance, storage and release of petroleum products at the central oil depot and in the divisions of the economy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep daily records of the range and quality of petroleum products received from oil depots, from commercial structures stored at oil storage and refueling points;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the conclusion of contracts for the supply of petroleum products by assortment and quality;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the safety, timely maintenance and repair of oil equipment on the farm;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      jointly with metrological services, perform calibration of tanks and oil containers in due time;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of petroleum products in compliance with the rules for registration and delivery of primary receipt and expenditure documents;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in inventories of petroleum products and oil equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize timely repair of oil-warehouse premises, inventory, execution of contracts (applications) for the purchase of necessary funds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the development and implementation of measures to improve the efficiency of the oil warehouse, save oil products, reduce the cost of their delivery, storage and refueling;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the maintenance of accounting and reporting documentation for the oil industry;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with environmental legislation, health and safety rules and regulations, industrial sanitation and fire protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120.You should know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Civil Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan; guiding, regulatory, instructional and methodological materials related to the organization of work in oil facilities; technical characteristics, design features, purpose, operating mode and operating rules of oil equipment; organization of maintenance and repair of oil equipment; grades and quality of petroleum products used in agricultural production; methods and means of checking the quality of petroleum products; fundamentals of the economy, organization of production, labor and management; fundamentals of labor legislation; fundamentals of environmental legislation; occupational safety and health rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      fuel and lubricants engineer of category I: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: engineering and engineering (agricultural engineering and technology, oil and gas business) and work experience as a fuel and lubricants engineer of category II for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      fuel and lubricants engineer of category II: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: engineering and engineering (agricultural engineering and technology, oil and gas business) and work experience as a fuel and lubricants engineer without a category of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      engineer for fuels and lubricants without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: engineering and engineering (agricultural equipment and technology, oil and gas business) without presenting requirements for work experience or technical and professional (secondary specialized, secondary vocational) education in the following specialties: mechanization of agriculture and/or construction and operation of gas-oil and filling stations and at least 3 years of experience in the oil industry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 13. Artificial Insemination Technician</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      identify farm animals in hunting, perform preparatory work before insemination, insemination of farm animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up applications for the provision of biomaterial, the purchase of tools and equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up an act of capitalization of offspring obtained from artificial insemination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      record the results of rectal examination, draw up a report on artificial insemination;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take measures for rational consumption of materials, inventory, devices, medicines, veterinary drugs and environments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Livestock Breeding";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, methodological and instructional instructions on the organization of breeding and artificial insemination, technology for the production of artificial insemination, scientific achievements and advanced experience in artificial insemination and reproduction of farm animals, current standards, prices for environments, tools, equipment, seed of farm animals, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      specialist in artificial insemination of animals: higher education in the areas of animal husbandry and/or veterinary medicine or technical and professional (secondary specialized, secondary vocational) education in the following specialties: animal science and/or agricultural biotechnology or veterinary medicine or the presence of a document confirming work experience in this profile for at least three years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 14. Veterinarian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct laboratory research aimed at preventing diseases of animals, as well as fish and other aquatic animals and humans, using best practices and methods for diagnosing diseases;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct pathological, microscopic, bacteriological, biological, serological, histological, chemical-toxicological, biochemical, sanitary-mycological, ichthyopathological, caprological, radiological, veterinary-sanitary and other laboratory studies at facilities coming from farms, organizations, veterinary institutions and other legal and physical individuals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      be responsible for the correctness, completeness and timeliness of the studies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up relevant documentation on the results of the studies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide information on the identification of pathogens of infectious diseases of animals, as well as fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      train laboratory assistants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with environmental legislation, health and safety rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guidance, regulatory, instructional and methodological materials on veterinary issues, methods for conducting laboratory studies, the situation with animal morbidity in the served area, scientific achievements and best practices in the field of laboratory diagnostics, the basics of labor legislation, the basics of legislation on environmental protection, standards and rules of labor protection and safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      veterinarian of the laboratory of category I: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (fish product technology, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences, and at least 2 years of work experience as a veterinarian in a laboratory of category II;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      veterinarian of the laboratory of category II: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (fish product technology, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and work experience as a laboratory veterinarian without a category of at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      laboratory veterinarian without category: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences without presenting work experience requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 15. Livestock Specialist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out organizational and technological management of animal husbandry of the department (complex, agricultural site, farm), while ensuring the growth of production of animal husbandry products, as well as fish products, improving its quality and reducing the cost;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the development and implementation of measures to intensify animal husbandry, transferring it to an industrial basis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop draft annual and long-term plans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      work to increase the productivity of animals, improve the reproduction of the herd and increase the yield of young animals, performs the activities provided for by the breeding plan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the rational use of feed, pastures and other fodder lands, introduces the latest methods of keeping, feeding and caring for livestock on farms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure efficient use of equipment, premises, mechanization means and other funds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintain zootechnical documentation and organizes accounting in animal husbandry divisions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Livestock Breeding";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guiding, regulatory, instructional and methodological materials related to the activities of livestock farms, anatomy, physiology and feeding of animals, breeding, scientific achievements and best practices in the field of animal husbandry, the basis of the economy, the organization of production, labor and management, the basis of labor legislation, the basis of legislation on environmental protection, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      zootechnician of category I: higher education (and/or bachelor, master's degree, Ph.D., doctor in profile) in the following areas: animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and work experience in positions livestock specialist of category II for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      zootechnician of category II: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: animal husbandry and/or veterinary medicine, fisheries (fish products technology, industrial fisheries, ichthyology, aquaculture and aquatic bioresources), environment (ecology), water resources and water use, biological and related sciences and work experience as a livestock specialist without a category of at least 3 years or technical and professional (secondary specialized, secondary vocational) education in the specialty of livestock and work experience as a livestock specialist without a category of at least 5 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      zootechnician without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following directions: animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences or technical and vocational (secondary specialized, secondary vocational) education in the specialty of animal science without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 16. Machine and Tractor Fleet Operation Engineer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the operation and maintenance of the machine and tractor fleet;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop schedules for technical care, maintenance and action plans to improve the operation of machines;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in drawing up contracts for the purchase of new tractors, combines, agricultural machines, spare parts and tools, the development and implementation of advanced repair and maintenance technologies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      introduce measures to save fuel and lubricants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize acceptance, assembly and running-in of new tractors, combines, agricultural machines and their commissioning;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up certificates for writing off equipment and submit them for approval in the prescribed manner;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the placement of equipment for storage;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      promote the introduction of rationalization proposals and inventions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records, technical documentation and submit reports in accordance with the established procedure;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      instruct and ensure that machine operators comply with safety and health rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guidance, regulatory, instructional and methodological materials related to the operation of the machine and tractor fleet, the organization of mechanized work in field cultivation and animal husbandry, the design, rules for the operation and maintenance of machines, technology, methods of repair work, the basics of labor legislation, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      engineer for the operation of a machine and tractor fleet of category I: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: engineering and agricultural equipment and technology and work experience in the position of engineer for the operation of a machine and tractor fleet of category II for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      engineer for the operation of a machine and tractor fleet of category II: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: engineering and agricultural equipment and technology and work experience as an engineer for the operation of a machine and tractor fleet without a category of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      engineer for the operation of a machine and tractor fleet without a category: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: engineering and engineering (agricultural equipment and technology) without presenting requirements for work experience or technical and professional (secondary specialized, secondary vocational) education in the following specialties: mechanization of agriculture and/or maintenance and repair in agriculture and work experience in the field of professional activity for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 17. Plant Protection Agronomist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      134. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize work to combat pests, crop diseases and weeds, quarantine facilities, alien species and especially dangerous harmful organisms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct systematic surveys of agricultural land on the territory of the farm, determine the area, the degree of settlement (infection) with their pests and diseases and specific methods of combating them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maps field fouling</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the implementation of a set of preventive consumer measures to protect agricultural plants from pests, diseases and weeds, quarantine facilities, alien species and especially dangerous harmful organisms by agrotechnical, chemical, biological and other means;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop and enforce plans and schedules for the control of pests, crop diseases and weeds, quarantine facilities, alien species and highly hazardous pests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of crop rotation schemes, in the introduction of intensive crop cultivation technology, advanced technology for plant protection and quarantine;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      determine the need for chemical and material and technical means, overalls, personal protective equipment for working with pesticides;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize delivery, proper storage and accounting of pesticides, ensure their rational use;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize and control chemical treatment of fields, grain flows, warehouses, storage facilities and other facilities, pre-sowing treatment of seed material with chemicals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with pesticide regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintain strict control over the doses of chemicals and solutions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct work to train employees in sanitary rules when working with pesticides;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor compliance of employees with the legislation on environmental protection, rules and standards of occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Seed Production";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan; legislation in the field of quarantine and plant protection, anti-corruption legislation, guidance, regulatory, guidance and methodological materials related to the organization of work to combat pests, crop diseases and weeds, quarantine facilities, alien species and especially dangerous harmful organisms; agricultural technology, entomology, phytopathology; methods and means of controlling pests, crop diseases and weeds, quarantine facilities, alien species and especially dangerous pests; pesticide treatment technology for plants and seeds; advances in science and best practices in plant protection and quarantine; fundamentals of economy, labor and management, fundamentals of land and labor legislation; fundamentals of environmental legislation; occupational safety and health rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      agronomist for plant protection and quarantine of category I: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as an agronomist for plant protection and quarantine of category II for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      agronomist for plant protection and quarantine of category II: higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as an agronomist for plant protection and quarantine for at least 3 years or technical and vocational (secondary specialized, secondary vocational) education in a specialty (agronomy) and work experience as an agronomist without a category for at least 5 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      plant protection and quarantine agronomist: higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine or technical and vocational (secondary specialized, secondary vocational) education in the specialty of agronomy without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 18. Agronomist for Seed Production</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize work on the cultivation of high-quality varietal seeds and planting material, as well as on the creation of the necessary amount of seed stock for the farm, the fulfillment of contractual obligations for the supply of varietal and hybrid seeds to the republican fund;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up planned documentation on seed production;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure, in the most optimal terms, the laying of seed plots, the implementation of agronomic measures to care for them in order to obtain high-quality seeds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct approbation of varietal crops;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize timely harvesting of seed crops, seed filling, post-harvest treatment of seeds, bringing them to high sowing conditions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize proper storage and targeted use of seeds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize production tests of new varieties;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out work on variety change and variety renewal, ensure the accelerated introduction of new highly productive varieties and hybrids into production;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up applications, draw up contracts for the purchase of seeds and planting material of the necessary varieties and hybrids, ensure their timely receipt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop measures to improve seed production, increase the production of seeds of scarce and promising varieties, transfer seed production of grain crops to an industrial basis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records and established reports on seed production;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      send seed samples for analysis to the seed laboratory in a timely manner;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with environmental legislation, health and safety rules and regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Seed Production";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructional and methodological materials concerning the organization of work on seed production, agricultural machinery, methods of testing and assessment of seed quality, techniques and methods for improving seed quality, seed production and processing technology, scientific achievements and best practices in the field of seed production, fundamentals of the economy, labor organization and management, fundamentals of land and labor legislation, fundamentals of environmental protection legislation, rules and regulations of occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      agronomist in seed production of category I: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as a agronomist in seed production of category II for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      agronomist in seed production of category II: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as an agronomist in seed production without a category of at least 3 years or technical and vocational (secondary specialized, secondary vocational) education in a specialty (agronomy) and work experience as an agronomist in seed production without a category of at least 5 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      agronomist in seed production without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine or technical and vocational (secondary specialized, secondary vocational) education in the specialty agronomy without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 19. Soil Scientist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform soil survey of territories;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      define boundaries of soil contours, basic characteristics and properties of soils;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform selection of profile samples, samples for acidity and salinity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      compile a set of planning and cartographic materials, a soil sketch, an analytical plan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop recommendations on the fundamental improvement of land, increasing the productivity of crops in accordance with the potential fertility of soils and on the use of fertilizers;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with technological regulations, requirements of legislation on environmental protection and rational use of natural resources, rules and standards of labor protection and fire safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      prepare and organize field soil reclamation works;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure high-quality performance of field materials provided by district services;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in field soil reclamation works;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out organizational and technological management in the association and in the farms of the region;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop measures to maintain and increase soil fertility in farms and ensure their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize and participate in agrochemical survey of agricultural lands of the serviced zone, taking soil samples for analysis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure quality and timeliness of analyses;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      study and introduce into production the achievements of science, best practices and new methods of soil analysis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      contribute to the implementation of the scientific organization of labor, the effective application of the current provisions on remuneration;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintenance of established documentation, accounting and reporting;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the conclusion of contracts with farms, the development of production programs, in the preparation of agrochemical cartograms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with environmental protection rules, rules and norms of occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, guidelines, regulatory, instructional and methodological materials on methods for monitoring irrigated land and field studies, rules and standards for labor protection, industrial sanitation, safety and fire protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      soil scientist of category I: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the field of crop production and work experience in the position of soil scientist of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      soil scientist of category II: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the field of crop production and work experience as a soil scientist without a category of at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      soil scientist without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the direction of crop production without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 20. Phytopathologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct laboratory studies of regulated products, state variety testing of crops for resistance to harmful diseases, expert assessment of varieties and hybrids of crops for economic usefulness, phytosanitary monitoring of the development and spread of diseases of agricultural plants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct phytopathological surveys of crops;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      accept the material received for the study, ensures its storage until the end of the study;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      prepare laboratory equipment for operation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct tests, quarantine analysis and quarantine examination of regulated products for compliance with the established requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      apply international and domestic standards in the process of work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up the necessary documentation based on the results of the current work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      analyze the results of the examinations, examinations, studies and tests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide disinfection and destruction of biological material;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of collectible material, ensure its safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      substantiate the directions of new research and development, makes proposals for inclusion in the plans of scientific and production works;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the formation of the state register of breeding achievements recommended for use in the Republic of Kazakhstan, the state register of the Republic of Kazakhstan of protected plant varieties;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop short-term and long-term forecasts of the spread of harmful, especially dangerous harmful organisms and quarantine facilities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the development, development and improvement of existing methods for determining crop diseases, methods for testing breeding achievements for resistance to plant diseases, distinctiveness, homogeneity and stability, methods for monitoring the development and spread of plant diseases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Seed Production";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection of Breeding Achievements";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, phytopathology, state variety testing methodology, procedure for drawing up documentation for new breeding achievements and issuing certificates, patents, methods for assessing breeding achievements for protection and economic utility, methods of quarantine and phytosanitary examination of regulated objects, methods of phytosanitary monitoring of the development and spread of diseases of agricultural plants, fundamentals of environmental protection legislation, fundamentals of labor legislation, internal labor regulations, occupational safety and fire safety rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      phytopathologist of category I: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as a phytopathologist of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      phytopathologist of category II: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as a phytopathologist without a category of at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      phytopathologist without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine or technical and vocational (secondary specialized, secondary vocational) education in the following specialties: agronomy and/or farming (by profile) and/or ecology and rational use of natural resources (by industry) and/or agricultural ecology and/or ecology and environmental protection activities (by species) and/or landscape and landscape construction (by species) and/or land management and/or hydrology and meteorology and/or veterinary medicine without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 21. Chemist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct laboratory analyzes of soils and water, processing of research results;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize research, express analyzes, conduct testing of new methods, preparation of laboratory installations and equipment for work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintain internal documentation, compilation of logs, sample tests, working logs, test reports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure timely, high-quality and reliable testing in accordance with the requirements of the accreditation conditions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      comply with the rules of technical operation of test equipment and measuring instruments;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      serve the equipment assigned to it, monitor the serviceability of equipment and measuring instruments during tests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of reports on the results of studies performed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, basic provisions and requirements of technical regulation and accreditation, applied to testing laboratories, testing equipment and measuring instruments, rules for their operation, requirements of regulatory documents for environmental objects and methods of their testing, rules for handling personal protective equipment, processing, registration of test results, regulatory, methodological and other guidance materials, instructions and instructions on laboratory test methods, fundamentals of labor legislation, rules and standards of labor protection, industrial sanitation, safety and fire protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148. Qualification requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Highly qualified specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      chemist of the highest category: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and work experience in the position of a chemist of category I for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      chemist of category I: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (fish product technology, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences and experience work as a chemist of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      chemist of category II: higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: crop and/or animal husbandry and/or veterinary medicine, fisheries (fish product technology, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences (biology) and work experience as a chemist without a category of at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      chemist without category: higher education (and/or bachelor, master, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine, fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), water resources and water use, biological and related sciences or technical (secondary specialized) education in the specialty of chemistry without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 22. Entomologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct laboratory studies of regulated products, state variety testing of crops for resistance to plant pests, expert assessment of varieties and hybrids of crops for economic utility, phytosanitary monitoring of the development and spread of pests of agricultural plants;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct entomological surveys of crops;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      accept the material received for the study, ensures its storage until the end of the study;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      prepare laboratory equipment for operation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct tests, quarantine analysis and quarantine examination of regulated products for compliance with the established requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      apply international and domestic standards in the process of work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up the necessary documentation based on the results of the current work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      analyze the results of the examinations, examinations, studies and tests;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide disinfection and destruction of biological material;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records of collectible material, ensure its safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      substantiate the directions of new research and development, make proposals for inclusion in the plans of scientific and production works;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the formation of the state register of breeding achievements recommended for use in the Republic of Kazakhstan, the state register of the Republic of Kazakhstan of protected plant varieties;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop short-term and long-term forecasts of the spread of harmful, especially dangerous harmful organisms and quarantine facilities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with occupational safety and health rules and regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the development and improvement of existing methods for identifying plant pests, methods for testing breeding achievements for resistance to plant pests, distinguishability, homogeneity and stability, methods for monitoring the development and spread of plant pests.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Seed Production";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection of Breeding Achievements";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Plant Quarantine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, entomology, state variety testing methodology, procedure for drawing up documentation for new breeding achievements and issuing certificates, patents, methods for assessing breeding achievements for protection and economic utility, methods of quarantine and phytosanitary examination of regulated objects, methods of phytosanitary monitoring of the development and spread of pests of agricultural plants, fundamentals of environmental protection legislation, fundamentals of labor legislation, internal labor regulations, occupational safety and fire safety rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      151. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      entomologist of category I: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as an entomologist of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      entomologist of category II: higher education (and/or bachelor, master's degree, PhD., doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine and work experience as an entomologist without a category of at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      entomologist without category: higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: crop production and/or animal husbandry and/or veterinary medicine or technical and vocational (secondary specialized, secondary vocational) education in the following specialties: agronomy and/or farming (by profile) and/or ecology and rational use of natural resources (by industry) and/or agricultural ecology and/or ecology and environmental protection activities (by species) and/or landscape and landscape construction (by species) and/or land management and/or hydrology and meteorology and/or veterinary medicine without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 23. Hydraulic Engineer (Hydraulic Engineer)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the development of field agro-reclamation plans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct a survey of the reclamation condition of irrigated lands, the technical condition of irrigation and drainage systems and hydraulic structures, open and closed horizontal drainage systems, the development of negative processes on irrigation and collector-drainage channels, evaluates the efficiency of drainage;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct measurements of flow rates of header and drain runoff on irrigation systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sample surface water from irrigation channels and collector-drainage network;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform office processing of field work results;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize metrological verification of measuring instruments and water metering stations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the inventory of irrigation systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the adjustment of water use plans, irrigation and irrigation standards;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      assist in the introduction of water-saving technologies and the improvement of water accounting tools on irrigation systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of thematic reports.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other subordinate laws of the Republic of Kazakhstan, regulatory documents in the field of technical operation of irrigation and drainage systems and hydraulic structures, provisions of the state system of technical regulation and standardization of measuring instruments and instruments for water metering, general standards, rules and characteristics, verification of measuring instruments, labor legislation, occupational safety and fire safety rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      hydraulic engineer (hydraulic technician) of the highest category: higher (or postgraduate) education in the specialty (hydraulic drainage, specialist in water resources and water use) and work experience in the position of hydraulic engineer (hydraulic technician) of category I for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      hydraulic engineer (hydraulic technician) of category I: higher (or postgraduate) education in the specialty (hydraulic drainage, specialist in water resources and water use) and work experience in the position of hydraulic engineer (hydraulic technician) of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      hydraulic engineer (hydraulic technician) of category II: higher (or postgraduate) education in the specialty (hydraulic drainage, specialist in water resources and water use) and work experience as a hydraulic engineer (hydraulic technician) without a category of at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      hydraulic engineer (hydraulic engineer) without a category: higher (or postgraduate) education in the specialty (hydromelioration, specialist in water resources and water use) or technical education in the specialty (hydromelioration, land reclamation and reclamation, hydrology) without presenting requirements for length of service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 24. Specialist in Water Resources and Water Use</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the design and operation of water management systems, prepares calculations, justifications and design estimates during the construction and operation of hydraulic engineering and water management structures;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize water metering and distribution of water on irrigated systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure field surveys to determine the initial data required for the design of water use and water disposal facilities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform monitoring and assessment of the state of water resources and water management systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the development of regulations, regulations and reports on the use and protection of water bodies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      check compliance with water legislation and rules for the protection of water resources, controls the use of natural waters, participate in the regulation of relations between water users;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform office processing of field observations and provides compilation of cartographic materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Water Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other subordinate laws of the Republic of Kazakhstan, regulatory and methodological documents in the field survey work, organization and technology of tunneling, achievement of science and best practices in the field of water resources use, basic principles of operation and characteristics of used measuring instruments, general standards, rules and characteristics, verification of measuring instruments, fundamentals of labor legislation, rules for labor protection and fire safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      specialist in water resources and water use of the highest category: higher education (and/or bachelor, master, PhD, doctor in profile) in the specialty (water resources and water use) and work experience as a specialist in water resources and water use of the category I for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      specialist in water resources and water use of category I: higher education (and/or bachelor, master, PhD, doctor in profile) in the specialty (water resources and water use) and work experience as a specialist in water resources and water use of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      specialist in water resources and water use of category II: higher education (and/or bachelor, master, PhD, doctor in profile) in the specialty (water resources and water use) and work experience as a specialist in water resources and water use without category for at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      specialist in water resources and water use without a category: higher education (and/or bachelor, master, PhD, doctor in profile) in the specialty water resources and water use) or technical (secondary specialized) education in the specialty (water resources and water use) without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 25. Land Reclamation, Reclamation and Protection Specialist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the development of long-term and annual plans for the use of reclaimed land;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up plans for the construction and reconstruction of irrigation, drainage and watering systems, cultural and technical work on lands that do not require drainage, and ensure their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the development of design and estimate documentation for the repair of on-farm, irrigation, drainage, watering networks, involve specialized design organizations in its development;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide repair and cleaning of the internal reclamation network in order to maintain it in constant technical serviceability;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the commissioning of reclamation lands, as well as work on accelerated land improvement;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the safety of the reclamation network and hydraulic structures;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize storage and operation of reclamation machines and watering equipment in accordance with the current standards and rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the requirements of environmental legislation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Land Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Environmental Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Water Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other subordinate laws of the Republic of Kazakhstan, guiding, instructive, regulatory and methodological materials on land reclamation, technologies for the production of land reclamation and cultural and technical works, the achievement of science and best practices in the field of land reclamation and the use of land reclamation, the basis of land legislation, the basis of labor legislation, internal labor regulations, labor protection and fire safety rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      specialist in land reclamation, reclamation and protection of land of the highest category: higher education (and/or bachelor, master, PhD, doctor in profile) in the specialty (land reclamation, reclamation and protection) and work experience as a specialist in land reclamation of the 1st category for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      land reclamation, reclamation and protection specialist of category I: higher education (and/or bachelor, master, PhD, doctor in profile) in the specialty (land reclamation, reclamation and protection) and work experience in the position of land reclamation specialist of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      land reclamation, reclamation and protection specialist of category II: higher education (and/or bachelor, master, PhD, doctor in profile) in the specialty (land reclamation, reclamation and protection) and work experience as a land reclamation specialist without a category of at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      specialist in land reclamation, reclamation and protection without a category: higher education (and/or bachelor, master, PhD, doctor in profile) in the specialty (land reclamation, reclamation and protection) without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 26. Inspector</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      protect natural complexes on the territory fixed by the order of the head, in accordance with the work plans of the organization, including the protection of fish resources and other aquatic animals, including in fixed and reserve fishery areas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take measures to prevent and suppress violations of the legislation of the Republic of Kazakhstan in the field of protection, reproduction and use of fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      submit to the responsible persons materials on the facts of violations in the field of protection, reproduction and use of fish resources and other aquatic animals for referral to the authorized law enforcement agencies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct explanatory work among the population on compliance with the legislation of the Republic of Kazakhstan in the field of protection, reproduction and use of fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up reports and other documentation on the implementation of production measures;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      submit to the management for review and approval the planned developments, as well as reports on the results of the work carried out;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure safe performance of work, compliance with the rules and standards of occupational safety and health, industrial sanitation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the rules of internal labor regulations, safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) specialist of the highest qualification level:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the highest category: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), biological and related sciences and work experience in the position of inspector of the highest qualification of category I for at least three years or work experience in the corresponding profile of the organization for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Category I: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), biological and related sciences and work experience in the position of inspector of the highest qualification of category II for at least two years or work experience in the corresponding profile of the organization for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Category II: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), biological and related sciences and work experience as an inspector of the highest level of qualification without a category of at least 1 year or work experience in the corresponding profile of the organization for at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), biological and related sciences and without presenting requirements for work experience;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) mid-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the highest category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection activities (by type), jurisprudence and work experience as an inspector of secondary qualification of category I for at least 3 years or work experience in the corresponding profile of the organization for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Category I: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), ecology and environmental protection (by type), jurisprudence and work experience in the position of inspector of average qualification level II category at least 2 years or work experience in the corresponding profile of the organization at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection (by type), jurisprudence and work experience as an inspector of an average level of qualification without a category of at least 1 year or work experience in the corresponding profile of the organization for at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection activities (by type), jurisprudence and without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 27. Fish Farmer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      164. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform his/her duties under the general supervision of the director, his/her deputies and the head of the department;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      within its competence, develop measures for the protection, reproduction and use of fish resources and other aquatic animals, ensure the implementation of plans for the implementation of fishery activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conservation, study and restoration of biological diversity, natural ecological systems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      research and monitoring for the protection and sustainable development of the territory, as well as environmental education and education;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participation in the development of the management plan of the institution, participation in the development and implementation of programs on the protection, restoration and use of the state nature reserve fund, historical and cultural complexes and objects;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carrying out verifications on compliance with the requirements of legislation in the field of protection, reproduction and use of fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      implementation of environmental education and public awareness measures, publication of video and printed materials;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conducting scientific research in the water area of   the institution, including with the involvement of third-party scientific organizations and specialists;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensuring the protection, reproduction and use of fish resources and other aquatic animals, as well as their natural habitats;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carrying out work on the restoration of objects of the state nature reserve fund, protective measures to prevent the development of foci of diseases and their elimination, other harmful effects on the protected natural complexes of the institution;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      regulation of the use of the territory of the institution and its protected zone for environmental, educational and scientific purposes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      cooperation and interaction with environmental, scientific and public organizations on the activities of the institution;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participation in international cooperation in the field of biodiversity conservation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      file claims with the court in case of violations of the legislation of the Republic of Kazakhstan in the field of protection, reproduction and use of fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct a public environmental review of projects in the field of fisheries and aquaculture in the manner prescribed by the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      To request and obtain from relevant public authorities the necessary information concerning the protection, reproduction and use of fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      determine the amount of damage caused as a result of violation of the legislation of the Republic of Kazakhstan in the field of protection, reproduction and use of fish resources and other aquatic animals and file claims against the perpetrators for voluntary compensation for damage or file a lawsuit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials on the agro-industrial complex and production activities of the enterprise, production technology, biological characteristics of various types of fish, scientific foundations of their maintenance and feeding, achievements of science and best practices of domestic and foreign enterprises in the field of fisheries, organization of sales of products, current standards for fisheries products, land and labor legislation, fundamentals of the economy, organization of production, labor and management, current legislation on environmental protection and rational use of natural resources, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher education (and/or bachelor, master's degree, PhD, doctor in profile) in the following areas: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, environment (ecology), water resources and water use, biological and related sciences and work experience in the field of professional activity for at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 28. Ichthyologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform his/her duties under the general supervision of the director, his/her deputies and the head of the department;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      within its competence, develop measures for the protection, reproduction and use of fish resources and other aquatic animals, ensure the implementation of plans for the implementation of fishery activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      coordinate the work on the protection of water bodies, on the conduct of fisheries activities, as well as in the organization of reclamation and recreational fishing;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the regime of protection of specially protected natural areas, takes measures to prevent and suppress violations of environmental legislation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up protocols on administrative offenses in the field of fisheries and aquaculture in accordance with the Code of Administrative Offenses of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor the hydrobiological state of water bodies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      assess the condition of the forage base of water bodies, certify fishery water bodies, check the results and effectiveness of fish introduction, identifies fish diseases and take measures to prevent and eliminate them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) specialist of the highest qualification level:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher category: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences (biology) and work experience in the position of ichthyologist of the highest qualification level I category at least 3 years or work experience in the relevant profile of the organization at least 4 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences (biology) and work experience in the position of ichthyologist of the highest qualification level II category at least 2 years or work experience in the corresponding profile of the organization at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences (biology) and work experience in the position of ichthyologist of the highest qualification level without a category of at least 1 year or work experience in the corresponding profile of the organization at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences (biology) without presenting requirements for work experience;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) mid-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the highest category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources) and work experience as an ichthyologist of an average qualification level of category I for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources) and work experience as an ichthyologist of an average qualification level of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources) and work experience as a medium-level ichthyologist without a category of at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: technical and professional, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources) without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 29. Biologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform his/her duties under the general supervision of the director, his/her deputies and the head of the department;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      within its competence, develop measures for the protection, reproduction and use of fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize activities to preserve the biological diversity and integrity of fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take measures to prevent the death, reduction or disturbance of the habitat of rare and endangered fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize the rescue of fish and other aquatic animals in cases of mass diseases, the threat of their death in natural disasters or due to causes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      legislative and other regulatory legal acts of the Republic of Kazakhstan, governing, regulatory, instructive and methodological materials on the agro-industrial complex and production activities of the enterprise, production technology, biological characteristics of various types of fish, scientific foundations of their maintenance and feeding, achievements of science and best practices of domestic and foreign enterprises in the field of fisheries, organization of sales of products, current standards for fisheries products, land and labor legislation, fundamentals of the economy, organization of production, labor and management, current legislation on environmental protection and rational use of natural resources, rules and standards of safety and labor protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) specialist of the highest qualification level:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher category: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences and work experience in the position of a biologist of the highest qualification of category I for at least 3 years or work experience in the corresponding profile of the organization for at least 4 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences, work experience as a biologist of the highest qualification level II category at least 2 years or work experience in the corresponding profile of the organization at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences and work experience in the position of a biologist of the highest qualification without a category of at least 1 year or work experience in the corresponding profile of the organization for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences without presenting requirements for work experience;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) mid-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the highest category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences, ecology and environmental protection (by type) and work experience as a biologist of an average qualification level I category for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences, ecology and environmental protection (by type) and work experience as a biologist of average qualification level II category for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences, ecology and environmental protection (by type) and work experience as a biologist of an average qualification level without a category of at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without the category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), veterinary medicine, biological and related sciences, ecology and environmental protection activities (by type) without presenting requirements for length of service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 30. Hydrobiologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      selection and processing of hydrobiological samples of zooplankton and zoobenthos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitoring the development of the food supply and making proposals for its improvement;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      selection and analysis of materials on the nutrition of juvenile fish, study of the nature of nutrition;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      control over the development of live feed, participation in the calculation of their growth and biomass;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      compliance with the optimal conditions for growing live feed;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provision of operational data on the condition of the feed base and live feed;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keeping logs of observations of biomass of zooplankton, zoobenthos and nutrition of juvenile fish;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participation in the preparation of the annual report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      175. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Highly qualified specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher category: higher (or postgraduate) education in the areas of fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources) or biological sciences, work experience in category I for at least 3 years or in a specialty for at least 5 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: higher education in the areas of fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources) or biological sciences, work experience in category II for at least 2 years or in a specialty for at least 4 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: higher education in the areas of fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources) or biological sciences, work experience without a category of at least 1 year or in a specialty of at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: higher education in the areas of fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources) or biological sciences, work experience is not required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Intermediate specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher category: technical and professional education in the specialty of fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), work experience in category I for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: technical and professional education in the specialty of fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), work experience in category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: technical and professional education in the specialty of fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), work experience without a category of at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: technical and professional education in the specialty of fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), work experience shall not be required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 31. Ecologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      176. Job responsibilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor compliance with the legislation, instructions, standards and regulations on environmental protection in the subdivisions of the organization, help to reduce the harmful effect of production factors on the life and health of employees;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      develop draft long-term and current plans for environmental protection, monitor their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the conduct of environmental expertise of feasibility studies, projects for the expansion and reconstruction of existing production facilities, as well as new technologies and equipment being created, the development of measures for the introduction of new equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in conducting research and experimental work on the treatment of industrial wastewater, preventing environmental pollution, emissions of harmful substances into the atmosphere, reducing or completely eliminating technological waste, and rational use of land and water resources;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor compliance with the technological regimes of environmental facilities, analyze their work, monitor compliance with environmental standards and standards, and the state of the environment in the area of   the organization's location;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up process regulations, analytical control schedules, passports, instructions and other technical documentation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in checking the compliance of the technical condition of the equipment with the requirements of environmental protection and rational use of natural resources;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up established reports on the implementation of environmental protection measures, take part in the work of commissions for conducting environmental reviews of the organization's activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      178. qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: higher (or postgraduate) education in the relevant field of personnel training and at least 2 years of experience as an environmentalist of category II;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: higher (or postgraduate) education in the relevant field of personnel training and work experience as an ecologist without a category of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without a category: higher (or postgraduate) education in the corresponding direction of personnel training without presenting requirements for length of service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 32. Theriologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      179. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitoring mammal populations living in aquatic and coastal ecosystems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      analysis of the impact of mammals on the state of fish resources and ecosystems in general;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      development and implementation of measures for the protection and rational use of mammals in the framework of fisheries;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participation in environmental reviews and environmental impact assessments;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintenance of accounting and reporting documentation and preparation of analytical materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      180. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture, methods for monitoring and assessing the state of mammal populations, the basis of ecology, zoology and biology of aquatic ecosystems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      181. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      highly qualified specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher (or postgraduate) education in the following areas: biology, zoology, environmental protection or related specialties;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for the highest category: work experience in the position of a specialist of category I for at least 3 years or general experience in a specialty for at least 5 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for category I: work experience in the position of a specialist of category II for at least 2 years or general experience in a specialty for at least 4 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for category II: work experience in a position without a category of at least 1 year or general experience in a specialty of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without a category: higher (or postgraduate) education without presenting requirements for length of service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 33. Meteorologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      182. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carrying out phenological observations of seasonal amendments in nature (water and air temperature, freezing time, ice melting, flowering, reproduction of aquatic organisms);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      collection, analysis and interpretation of meteorological data (temperature, pressure, humidity, precipitation, wind conditions) to predict the impact of climatic factors on fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      assessment of the influence of weather and climatic conditions on the spawning, migration and productivity of fish species;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      preparation of forecasts and recommendations for optimal fishing, stocking, reclamation and protection measures;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participation in the development of measures to adapt fisheries to changing climatic conditions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keeping reports, observation logs and providing analytical certificates to higher bodies and scientific institutions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      compliance with occupational safety, fire safety and environmental standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      183. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      methods of observation and analysis of phenological phenomena affecting aquatic ecosystems;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      principles of collection, processing and interpretation of meteorological data;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      use of specialized software for modeling climatic and environmental processes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      184. qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher professional education in the following specialties: hydrometeorology, applied hydrometeorology or higher education in the field of physical and mathematical, natural sciences, technology and technology, followed by professional retraining in the field of hydrometeorology and environmental monitoring;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      meteorologist: without presenting requirements for work experience in the presence of specialized higher education;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      meteorologist of category I: work experience in the position of meteorologist of category II for at least 3 years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      meteorologist of category II: at least 3 years of experience as a meteorologist;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      leading meteorologist: at least 3 years of experience as a category I meteorologist.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 34. Ornithologist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      185. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform his/her duties under the general supervision of the General Director (Director), his/her deputies and the head of the department;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      within its competence, develop measures for the protection, reproduction and use of fish resources and other aquatic animals, ensure the implementation of plans for the implementation of measures;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor the behavior of birds in the environment, monitor the directions of their flights, carry out accounting work and monitor the life of birds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out monitoring to prevent mass disease of birds, their death, in case of natural disasters or due to causes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take measures to prevent the loss, reduction or disturbance of the habitat of rare and endangered wild bird species;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize measures to preserve the natural habitat of rare bird species.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      186. must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries, aquaculture and specially protected natural areas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      187.Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) specialist of the highest qualification level:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher category: higher (or postgraduate) education in the relevant field of personnel training: forestry (hunting and animal husbandry, forest resources and forestry), biological and related sciences and work experience in the position of an ornithologist of the highest qualification of category I for at least 3 years or work experience in the corresponding profile of the organization for at least 4 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: higher (or postgraduate) education in the relevant field of personnel training: forestry (hunting and animal husbandry, forest resources and forestry), biological and related sciences and work experience in the position of an ornithologist of the highest qualification of category II for at least 2 years or work experience in the corresponding profile of the organization for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: higher (or postgraduate) education in the relevant field of personnel training: forestry (hunting and animal husbandry, forest resources and forestry), biological and related sciences and work experience as an ornithologist of the highest qualification without a category of at least 1 year or work experience in the corresponding profile of the organization of at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: higher (or postgraduate) education in the relevant field of personnel training: forestry (hunting and animal husbandry, forest resources and forestry), biological and related sciences (biology) without presenting requirements for length of service;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) mid-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the highest category: technical and professional, post-secondary (secondary specialized, secondary vocational) education: hunting and animal husbandry and work experience as an ornithologist of an average qualification level of category I for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: technical and professional, post-secondary (secondary specialized, secondary vocational) education: hunting and animal husbandry and work experience as an ornithologist of an average qualification level of category II for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: hunting and animal husbandry and work experience as an ornithologist of an average qualification level without a category of at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: technical and professional, post-secondary (secondary specialized, secondary vocational) education: hunting and animal husbandry without presenting requirements for length of service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 35. Environmental Engineer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      188. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organization and control of the use of natural resources in specially protected natural areas, including fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      development and implementation of environmental management action plans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitoring compliance with environmental, fisheries and aquaculture legislation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sensitizing the public and tourists on the use of natural resources;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintaining the necessary documentation and reporting on nature management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      189. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      knowledge of the legislation of the Republic of Kazakhstan in the field of environmental protection, nature management, fisheries and water management;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      understanding the principles of sustainable use of natural resources, including fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      skills in developing and implementing environmental management plans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ability to monitor and analyze the state of natural resources;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      skills in reporting and documentation in accordance with established requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      190. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Highly qualified specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher category: higher (or postgraduate) education (ecology and nature management, fisheries, biological, geographical) and work experience in the position of engineer of the highest qualification level of category I for at least 3 years or work experience in a specialty for at least 5 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: higher (or postgraduate) education (ecology and nature management, fisheries, biological, geographical) and work experience as a highly qualified engineer of category II for at least 2 years or work experience in a specialty for at least 4 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: higher (or postgraduate) education (ecology and nature management, fisheries, biological, geographical) and work experience as a highly qualified engineer without a category of at least 1 year or work experience in a specialty of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: higher (or postgraduate) education (ecology and nature management, fisheries, biological, geographical) without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Intermediate specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the highest category: secondary technical and vocational education (secondary specialized, secondary vocational) (ecology and nature management, fisheries, biological, geographical) and work experience in the position of engineer of secondary qualification of category I for at least 3 years or work experience in a specialty for at least 5 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: secondary technical and vocational education (secondary specialized, secondary vocational) (ecology and nature management, fisheries, biological, geographical) and work experience in the position of a medium-level engineer of category II for at least 2 years or work experience in a specialty for at least 4 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: secondary technical and vocational education (secondary specialized, secondary vocational) (ecology and nature management, fisheries, biological, geographical) and work experience as a medium-level engineer without a category of at least 1 year or work experience in a specialty of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: secondary technical and vocational education (secondary specialized, secondary vocational) (ecology and nature management, fisheries, biological, geographical) without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 36. Territory Protection Inspector</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      191. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      protect natural complexes in the designated area, including the protection of fish resources and other aquatic animals, including rare and endangered species of fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take measures to prevent and suppress violations of the legislation of the Republic of Kazakhstan in the field of protection, reproduction and use of fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out fishery, biotechnical and accounting works, as well as measures aimed at protecting and restoring natural complexes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitor the safety of full houses, boundary pillars, signs, bridges, posts, communication lines and maintain their serviceable condition;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct explanatory work among the population on the prevention of violations of the regime of a specially protected natural area;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide assistance to employees of the organization and third-party organizations in conducting scientific and research work, including accounting for the number of fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up reports and other documentation on the implementation of production measures;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure safe performance of work, compliance with the rules and standards of occupational safety and health, industrial sanitation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      192. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      193.Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) specialist of the highest qualification level:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher category: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), biological and related sciences (biology, geography), service sector (tourism) and work experience in the position of inspector of the highest level of qualification of category I for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), biological and related sciences (biology), service sector (tourism) and work experience as an inspector of the highest level of qualification II category for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: higher (or postgraduate) education in the corresponding direction of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), environment (ecology), biological and related sciences (biology), service sector (tourism) and work experience as an inspector of the highest qualification without a category of at least one year or work experience in the corresponding profile of the organization at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), environment (ecology), biological and related sciences (biology), service sector (tourism) and without presenting requirements for work experience;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) mid-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the highest category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection activities (by type) and work experience as an inspector of secondary qualification of category I for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection activities (by type) and work experience in the position of inspector of secondary level of qualification II category at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), ecology and environmental protection activities (by type) and work experience as a middle-level inspector without a category of at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without a category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection activities (by type) without presenting requirements for work experience or general secondary education with work experience in the corresponding profile of the organization for at least three years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 37. Guide</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      194. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize excursions of visitors to a specially protected natural area and its protected zone;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of systematic speeches of specialists in the media, in the development, release and implementation of booklets, photo albums, in the creation of slide, film and video films, reference materials and other information and publishing products, badges, souvenirs, symbols;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation and conduct of lectures, conversations, speeches in organizations on environmental issues, as well as environmental and educational events, in the development of excursion and tourist routes, works with the media, is directly involved in excursion activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      make proposals for the creation and functioning of excursion and tourist routes, observation platforms, information points.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      195.You should know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      196.Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) specialist of the highest qualification level:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher category: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), service sector (tourism), environment (ecology), biological and related sciences (biology, geography), languages   and literature (translation business) and work experience as a guide of the highest qualification level I category at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), service sector (tourism), environment (ecology), biological and related sciences (biology, geography), languages   and literature (translation) and work experience as a tour guide of the highest qualification level II category at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), service sector (tourism), environment (ecology), biological and related sciences (biology, geography), languages   and literature (translation business) and work experience as a guide of the highest qualification without a category of at least 1 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), service sector (tourism), environment (ecology), biological and related sciences (biology, geography), languages   and literature (translation business) without presenting requirements for length of service;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) mid-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the highest category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), ecology and environmental protection activities (by type), translator, tourism and work experience as a guide of average qualification level I category for at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), ecology and environmental protection (by type), translator, tourism and work experience as a guide of average qualification level II category for at least 2 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection activities (by type), translator, tourism and work experience as a guide of an average qualification level without a category of at least 1 year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection activities (by type), translator, tourism without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 38. Custodian of Funds</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      197. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      preservation of museum objects and collections, including their registration, storage and conservation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organization and conduct of inventory of funds, maintenance of relevant documentation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participation in the preparation and design of exhibitions, expositions and other events related to the presentation of stock materials;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      working with researchers, restorers, and others to ensure that funds shall be maintained and presented appropriately;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensuring compliance with health, safety and fire safety rules and regulations when dealing with funds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      198.You should know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      knowledge of the legislation of the Republic of Kazakhstan in the field of protection and use of objects of cultural heritage, museum business and environmental protection;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      understanding the fundamentals of biology, ecology and fisheries, especially in the context of exhibits and collections related to fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      skills in working with accounting documents, databases and other information systems used in museum practice;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ability to inventory, identify and classify museum objects;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      knowledge of the methods of conservation and restoration of exhibits, as well as the conditions for their storage;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      199. qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher (or postgraduate) education in the relevant field of personnel training: biological sciences, ecology, nature management, museum business or related fields and work experience of at least 3 years in the field of museum business, nature conservation or related fields.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 39. Specialist in Recreation and Tourism</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      200. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out current and prospective planning of work on the organization and development of regulated tourism and recreation, as well as the provision of paid services in the implementation of tourist and recreational activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the provision of materials on recreation and tourism when developing a master plan for the development of the infrastructure of the environmental organization, ensure its implementation in terms of tourist and recreational activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the implementation of current and prospective planning of work on the organization and development of regulated tourism and recreation, as well as the provision of paid services in the implementation of tourist and recreational activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of tender documentation for obtaining land plots for short-term and long-term use in order to carry out tourist and recreational activities on them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the provision of all types of reporting and information on tourist and recreational activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize excursions in a specially protected natural area, prepare brochures, booklets and other information materials on the work of the organization, as well as popularizing the lifestyle of fish and other aquatic animals, interact with scientists, tourist and educational institutions and the public;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct lectures, conversations, slide shows and popular science videos about nature among the local population and visitors, develop excursion texts on scientific, educational, tourist and excursion routes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      directly engaged in excursion activities, participate in the development of tourist routes in specially protected natural areas and adjacent territories;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      cover issues and events related to local nature and specially protected natural area in local media, regularly prepare press releases for local journalists;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      make proposals for the creation and functioning of excursion and tourist routes, observation platforms, information points, interacts with public environmental organizations, participates in the preparation of systematic speeches of specialists in the media, in the development, release and implementation of booklets, photo albums, in the creation of slide, film and video films, reference materials and other information and publishing products, badges, souvenirs, symbols;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      be responsible for carrying out tourism work, developing excursion texts, disseminating information on the operation of tourist routes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      201.You should know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate laws of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      202. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) specialist of the highest qualification level:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher category: higher (or postgraduate) education in the corresponding direction of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), environment (ecology, geography), biological and related sciences (biology), service sector (tourism) and work experience in the position of a specialist of the highest qualification of category I for at least 3 years or work experience in a specialty for at least 5 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), environment (geography), service sector (tourism) and work experience as a specialist of the highest level of qualification II category for at least 2 years or work experience in a specialty for at least 4 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: higher (or postgraduate) education in the relevant field of personnel training: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), environment (geography), service sector (tourism) and work experience as a specialist of the highest level of qualification without a category of at least 1 year or work experience in a specialty of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: higher (or postgraduate) education in the relevant field of training fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), environment (geography), services (tourism) without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) mid-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the highest category: technical and professional, post-secondary (secondary specialized, secondary vocational) education in one of the following specialties: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection activities (by type), law (jurisprudence), tourism and work experience in the position of a medium-level specialist of category I for at least 3 years or work experience in a specialty for at least 5 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: technical and vocational, post-secondary (secondary specialized, secondary vocational) education in one of the following specialties: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection activities (by type), law (jurisprudence), tourism and work experience in the position of a medium-level specialist of category II for at least 2 years or work experience in a specialty for at least 4 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: technical and vocational, post-secondary (secondary specialized, secondary vocational) education in one of the following specialties: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection activities (by type), law (jurisprudence), tourism and work experience as a specialist of intermediate qualification without a category of at least 1 year or work experience in a specialty of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education in the following specialties: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection (by type), law (jurisprudence), tourism without presenting requirements for length of service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 40. Environmental Education Specialist</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      203. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out work on environmental education of the population;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      submit all types of reports and information on environmental education of the environmental organization, analyze the implementation of measures, make proposals aimed at improving them;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      prepare brochures, booklets and other information materials on the work of the organization, as well as promoting the lifestyle of fish and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      interact with scientific and public organizations, with employees of other specially protected natural areas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      take part in the development of a plan of methodological works on children's environmental education and directly implements it;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct lectures, talks, slide shows and popular science videos about nature among the local population and tourists;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide a visit center, a museum of nature with new periodic materials in the field of promoting the ideas of biodiversity conservation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      media coverage of issues and events related to local nature and specially protected natural areas, regular press releases for journalists;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      perform work related to the creation and functioning of a visit center, museum-nature of permanent and traveling exhibitions and expositions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      make proposals for the creation and functioning of excursion and tourist routes, observation platforms, information points;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participate in the preparation of speeches by specialists of a specially protected natural area in the media, in the development, release and implementation of booklets, photo albums, in the creation of slide, film and video films, reference materials and other information and publishing products, badges, souvenirs, symbols.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      204. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Constitution of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law Veterinary";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On state regulation of the development of the agro-industrial complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law Anti-Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subordinate regulatory legal acts of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      procedure of internal labor regulations, occupational safety and health.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      205. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) specialist of the highest qualification level:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher category: higher (or postgraduate) education in the corresponding direction of personnel training: service sector (tourism), fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), biological and related sciences (biology), environment (ecology, geography) and work experience in the position of a specialist of the highest qualification of category I for at least 3 years or work experience in a specialty for at least 5 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: higher (or postgraduate) education in the corresponding direction of personnel training: service sector (tourism), fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), biological and related sciences (biology), environment (ecology, geography) and work experience in the position of a specialist of the highest qualification of category II for at least 2 years or work experience in a specialty for at least 4 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: higher (or postgraduate) education in the corresponding direction of personnel training: service sector (tourism), fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), biological and related sciences (biology), environment (ecology, geography) and work experience as a specialist of the highest level of qualification without a category of at least 1 year or work experience in a specialty of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: higher (or postgraduate) education in the relevant field of personnel training: service sector (tourism), fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), law (jurisprudence), biological and related sciences (biology), environment (ecology, geography) without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) specialist of the highest qualification level: technical and professional, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection (by type), tourism and work experience as a specialist of the average qualification level of category I for at least 3 years or work experience in a specialty for at least 5 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category I: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), ecology and environmental protection (by type), tourism and work experience as a specialist of secondary qualification category II at least 2 years or work experience in a specialty at least 4 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      category II: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic bioresources), ecology and environmental protection (by type), tourism and work experience as a specialist of intermediate qualification without a category of at least 1 year or work experience in a specialty of at least 3 years;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      without category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: fisheries (technology of fish products, industrial fishing, ichthyology, aquaculture and aquatic biological resources), ecology and environmental protection activities (by type), tourism without presenting requirements for work experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 41. Senior Assistant of the Captain </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      206. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the technical operation and maintenance of its management in accordance with the rules of technical operation, instructions of manufacturers and other regulatory and technical documents issued by the authorized body in the field of inland waterway transport and the shipowner;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize and carry out ship work on deck and machine parts, ship auxiliary mechanisms and devices;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up schedules for ship work and distribute the duties of crew members for their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintain and store register and other technical documentation for its management, maintenance and repair of engines, auxiliary mechanisms, equipment, systems and devices;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records and consumption of food and materials, reports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      approve the crew food menu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure that crew members undergo medical examinations, place them on board and order in the galley, in the engine room, living quarters and office premises;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out the shift (direct control of the vessel) established by the Charter of service on ships or by the employer (shipowner) with the filling of the watch (machine) journal;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the observance of labor discipline by crew members on duty together, compliance with the requirements of regulatory legal acts (documents) on safety and health, fire safety, electrical safety, safe operation of ship systems, equipment and devices;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide training and testing of knowledge of the ship's team on labor protection, fire safety, electrical safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      check the implementation of actions on alarms "man overboard," "boat," "ship-wide";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct testing of ship power plants, systems, equipment and devices during sea and mooring tests of the vessel after winter (overhaul) repair or long-term sludge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      arrange for the supply of fuel and fuel and lubricants, machinery and spare parts to the vessel;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      when putting the vessel for repair (sludge), specify the scope of repair for the machine part; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the requirements of regulatory legal acts (documents) on safety and health, fire safety, electrical safety and ecology by the crew members of the watch service;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      during the sailing period and ensure proper fastening of deck devices and cargoes, organize and monitor the water resistance of the hull, supervise the preparation of the vessel for sailing in icing conditions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      comply with labor and production discipline, internal labor regulations, safety and health requirements, industrial sanitation and fire safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      207.You should know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Labour Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Inland Water Transport";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Charter "On service on ships";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for navigation on inland waterways;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for the technical operation of inland waterway vessels;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for issuing and maintaining ship documents for vessels navigating on inland waterways;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Minimum crew requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      operating principles, design, purpose, rules for arrangement of signs of navigation situation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      general lot of waterways, special lot of the developed section;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      structural, technical and operational data of the vessel, ship power and propulsion systems, auxiliary equipment, systems and devices, radio navigation and electrical support equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      principle of operation and design of internal combustion engine;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sound and light alarm;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      basic information about electrical engineering and optics;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      internal labor regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      occupational safety and health, industrial sanitation and fire safety requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      basic maintenance of technical documentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      208. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Highly qualified specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher professional (technical) education, diploma of the first assistant captain of 1, 2, 3, 4 groups of ships and sailing experience in command positions for at least 12 months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Intermediate specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      technical and professional (secondary specialized, secondary vocational) education, diploma of the first assistant captain of 1, 2, 3, 4 groups of ships and sailing experience in command positions for at least 12 months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 42. First mate (chief navigator) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      209. Job responsibilities:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the technical operation and maintenance of its management in accordance with the rules of technical operation, instructions of manufacturers and other regulatory and technical documents issued by the authorized body in the field of inland waterway transport and the shipowner;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organize and carry out ship work on deck and machine parts, ship auxiliary mechanisms and devices;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draw up schedules for ship work and distribute the duties of crew members for their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintain and store register and other technical documentation for its management, maintenance and repair of engines, auxiliary mechanisms, equipment, systems and devices;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keep records and consumption of food and materials, reports;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      approve the crew food menu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure that crew members undergo medical examinations, place them on board and order in the galley, in the engine room, living quarters and office premises;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      carry out the shift (direct control of the vessel) established by the Charter of service on ships or by the employer (shipowner) with the filling of the watch (machine) journal;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure the observance of labor discipline by crew members on duty together, compliance with the requirements of regulatory legal acts (documents) on safety and health, fire safety, electrical safety, safe operation of ship systems, equipment and devices;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      provide training and testing of knowledge of the ship's team on labor protection, fire safety, electrical safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      check the implementation of actions on alarms "man overboard," "boat," "ship-wide";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conduct testing of ship power plants, systems, equipment and devices during sea and mooring tests of the vessel after winter (overhaul) repair or long-term sludge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      arrange for the supply of fuel and fuel and lubricants, machinery and spare parts to the vessel;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      when putting the vessel for repair (sludge), specifies the scope of repair for the machine part;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensure compliance with the requirements of regulatory legal acts (documents) on safety and health, fire safety, electrical safety and ecology by the crew members of the watch service;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      during the sailing period and ensure proper fastening of deck devices and cargoes, organize and monitor the water resistance of the hull, supervise the preparation of the vessel for sailing in icing conditions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      comply with labor and production discipline, internal labor regulations, safety and health requirements, industrial sanitation and fire safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      210. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Labor Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Inland Water Transport";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Charter "On service on ships";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for navigation on inland waterways;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for the technical operation of inland waterway vessels;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for issuing and maintaining ship documents for vessels navigating on inland waterways;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Minimum crew requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      operating principles, design, purpose, rules for arrangement of signs of navigation situation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      general lot of waterways, special lot of the developed section;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      structural, technical and operational data of the vessel, ship power and propulsion systems, auxiliary equipment, systems and devices, radio navigation and electrical support equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      principle of operation and design of internal combustion engine;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sound and light alarm;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      basic information about electrical engineering and optics;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      internal labor regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      occupational safety and health, industrial sanitation and fire safety requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      basic maintenance of technical documentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      211.Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Highly qualified specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      higher professional (technical) education, diploma of the first assistant captain of 1, 2, 3, 4 groups of ships and sailing experience in command positions for at least 12 months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Intermediate specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      technical and professional (secondary specialized, secondary vocational) education, diploma of the first assistant captain of 1, 2, 3, 4 groups of ships and sailing experience in command positions for at least 12 months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Section 43. Second mate (second navigator)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2016" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      212. Job description:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2017" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensures the preparation of cargo spaces and, together with the First Assistant Engineer, verifies the readiness of cargo handling gear for receiving cargo, and the correct use of lifting devices;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z2018" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      monitors compliance with safety and occupational health rules by crew members during cargo operations on board;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z2019" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ensures compliance with sanitary rules and fire safety regulations during loading, stowage, transport, and unloading of cargo; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z2020" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      monitors the correct opening and closing of cargo spaces, preventing anyone from remaining inside upon closing; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z2021" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      is present during the sealing of cargo spaces and verifies the integrity of seals; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z2022" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      monitors the condition of cargo and maintains the temperature and ventilation regimes in cargo spaces during loading, transport, and unloading; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z2023" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ensures the technical operation and maintenance of deck machinery assigned to him/her by the schedule of responsibilities, in accordance with technical operation rules, manufacturer's instructions, and other regulatory and technical documents issued by the shipowner; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z2024" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      eliminates, either personally or with the help of specialists assigned to him, malfunctions in the ship's equipment under his responsibility; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z2025" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      supervises subordinate specialists, ensures their compliance with safety, occupational health, and fire safety rules and instructions; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z2026" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      prepares calendar schedules for maintenance and repair lists, ensures completeness and quality of maintenance and repair of vessel equipment under his/her responsibility performed by shore-based and onboard specialists; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z2027" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      maintains established technical documentation for his/her area of responsibility; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z2028" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ensures the installation and operation of working and control transits of the opening; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z2029" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      maintains a travel logbook in a free form, cargo book, and other documentation related to cargo transport; compiles and submits the cargo report to the captain for signature; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z2030" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      formalizes, in accordance with established procedure, cases of shortage, loss, or damage to cargo; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z2031" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      reports to the chief mate on the readiness of his/her area of responsibility for the voyage; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z2032" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      complies with labor and industrial discipline, internal labor regulations, and requirements for safety and occupational health, industrial hygiene, and fire safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z2033" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      213. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z2034" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Labor Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z2035" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Inland Water Transport";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z2036" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Service Regulations on vessels;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z2037" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for navigation on inland waterways;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for the technical operation of inland waterway vessels;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for issuing and maintaining ship documents for vessels navigating inland waterways;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Principles of operation, structure, purpose, and rules for placing navigation signs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      General pilotage of waterways, special pilotage of the section under development; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Principles of operation and structure of internal combustion engines; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Sound and light signaling; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Basic knowledge of electrical engineering and optics;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Internal labor regulations; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Requirements for occupational health and safety, industrial hygiene, and fire safety; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2047" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Fundamentals of maintaining technical documentation. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z2048" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      214. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z2049" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Higher-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z2050" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Higher professional (technical) education, Second Mate's diploma for Groups 1, 2, 3, and 4 vessels with no seagoing experience requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Mid-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Technical and professional (secondary specialized, secondary vocational) education, Second Mate's diploma for Groups 1, 2, 3, and 4 vessels with no seagoing experience requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2053" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Section 44. Third mate (third navigator)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z2054" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      215. Job description: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z2055" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensures the technical operation and maintenance of devices, instruments, and accessories under their responsibility in accordance with technical operating rules, manufacturer's instructions, and other regulatory and technical documentation;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      maintains and stores technical documentation relating to devices, instruments, and accessories under their responsibility;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      orders, receives, keeps records of, and stores the devices, instruments, and accessories under their responsibility, technical literature, charts and navigation aids, proofreading materials, and promptly proofreads charts and aids; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keeps a chronometer log, determines (calculates) the chronometer correction on a daily basis and checks the readings of the ship's clocks;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      conducts classes and training with the deck crew on signaling with visual communication devices, the arrangement and use of devices and instruments under his/her responsibility;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      registers the arrival and departure of the vessel; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2061" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      receives and certifies ship, engine, and other logs in accordance with established procedures, and maintains a register of them;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      receives log forms and other forms, office supplies, orders, instructions, etc.; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensures preparation for the voyage under his/her responsibility and reports on its readiness at the appointed time to the first mate;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      complies with labor and production discipline, internal labor regulations, occupational health and safety requirements, industrial hygiene, and fire safety requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2065" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      216. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z2066" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Labor Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Inland Water Transport";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Service Regulations on vessels;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2069" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for navigation on inland waterways;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for the technical operation of inland waterway vessels;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for issuing and maintaining ship documents for vessels navigating inland waterways;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Principles of operation, structure, purpose, and rules for placing navigation signs; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2072" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      general waterway pilotage, special pilotage for the section under development;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the principle of operation and structure of an internal combustion engine;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      audible and visual alarms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      basic knowledge of electrical engineering and optics;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      internal work regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      requirements for occupational health and safety, industrial hygiene, and fire safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      the basics of maintaining technical documentation. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2079" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      217. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z2080" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Higher-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      higher professional (technical) education, diploma for command positions on any type of vessel without requirements for sailing experience. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Mid-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      technical and professional (secondary specialized, secondary vocational) education, diploma for command positions on any type of vessel, with no requirements for sailing experience. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2084" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Section 45. Marine engineer</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z2085" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      218. Job description:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z2086" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ensures the technical operation and maintenance of assigned ship equipment in accordance with technical operating rules, manufacturer's instructions, and other regulatory and technical documents, as well as the maintenance of deck mechanisms, devices, and hull structures; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensures the reliable organization of watchkeeping, performance of work, and observance of labor discipline by subordinate crew members;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ensures that subordinate crew members study the rules, regulations, instructions, manuals, and other documents on the technical operation of ship equipment; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensures the planning and conduct of technical training in the field of responsibility;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      draws up schedules for the maintenance of ship equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      manages maintenance and supervises its implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ensures the fulfillment of regulatory technical and economic indicators for the engine room; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2093" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ensures the timely elimination of malfunctions in ship equipment and the organization of its repair by the crew without taking the ship out of service, and in the event of malfunctions that cannot be eliminated by the crew, reports this to the captain for action in accordance with established procedures; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      implements advanced methods of technical operation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ensures the timely presentation of ship equipment for inspection by the shipping register and other technical supervision authorities, with the captain's knowledge; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      timely prepares repair reports, ensures the quality and completeness of repair and maintenance work on assigned ship equipment performed by shore and ship specialists; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ensures compliance with fire safety, safety, and labor protection rules in engine rooms and in the premises under his/her supervision, constant readiness of fire and bilge pumps, systems, and devices; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ensures the preparation of requests, supply, receipt, accounting, and storage of spare parts, equipment, materials, fuel, and lubricants under his/her supervision; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2099" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      keeps and stores ship technical documentation, records, and reports under his supervision;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      under the captain's instructions, manages the power plant when sailing in difficult conditions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      carries out all the captain's orders related to the power plant's operating mode; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      independently deactivates individual elements of ship equipment if this does not threaten the safety of the ship and does not interfere with its normal operation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensures that measures and precautions are taken to prevent ship equipment from freezing;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ensures that his department is prepared for the voyage and reports to the captain on its readiness at the appointed time; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      together with the command staff, periodically conducts ship alarms and trains the crew in actions in extreme situations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      complies with labor and production discipline, internal labor regulations, safety and labor protection requirements, industrial hygiene, and fire safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2107" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      219. Must know: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z2108" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Labor Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Inland Water Transport";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Service Regulations on vessels;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for navigation on inland waterways;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for the technical operation of inland waterway vessels;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rules for issuing and maintaining ship documents for vessels navigating inland waterways;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2114" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Requirements for the minimum composition of ship crews;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      principles of operation, structure, purpose, rules for placing navigation signs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      general pilotage of waterways, special pilotage of the section under development; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      design, technical, and operational data of the vessel, ship power and propulsion systems, auxiliary equipment, systems and devices, radio navigation and electrical power supply equipment; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      the principle of operation and design of an internal combustion engine;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      audible and visual signaling;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      basic knowledge of electrical engineering and optics;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      internal work regulations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      requirements for occupational health and safety, industrial hygiene, and fire safety;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      basics of technical documentation management. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2124" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      220. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z2125" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Higher-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z2126" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Higher professional (technical) education and a diploma as an engineer on ships of groups 1, 2, 3, or 4, and at least 12 months of experience in command positions.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Mid-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Technical and professional (secondary specialized, secondary vocational) education and a diploma as an engineer on ships of groups 1, 2, 3, or 4, and at least 12 months of experience in command positions.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2129" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Section 46. Technician for catching sturgeon species</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z2130" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      221. Job description:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z2131" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      performs duties under the general supervision of the chief fish farmer;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      promotes creative initiative, rationalization, invention, and the use of best practices to ensure the effective operation of fishing gear;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      organizes work to prepare for operation and maintain fishing gear and fishing mechanisms in good working order;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensures the necessary level of labor productivity, rational use of resources, and technical preparation of fishing mechanisms and gear for reproduction purposes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participates in the development of plans for the procurement of producers and their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      participates in the preparation of annual reports on the procurement of producers and their implementation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensures the procurement of producers in the fishing area and organizes work to prevent fish theft during work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ensures the cleanliness of the coastal strip of the fishing area, as well as the adjacent territory.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2139" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      222. Must know:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z2140" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The Constitution of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...20964 lines deleted...]
-      specialist in melioration, reclamation and land protection without category: higher education (and/or Bachelor, Master, PhD, Doctor of specialty) in the specialty (melioration, reclamation and land protection) without presenting requirements for work experience.</w:t>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Languages in the Republic of Kazakhstan";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Veterinary Medicine";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On the Protection, Reproduction, and Use of Wildlife";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On State Regulation of the Development of the Agro-Industrial Complex";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Specially Protected Natural Areas";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Combating Corruption";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Science";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Law "On Aquaculture";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Subordinate regulatory legal acts of the Republic of Kazakhstan in the field of fisheries and aquaculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Internal work regulations, occupational safety and health;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Industrial sanitation and fire safety regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2152" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      223. Qualification requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z2153" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Higher-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z2154" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Highest category: higher (or postgraduate) education in the relevant field of training: fisheries (fisheries and industrial fishing), manufacturing and processing industries (food technology (by area of application) and at least 5 years of work experience in the specialty;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Category I: higher (or postgraduate) education in the relevant field of training: fisheries (fisheries and industrial fishing), manufacturing and processing industries (food technology (by area of application) and at least 4 years of work experience in the specialty;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Category II: higher (or postgraduate) education in the relevant field of training: fisheries (fisheries and industrial fishing), manufacturing and processing industries (food technology (by area of application) and at least 3 years of work experience in the specialty;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      No category: higher (or postgraduate) education in the relevant field of training: fisheries (fisheries and industrial fishing), manufacturing and processing industries (food technology (by area of application) without work experience requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2158" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Mid-level specialist:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z2159" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Highest category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: industrial fishing, ichthyology and fish farming, fish product technology, fisheries, and at least 5 years of work experience in the field;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Category I: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: industrial fishing, ichthyology and fish farming, fish product technology, fisheries, and at least 4 years of work experience in the specialty;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Category II: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: industrial fishing, ichthyology and fish farming, fish product technology, fisheries, and at least 3 years of work experience in the specialty;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      No category: technical and vocational, post-secondary (secondary specialized, secondary vocational) education: industrial fishing, ichthyology and fish farming, fish product technology, fisheries, and no work experience requirements.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -22658,31 +39718,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>