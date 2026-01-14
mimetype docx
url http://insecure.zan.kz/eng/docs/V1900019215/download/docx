--- v0 (2025-11-28)
+++ v1 (2026-01-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4ab31aa" w14:textId="4ab31aa">
+    <w:p w14:paraId="ac034df" w14:textId="ac034df">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,145 +132,135 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Chairman of the Committee on Statistics of the Ministry of National Economy of the Republic of Kazakhstan dated August 7, 2019 No. 4. Registered with the Ministry of Justice of the Republic of Kazakhstan on August 8, 2019 No. 19215.</w:t>
+        <w:t>Order of the Chairman of the Committee on Statistics of the Ministry of National Economy of the Republic of Kazakhstan dated August 7, 2019 № 4. Registered with the Ministry of Justice of the Republic of Kazakhstan on August 8, 2019 № 19215.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...27 lines deleted...]
-      In accordance with subparagraph 5) of Article 12 of the Law of the Republic of Kazakhstan “On State Statistics” and subparagraph 22) of paragraph 17 of the Regulations on the Agency for strategic planning and reforms of the Republic of Kazakhstan, approved by the Decree of the President of the Republic of Kazakhstan dated October 5, 2020 No. 427, </w:t>
+      In accordance with subparagraph 5) of Article 12 of the Law of the Republic of Kazakhstan “On State Statistics”, subparagraph 34) of paragraph 15 of the Regulations on the Agency for strategic planning and reforms of the Republic of Kazakhstan, approved by the Decree of the President of the Republic of Kazakhstan dated October 5, 2020 № 427 and subparagraph 20) of paragraph 15 of the Regulations on the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated October 23, 2020 №9-нқ, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I HEREBY ORDER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The preamble is in the wording of the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 No. 47 (shall be enforced upon expiry of  ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The preamble is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -348,51 +338,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) placement of this order on the Internet resource of the Committee on Statistics of the Ministry of National Economy of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Control over the execution of this order shall be assigned to the Deputy Chairman of the Committee on Statistics of the Ministry of National Economy of the Republic of Kazakhstan (G.M.Kerimkhanova).</w:t>
+      3. Control over the execution of this order shall be assigned to the Deputy Chairman of the Committee on Statistics of the Ministry of National Economy of the Republic of Kazakhstan (G.M. Kerimkhanova).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. This order shall enter into force upon expiry of ten calendar days after the day of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -745,152 +735,194 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">dated August 7, 2019 No. 4 </w:t>
+              <w:t xml:space="preserve">dated August 7, 2019 № 4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The text in the upper right corner is in the wording of the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 No. 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      Footnote. The text in the upper right corner is in the wording of the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 № 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Methodology for assessing the non-observed economy Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The Methodology for assessing the non-observed economy (hereinafter-the Methodology) refers to a statistical methodology formed in accordance with international standards and approved in accordance with the Law of the Republic of Kazakhstan dated March 19, 2010 "On State Statistics" (hereinafter - the Law).</w:t>
+      1. The Methodology for assessing the non-observed economy (hereinafter - the Methodology) refers to a statistical methodology formed in accordance with international standards and approved in accordance with the Law of the Republic of Kazakhstan "On State Statistics" (hereinafter - the Law).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 1 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. This Methodology shall be applied by the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan (hereinafter - the Bureau) when assessing the non-observed economy in accordance with international standards and for the purposes of the System of National Accounts (hereinafter - the SNA). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 2 is in the wording of the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 No. 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 2 is in the wording of the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 № 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1158,51 +1190,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 5 is in the wording of the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 No. 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 5 is in the wording of the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 № 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1796,97 +1828,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Calculations by the types of non-observed economy N1, N3, N6 and N7 (subtype N7a) are given in paragraphs 1, 2, 3 and 4 of Chapter 3 of this Methodology.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The calculation by type of non-observed economy N2 is given in the Methodology for assessing the volumes of illegal activities, approved by the order of the Chairman of the Committee on Statistics of the Ministry of National Economy of the Republic of Kazakhstan dated September 8, 2017 No. 125, registered in the Register of state registration of regulatory legal acts No. 15848.</w:t>
+      The calculation by type of non-observed economy N2 is given in the Methodology for assessing the volumes of illegal activities, approved by the order of the Chairman of the Committee on Statistics of the Ministry of National Economy of the Republic of Kazakhstan dated September 8, 2017 № 125, registered in the Register of state registration of regulatory legal acts № 15848.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Calculations based on the type of non-observed economy N4 and N5 shall not be applied by the Bureau, since the statistical business register and processes for collecting and processing data are automated and updated in a timely manner. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Footnote. Paragraph 13 as amended by the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 No. 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication). </w:t>
+        <w:t xml:space="preserve">      Footnote. Paragraph 13 as amended by the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 № 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1926,97 +1958,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The sources of information for the calculation are:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) GVA (ВДС) by types of economic activity, calculated on the basis of national statistical observations and data from administrative sources;</w:t>
-[...17 lines deleted...]
-      2) data from the Questionnaire for a sample survey of population employment (hereinafter - the Questionnaire), approved by the order of the Chairman of the Committee on Statistics of the Ministry of National Economy of the Republic of Kazakhstan dated September 7, 2020 No. 34 (registered in the Register of state registration of regulatory legal acts dated September 8, 2020 No. 21183).</w:t>
+      1) GVA of small enterprises by type of economic activity, calculated on the basis of output of small enterprises;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) data from the Questionnaire for a sample survey of population employment (hereinafter - the Questionnaire), approved by the order of the Chairman of the Committee on Statistics of the Ministry of National Economy of the Republic of Kazakhstan dated September 7, 2020 № 34 (registered in the Register of state registration of regulatory legal acts dated September 8, 2020 № 21183).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 14 as amended by the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 No. 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 14 as amended by the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 № 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2888,89 +2920,109 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       k</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">отр.о.н. </w:t>
+        <w:t>отр.о.н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>- the coefficient of time worked for a full working week for the employed population in their main job, working at unregistered enterprises;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">отр.о.н. </w:t>
+        <w:t>отр.о.н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">– worked out per week on average per one employed in the main job, working at an unregistered enterprise (hours). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -3322,89 +3374,109 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       k</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">отр.д.н. </w:t>
+        <w:t>отр.д.н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>- the coefficient of time worked for a full working week for the employed population in additional work, working at unregistered enterprises;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">отр.д.н. </w:t>
+        <w:t>отр.д.н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">– worked out per week on average per one employed in an additional job working at an unregistered enterprise (hours). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -4550,51 +4622,69 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - intermediate consumption in the production of goods and the provision of services by unregistered enterprises.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Paragraph 2. Calculation by type N3 - the volume of output of enterprises in the informal sector</w:t>
+        <w:t xml:space="preserve"> Section 2. Calculation by type N3– the volume of output of manufacturers who, in accordance with the law, are not required to register</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Section 2 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. The periodicity of type N3 is annual.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4604,1839 +4694,4031 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The sources of information for the calculation shall be the following data on informal sector enterprises (households) provided by the Bureau:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) in agriculture, forestry and fisheries - households that produce agricultural products for sale or exchange, but are not registered, since their production volumes do not reach the level when the enterprise is required to be registered;</w:t>
-[...53 lines deleted...]
-      4) in wholesale and retail trade, repair of cars and motorcycles - the volume of sales of goods and services by households; a trade margin is applied as output for this industry.</w:t>
+      1) In agriculture, forestry, and fisheries - the volume of production by households engaged in the cultivation of annual or biennial crops and perennial crops, as well as the breeding of livestock, which produce agricultural products on personal subsidiary plots for their own consumption, sale, or exchange, but are not registered due to the small volume of production, insufficient for mandatory registration as an enterprise. The sources of information for the calculation shall be sample statistical surveys in the field of agriculture;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) in manufacturing industry – the volume of output produced by households for their own final consumption, sale, or exchange on the market. The source of information for this calculation shall be the data of household survey;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) in construction – the volume of work performed on the construction of summer houses and other outbuildings on summer cottages and garden plots, garages, and other objects by individuals. The source of information for the calculation shall be the data of household survey;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) in wholesale and retail trade, repair of cars and motorcycles – the volume of sales of goods and services by households. The trade margin shall be used as the trade output. For vehicle maintenance and repair, household income from services rendered for technical repair and washing of personal vehicles shall be taken into account. The source of information for the calculation shall be the data of household survey. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The income of individuals importing goods for commercial purposes for subsequent resale shall be estimated based on data from the National Bank of the Republic of Kazakhstan, taking into account the analysis of the frequency of trips of Kazakhstan citizens to border countries (the Russian Federation, the Republic of Uzbekistan, the Kyrgyz Republic and the People's Republic of China) and taking into account the average volume of imported goods per trip;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) In transport, household income from passenger and freight transportation services shall be used. The source of information for the calculation shall be the data of household survey.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 16 as amended by the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 No. 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 16 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Additional calculations are made for individual services:</w:t>
-[...423 lines deleted...]
-      1) the level of tax payment for each taxpayer is calculated:</w:t>
+      17. Adjustments shall be made for individual services:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) for real estate transactions – income from the informal rental of housing (except for conditional residence in one's own home), non-residential premises and parking spaces by individuals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The assessment of income from the rental of apartments and individual residential houses by individuals shall be based on official statistical information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - data from the statistical register of the housing stock;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - statistics on prices in the housing market.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The calculation includes income received from informal (unregistered) rental of housing, i.e., without state registration as a business activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cases where an individual owns more than five apartments are taken into account, assuming that the first two are used by the owner or his relatives, and starting with the third, the apartments are rented out unofficially. Of the total estimated income, 67% is attributed to the unobserved economy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The calculations also assume that about 5% of individual residential buildings in urban areas are rented out without official registration of the relevant activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The source of information for estimating income from the rental of non-residential premises (including commercial premises and parking spaces) by individuals shall be the administrative data and information on average prices for non-residential premises from alternative, publicly available sources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The calculations assume that 10% of commercial premises and 10% of parking spaces owned by individuals are rented informally. Legal (officially registered) rentals shall be excluded from the total rental volume;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) for the provision of other individual services – income from services rendered by households in the sewing and repair of clothing, footwear, and metal products, as well as from activities in hairdressing salons and beauty salons. The source of information for the calculation shall be the data of household survey;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) for the activities of households that hire domestic workers and produce goods and services for their own consumption - income from services provided by households for other individual services (housekeeper, cook, driver, shepherd). The source of information for the calculation shall be the data of household survey;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) in education – additional payments for tutors and other educational services related to this industry. The cost of services provided by tutors shall be calculated using the following formula:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6959600" cy="977900"/>
+            <wp:extent cx="2387600" cy="254000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6959600" cy="977900"/>
+                      <a:ext cx="2387600" cy="254000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      where:</w:t>
-[...71 lines deleted...]
-      2) the industry average level of tax payment is calculated by types of economic activity and size of enterprises (large, medium, small, micro):</w:t>
+      where,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Vr – output, tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rs – number of schoolchildren, people;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Н – total duration of an academic year, in weeks;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т – number of lessons per week, units;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Р – cost of one academic hour with a tutor, tenge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When assessing the output, 10% of the total number of students in grades 6, 9, 11, and 12 shall be used;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) in healthcare – adjustment for medical personnel providing informal medical services. Additional income for medical personnel shall be calculated using the formula:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E = U х Y х D х F (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      where, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E – output, tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      U – number of medical personnel;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Y – amount of services provided per week, units;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D – average cost of medical services, tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      F – number of working weeks per year, units.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When assessing the output 20 % from the number of district nurses;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) in the arts sector – additional payments for services provided by individuals in the arts and entertainment sector (musicians, artists, toastmasters, performers at informal private events). Additional income shall be calculated using the following formula:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E= A х B х C (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E – output tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А – Availability of a network of food and beverage facilities by restaurant category, units;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      B – Number of events per year, units;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      C – Cost of service, tenge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When assessing output, 80% of all restaurants and 20% of all events per year shall be used;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) For influencers (bloggers) – revenue from commercial online advertising on online platforms aimed at an unspecified number of people, for entrepreneurial purposes. The source of information for the corresponding calculations shall be the administrative data from the State Revenue Committee of the Ministry of Finance of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) for foreign citizens working in Kazakhstan - income estimated on the basis of administrative data on the recruitment of foreign labor and labor immigrants in violation of the legislation of the Republic of Kazakhstan, as well as official statistical data on the average monthly nominal wage of one employee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 17 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Intermediate consumption of economic activities of type N3 accounts for about 25-30% of income, as part of the activity is carried out in the informal sector of the economy. GVA is calculated as the difference between output and intermediate consumption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The “N3 – output of manufacturers who are not required to register under the law” estimate allows for the assessment of the production of goods and services by entities operating at a low level of organization with little or no division of labor and capital as factors of production, and on a small scale. Since various types of production activities can be carried out within a household, this estimate cannot characterize the actual situation and should not be used for control measures by tax authorities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 18 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 3. Calculation by type N6 - the output of producers who knowingly provide inaccurate data</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. The frequency of type N6 is annual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The sources of information for the calculation are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the taxpayer's income from sales (hereinafter referred to as income) according to tax reporting forms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) tax revenues for the reporting period;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) data on intermediate consumption by type of economic activity, accepted for national accounts calculations in the reporting period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 19 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. The data specified in subparagraphs 1) and 2) of paragraph 19 of this Methodology shall be provided by the State Revenue Committee of the Ministry of Finance of the Republic of Kazakhstan to the Bureau annually. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 20 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. The shadow economy (shadow turnover) shall be calculated as the difference between the average industry income by entity and district and the taxpayer's income, taking into account the level of tax payments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The following taxpayers are excluded from this calculation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) taxpayers with negative tax revenues;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) taxpayers for whom data by tax authority code, size, and type of activity are missing;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) taxpayers subject to monitoring, according to a list determined by the Ministry of Finance of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Taxpayers who have applied tax incentives in accordance with tax legislation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Taxpayers for whom the ratio of tax revenues to income exceeds 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Taxpayers whose income exceeds the tax rate by five or more times for each type of activity, taking into account the size and region.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 21 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Description of the algorithm and calculation method:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) The tax payment level for each taxpayer shall be calculated:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6985000" cy="990600"/>
+            <wp:extent cx="1041400" cy="546100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6985000" cy="990600"/>
+                      <a:ext cx="1041400" cy="546100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (14)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      where:</w:t>
-[...71 lines deleted...]
-      3) the industry average total annual income is calculated by types of economic activity and size of enterprises (large, medium, small, micro) taken as gross output:</w:t>
+      Where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      УН – level of enterprise tax payment, %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НП – amount of taxes received by the budget, tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Д – Taxpayer income, tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) The industry average tax rate by type of economic activity and enterprise size (large, medium, small) is calculated at the district level using the following formula:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7404100" cy="889000"/>
+            <wp:extent cx="2819400" cy="508000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7404100" cy="889000"/>
+                      <a:ext cx="2819400" cy="508000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (15)</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       where:</w:t>
-      </w:r>
-[...160 lines deleted...]
-      Calculation of the coefficient of non-cash turnover:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7442200" cy="850900"/>
+            <wp:extent cx="609600" cy="317500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7442200" cy="850900"/>
+                      <a:ext cx="609600" cy="317500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  – industry average level of tax payments, tenge;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...220 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6197600" cy="596900"/>
+            <wp:extent cx="1981200" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6197600" cy="596900"/>
+                      <a:ext cx="1981200" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  –Tax payment levels for taxpayers in the relevant economic activity, in tenge;</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      where:</w:t>
+      n is the number of taxpayers in the relevant economic activity, in units;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) The average industry income by economic activity and enterprise size (large, medium, small), taken as gross output, is calculated at the district level using the following formula:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="927100" cy="495300"/>
+            <wp:extent cx="2171700" cy="533400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="927100" cy="495300"/>
+                      <a:ext cx="2171700" cy="533400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– gross output for the corresponding type of activity (i), hidden for statistical reasons (million tenge);</w:t>
+        <w:t xml:space="preserve"> (16)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="571500" cy="482600"/>
+            <wp:extent cx="444500" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="571500" cy="482600"/>
+                      <a:ext cx="444500" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - the average value of the gross output attributable to one enterprise of the corresponding type of activity (i) and dimension (j) (million tenge);</w:t>
+        <w:t xml:space="preserve">  – average industry income of taxpayers, tenge;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="431800" cy="482600"/>
+            <wp:extent cx="1460500" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="431800" cy="482600"/>
+                      <a:ext cx="1460500" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – the number of enterprises of the corresponding type of activity (i) and dimension (j) that did not submit reports.</w:t>
+        <w:t xml:space="preserve">  – income of taxpayers engaged in the relevant type of economic activity, tenge;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      n – number of taxpayers engaged in the relevant type of economic activity by size of enterprise, units.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Enterprises with a tax payment level below the industry average and with income below the industry average are subject to adjustment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The adjustment, which is defined as output, is calculated as the difference between the average industry income and the taxpayer's income.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Adjustments of type N6 are not made for the following industries:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - mining;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - electricity, gas, water supply, sewerage, waste management;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - financial activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - public administration and defense;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - education;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - healthcare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 22 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Intermediate consumption corresponds to the adopted share of intermediate consumption of the corresponding types of economic activity of national accounts in the reporting period; however, this share may differ due to the fact that part of the activity is carried out in the shadow sector of the economy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 23 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. GVA shall be calculated as the difference between output and intermediate consumption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 24 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. The calculations for the non-observed economy described in this paragraph are made by calculating annual GDP based on reported data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Paragraph 4. Calculation by subtype N7a</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. The periodicity of the subtype is annual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      The source of information for the calculation shall be the gross output of enterprises, formed by the Bureau on types of economic activity. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 26 is in the wording of the order of the Head of the Bureau of national statistics of the Agency for strategic planning and reforms of the Republic of Kazakhstan dated 24.12.2021 № 47 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. N7a refers to producers' output that is incomplete, not collected, or collected directly from primary sources.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Adjustments to the gross output for non-reporting enterprises surveyed using the continuous method shall be made for each type of activity using the following formula:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2921000" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2921000" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (17)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1600200" cy="381000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId23"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1600200" cy="381000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  – gross output of enterprises surveyed using the continuous method for the relevant type of activity and size that did not submit reports, million tenge;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="381000" cy="304800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId24"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="381000" cy="304800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – average value of gross output of enterprises surveyed by the continuous method, per enterprise of the corresponding type of activity and size, million tenge;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="381000" cy="304800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="381000" cy="304800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – number of enterprises that did not submit reports, surveyed using the continuous method for the relevant type of activity and dimension, units.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 28 is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Adjustments for non-reporting enterprises surveyed using the sampling method shall be made for each type of activity according to the following formula:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3149600" cy="431800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId26"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3149600" cy="431800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(18)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1816100" cy="431800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId27"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1816100" cy="431800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – Gross output of enterprises surveyed by the sample method for the relevant type of activity and size that did not submit reports (million tenge);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – average gross output of enterprises surveyed by the sample method per enterprise of the relevant type of activity and size, million tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – number of enterprises surveyed by the sample method for the relevant type of activity and size that did not submit reports, units.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Section 4 is supplemented with paragraph 29 in accordance with the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. To estimate “tips” in the passenger transportation (taxis) and public catering (restaurants and bars) industries, a fixed share of 5% of the gross output of the relevant industries shall be used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Section 4 is supplemented with paragraph 30 in accordance with the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Tips for individual services shall also be calculated in the following areas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) In education, the cost of tips shall be calculated using the formula:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1638300" cy="330200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId28"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1638300" cy="330200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(19)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q – total amount of tips, tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      J – number of teachers, people;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W – number of holidays, units;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I – average cost of tips, tenge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) In healthcare, the cost of tips is calculated using the formula:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1181100" cy="292100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId29"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1181100" cy="292100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(20)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q – total amount of tips, tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      J – number of medical cases (number of births per year and number of surgeries per year), units;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I – average cost of tips, tenge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Section 4 is supplemented with paragraph 31 in accordance with the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 21.08.2025 № 24 (shall be enforced from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -8361,69 +10643,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Calculations for N2 are described in the Methodology for assessing the volume of illegal activities approved by the order of the Chairman of the Committee on Statistics of the Ministry of National Economy of the Republic of Kazakhstan dated September 8, 2017 No. 125, registered in the Register of state registration of regula</w:t>
+Calculations for N2 are described in the Methodology for assessing the volume of illegal activities approved by the order of the Chairman of the Committee on Statistics of the Ministry of National Economy of the Republic of Kazakhstan dated September 8, 2017 № 125, registered in the Register of state registration of regula</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-tory legal acts dated October 5, 2017 No. 15848 </w:t>
+tory legal acts dated October 5, 2017 № 15848 </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
@@ -11577,35 +13859,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>