--- v0 (2025-10-12)
+++ v1 (2025-12-14)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e1255b1" w14:textId="e1255b1">
+    <w:p w14:paraId="4aa6393" w14:textId="4aa6393">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,131 +146,111 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of the acting Minister of Industry and Infrastructural Development of the Republic of Kazakhstan dated July 11, 2019 № 500. Registered in the Ministry of Justice of the Republic of Kazakhstan on July 12, 2019 № 19021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>Unofficial translation</w:t>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      In accordance with subparagraph 11) of Article 11 of the Law of the Republic of Kazakhstan dated April 3, 2019 "On Special Economic and Industrial Zones" and subparagraph 2) of paragraph 3 of Article 16 of the Law of the Republic of Kazakhstan dated March 19, 2010 "On State Statistics" </w:t>
+        <w:t>
+      In accordance with subparagraph 11) of Article 11 of the Law of the Republic of Kazakhstan “On Special Economic and Industrial Zones” and subparagraph 2) of paragraph 3 of Article 16 of the Law of the Republic of Kazakhstan “On State Statistics”,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I HEREBY ORDER</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> I HEREBY ORDER:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The preamble is in the wording of the order of the Minister of Industry and Infrastructural Development of the Republic of Kazakhstan dated 15.05.2020 № 290 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Preamble - as amended by Order № 398 of the Minister of Industry and Construction of the Republic of Kazakhstan dated September 26, 2025 (shall come into effect ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -931,51 +912,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) a special economic zone - a part of the territory of the Republic of Kazakhstan with precisely delineated borders, where a special legal regime of a special economic zone applies for the implementation of priority types of activities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) a management company of a special economic zone - a legal entity, established or determined in accordance with the Laws of the Republic of Kazakhstan Казахстан  "On special economic and industrial zones" and "On innovative cluster "Park of innovative technologies" to ensure the functioning of the special economic zone;</w:t>
+      2) a management company of a special economic zone - a legal entity, established or determined in accordance with the Laws of the Republic of Kazakhstan Казахстан “On special economic and industrial zones" and "On innovative cluster "Park of innovative technologies" to ensure the functioning of the special economic zone;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) a participant in a special economic zone - a legal entity that performs priority types of activities in the territory of a special economic zone and is included in the single register of participants of special economic zones.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -985,51 +966,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Therewith:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      participants of the special economic zone "Park of innovative technologies" shall be allowed to implement priority types of activities  outside the territory of this special economic zone;</w:t>
+      participants of the special economic zone "Park of innovative technologies" shall be allowed to implement priority types of activities outside the territory of this special economic zone;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       participants of a special economic zone, the boundaries of which fully or partially coincide with the sections of the customs border of the Eurasian Economic Union, may be individual entrepreneurs who carry out priority types of activities in the territory of the said special economic zone;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1199,51 +1180,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Reporting in electronic format shall be submitted using a transport system of guaranteed delivery of information with cryptographic protection means, ensuring the confidentiality of the submitted data.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Completeness and reliability of the data in the reporting, as well as identity of the data presented in electronic format with the data on paper, shall be ensured by the head of the management company of special economic and industrial zones, and in his/her absence - by the acting personand shall be based on official data submitted by the participants of special economic and industrial zones based on the results of their activities.</w:t>
+      5. Completeness and reliability of the data in the reporting, as well as identity of the data presented in electronic format with the data on paper, shall be ensured by the head of the management company of special economic and industrial zones, and in his/her absence - by the acting person and shall be based on official data submitted by the participants of special economic and industrial zones based on the results of their activities.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1279,320 +1260,844 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annex </w:t>
-[...51 lines deleted...]
-              <w:t>and industrial zones</w:t>
+              <w:t>Appendix to the Rules</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>for Reporting by the Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>company of Special</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Economic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and Industrial Zones</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Forms for collecting data</w:t>
+        <w:t xml:space="preserve"> Forms designed to collect administrative data</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The appendix is in the wording of the Order of the Minister of Industry and Construction of the Republic of Kazakhstan dated 26.09.2025 № 398 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Submitted to: the Committee for industrial development and industrial safety of the Ministry of Industry and Infrastructural Development of the Republic of Kazakhstan and the Unified coordination center for special economic and industrial zones in the Republic of Kazakhstan. </w:t>
+      Submitted to: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The form of administrative data is posted on the Internet resource: www.comprom.miid.gov.kz.</w:t>
+      the Ministry of Industry and Construction of the Republic of Kazakhstan and the Unified Coordination Center for Special Economic and Industrial Zones in the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The form for collecting administrative data free of charge is available on the Internet resource: www.gov.kz/ memleket/entities/mps.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z24" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Name of the administrative form: Information on projects of the unified industrialization map.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z25" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Index of the form intended for collecting administrative data free of charge (short alphanumeric expression of the form name): </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      IPEKI-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Frequency: annually for special economic zones; quarterly for industrial zones.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z27" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Reporting period: 20 ____.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z28" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      People submitting the form intended to collect administrative data free of charge: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      management companies of the special economic and industrial zone.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Report on the results of activities of special economic and industrial zones</w:t>
+      Deadline for submitting the form intended for collecting administrative data free of charge:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - annually, no later than April 15 of the year following the reporting year for special economic zones;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - quarterly by the tenth day of the month following the reporting quarter for industrial zones.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z32" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Form 1</w:t>
+      IIN/BIN</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5397500" cy="419100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5397500" cy="419100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (shall not be filled in if data is submitted by individuals, or in aggregated form)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Collection method: electronically.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Form 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z36" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> General indicators of special economic and industrial zones (SEZ/IZ)</w:t>
+        <w:t xml:space="preserve">General indicators of special economic and industrial </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>zones (SEZ/IZ)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -1613,237 +2118,237 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Name of  (SEZ/IZ) (years of operation) </w:t>
+              <w:t>
+Name (SEZ/IZ) (years of operation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1№</w:t>
+1#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Main indicators</w:t>
+Key indicators</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-First year*</w:t>
+year one*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Second year</w:t>
+year two</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Third year</w:t>
+year three</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1871,655 +2376,673 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-current year (quarter 1)</w:t>
+year (quarter 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-current year (quarter 2)</w:t>
+year (quarter 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-current year (quarter 3)</w:t>
+year (quarter 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-current year (quarter 4)</w:t>
+year (quarter 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Over the years</w:t>
+for all the years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 11</w:t>
             </w:r>
-          </w:p>
-[...322 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Volume of foreign direct investment (billions of tenge)</w:t>
-[...17 lines deleted...]
-​</w:t>
+The volume of investments actually made by participants in projects (billions of tenge)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2804,87 +3327,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
+22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Volume of production of products and services (billions of tenge)</w:t>
+Volume of foreign direct investment (billions of tenge)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3169,87 +3692,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
+33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Volume of tax deductions (billions of tenge)</w:t>
+Volume of production of goods and services (billions of tenge)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3534,87 +4057,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
+44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Volume of tax preferences received</w:t>
+Volume of tax deductions (billions of tenge)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3899,87 +4422,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66</w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Volume of tax preferences received</w:t>
+The volume of tax benefits received</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4264,87 +4787,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77</w:t>
+66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Product export volume (billions tenge)</w:t>
+The volume of customs preferences received</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4629,87 +5152,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88</w:t>
+77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Permanent jobs (including employees of the management company)</w:t>
+Volume of exported products (billions of tenge)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4948,91 +5471,456 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Permanent jobs (including employees of the management company)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+not filled in</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
@@ -5225,130 +6113,133 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z37" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *from the time of SEZ/IZ establishment (indicate each year)</w:t>
+      *since the establishment of the SEZ/IZ (indicate every year)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Form 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z39" w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Projects of special economic and industrial zones</w:t>
-[...2 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(to be completed separately for existing projects and projects at the stage of implementation)</w:t>
+        <w:t xml:space="preserve">Projects of special economic and industrial zones </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Footnote. Form 2 as amended by the order of the Minister of Indistry and Infrastructural Development of the Republic of Kazakhstan dated 03.05.2023 № 311 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>(filled out separately for existing projects and projects at the implementation stage)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -5481,162 +6372,162 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Project name</w:t>
+Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Output project</w:t>
+Manufactured products</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Branch</w:t>
+Industry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-CCЕA code at the level of 2 digits</w:t>
+GCTEA code at the 2-digit level</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5685,123 +6576,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Name of product</w:t>
+Product name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-HS FEA code at the level of 10 digits</w:t>
+HS code at the 10-digit level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-SCIP code at the level of  9 digits</w:t>
+IPD code at the 9-digit level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6067,111 +6958,121 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z40" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Continuation of the table</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -6230,199 +7131,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Occipied site, hectare</w:t>
+Occupied land area, ha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Date of receipt of the land plot according to the state act</w:t>
+Date of receipt of land plot by state. act</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Period, for which the land plot was issued under the state act</w:t>
+The period of time, the land plot issued for according to the state act</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Project cost, billion tenge</w:t>
+Project cost, billions of tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Volume of actual invested funds, billion tenge</w:t>
+Volume of funds actually invested, billions of tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6484,123 +7385,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-First year</w:t>
+Year one</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Second year</w:t>
+Year two</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Third year</w:t>
+Year three</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6664,51 +7565,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-For all time</w:t>
+All time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7071,332 +7972,332 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z41" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Continuation of the table</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1025"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Foreign participation in the authorized capital of a FEZ participant (if any)</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="2"/>
+Foreign participation in the authorized capital of a SEZ participant (if any)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Project capacity</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Name of the foreign participant company</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+Name of the foreign participating company</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Interest, %</w:t>
+Share, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Volume of actually invested foreign funds, billion tenge</w:t>
+Volume of actual foreign funds invested, billions of tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7428,759 +8329,759 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Year one</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Year two</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Year three</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Current year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...102 lines deleted...]
-In value terms, billion tenge</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+All time</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+In kind</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+In value terms, billions of tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z42" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Continuation of the table</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
@@ -8204,237 +9105,237 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Volume of manufactured products by product range, billion tenge</w:t>
+Volume of manufactured products by product range, billions of tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Volume of product exports by product range, billion tenge</w:t>
+Volume of exported products by product range, billions of tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Export countries</w:t>
+Exported countries</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-First year</w:t>
+Year one</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Second year</w:t>
+Year two</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Third year</w:t>
+Year three</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8498,159 +9399,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-For all time</w:t>
+All time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-First year</w:t>
+Year one</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Second year</w:t>
+Year two</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Third year</w:t>
+Year three</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8714,51 +9615,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-For all time</w:t>
+All time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9225,68 +10126,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z43" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Continuation of the table</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -9345,88 +10248,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Commissioning date</w:t>
+Date of commissioning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Tax deductions, billion tenge</w:t>
+Tax deductions, billions of tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9508,195 +10411,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Month</w:t>
+month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Year </w:t>
+              <w:t>
+year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-First year</w:t>
+Year one</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Second year</w:t>
+Year two</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Third year</w:t>
+Year three</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9760,51 +10663,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-For all time</w:t>
+All time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10231,102 +11134,120 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z44" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Form 3</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z45" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Infrastructure</w:t>
+        <w:t>Infrastructure</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z46" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Financing of the SEZ/IZ infrastructure facilities</w:t>
+      1) Financing of SEZ/IZ infrastructure facilities</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -10386,125 +11307,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Name of  SEZ/IZ (object)</w:t>
+Name of the SEZ/IZ (object)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Total cost of construction of SEZ/IZ infrastructure, billions of tenge according to feasibility study</w:t>
+Total cost of construction of SEZ/IZ infrastructure, billions of tenge according to the feasibility study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Allocated funds, billion tenge</w:t>
+Allocated funds, billions of tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -10540,123 +11461,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-first year*</w:t>
+year one*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-second year</w:t>
+year two</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-third year</w:t>
+year three</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10684,195 +11605,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-current year (quarter 1)</w:t>
+year (quarter 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-current year (quarter 2)</w:t>
+year (quarter 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-current year (quarter 3)</w:t>
+year (quarter 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-current year (quarter 4)</w:t>
+year (quarter 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-over the years</w:t>
+for all the years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11267,68 +12188,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z47" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      continuation of the table</w:t>
+      Continuation of the table</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -11350,169 +12273,168 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Disbursed funds, billion tenge</w:t>
+Disbursed funds, billions of tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Reasons for non-disbursement</w:t>
+Reasons for non-development</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Completencess of infrastructure (%)</w:t>
+Infrastructure completion (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Additional financing requirement, billion tenge</w:t>
+Additional funding needs, billions of tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11614,246 +12536,265 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-subsequent year</w:t>
+the following year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-subsequent year</w:t>
+the following year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-subsequent year</w:t>
+the following year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-subsequent year</w:t>
+the following year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-subsequent year</w:t>
+the following year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-subsequent year</w:t>
-[...14 lines deleted...]
-          <w:p/>
+the following year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12214,68 +13155,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z48" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) General information about the capacities of the SEZ/IZ infrastructure facilities</w:t>
+      2) General information on the capacity of infrastructure facilities of the SEZ/IZ</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -12332,51 +13275,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Measuring units</w:t>
+Unit of measurement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12509,51 +13452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Vacant***</w:t>
+Free***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12587,305 +13530,311 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Water supply, including the following infrastructure facilities:</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...29 lines deleted...]
-cubic meters per hour</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Water supply, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...47 lines deleted...]
-          <w:p/>
+cubic meters per hour</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12978,120 +13927,147 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13185,129 +14161,120 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Sewage system, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...47 lines deleted...]
-          <w:p/>
+cubic meters per hour</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13400,120 +14367,147 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13607,129 +14601,120 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Electricity supply, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...47 lines deleted...]
-          <w:p/>
+Megawatt</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13822,120 +14807,147 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14029,129 +15041,120 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Heat supply, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...47 lines deleted...]
-          <w:p/>
+Gigacalories per hour</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14244,120 +15247,147 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14451,129 +15481,120 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Gas supply, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...47 lines deleted...]
-          <w:p/>
+cubic meters per hour</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14666,120 +15687,147 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14873,129 +15921,120 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Steam supply, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...47 lines deleted...]
-          <w:p/>
+Gigacalories per hour</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15088,120 +16127,147 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15295,129 +16361,120 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Telephone communications, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...47 lines deleted...]
-          <w:p/>
+lines</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15510,120 +16567,147 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15717,129 +16801,120 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Internet, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...47 lines deleted...]
-          <w:p/>
+Megabits per second</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15932,120 +17007,147 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16139,129 +17241,120 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Solid waste disposal, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...47 lines deleted...]
-          <w:p/>
+tons per day</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16354,120 +17447,147 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16561,129 +17681,120 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Disposal of liquid waste, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...47 lines deleted...]
-          <w:p/>
+tons per day</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16776,120 +17887,147 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16983,129 +18121,120 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Access railway line, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...47 lines deleted...]
-          <w:p/>
+kilometers</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -17198,120 +18327,147 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -17405,133 +18561,120 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Highways, including the following infrastructure facilities:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...51 lines deleted...]
-          <w:p/>
+kilometers</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -17654,103 +18797,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Supply automobile road</w:t>
-[...14 lines deleted...]
-          <w:p/>
+Internal highway</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -17873,85 +19036,89 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Access road</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
@@ -18058,300 +19225,517 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-***</w:t>
+**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Capacity of infrastructure facilities available for new SEZ/IZ participants</w:t>
+Power consumed by current participants and administrative facilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-****</w:t>
+***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Capacities planned for creation in the territory of SEZ/IZ (expansion of current facilities, construction of new facilities)</w:t>
+Infrastructure facilities available for new SEZ/IZ participants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Capacities planned for creation on the territory of the SEZ/IZ (expansion of current facilities, construction of new facilities)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z49" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) Cost of utility services</w:t>
+      3) Cost of utilities</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -18437,51 +19821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Measuring unit</w:t>
+Unit of measurement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18505,273 +19889,277 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Water supply</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cubic meter</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Heat supply</w:t>
+Water supply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Gigacalory</w:t>
+cubic meter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18800,123 +20188,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Electric power supply</w:t>
+Heat supply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Kilowatt </w:t>
+              <w:t>
+Gigacalories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18945,123 +20333,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Sewarage</w:t>
+Electricity supply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cubic meters per hour</w:t>
+kilowatt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19090,50 +20478,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Sewerage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+cubic meters per hour</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -19162,106 +20695,108 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cubic meters per hour</w:t>
+cubic meters per hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z50" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) Demand in infrastructure facilities</w:t>
+      4) Need for infrastructure facilities</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -19311,343 +20846,351 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Name of infrastructure facility</w:t>
+Name of the infrastructure facility</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Capacities</w:t>
+Power</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Demand, billion tenge</w:t>
+Need, billions of tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Facilities of basic infrastructure (essential)</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...126 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Basic infrastructure facilities (essential)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-..</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19710,260 +21253,397 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...126 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Additional infrastructure facilities</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-..</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20039,84 +21719,110 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Form 4</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z52" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Land plots</w:t>
+        <w:t xml:space="preserve">Land </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>plots</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z53" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Distribution of territory</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -20241,157 +21947,165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Total territory of special economic and industrial zones</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Useful area</w:t>
+The general territory of the special economic and industrial zones</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20453,51 +22167,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Allocated for projects</w:t>
+Usable area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20559,51 +22273,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Territory of existing projects (total)</w:t>
+Allocated for projects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20665,51 +22379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Territory of projects at the implementation stage (total)</w:t>
+Territory of active projects (total)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20771,51 +22485,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Allocated for infrastructure</w:t>
+Territory of projects under implementation (general)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20877,51 +22591,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Build</w:t>
+Dedicated to infrastructure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20983,51 +22697,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-At the construction stage</w:t>
+Built</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21089,51 +22803,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Vacant useful</w:t>
+Under construction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21195,51 +22909,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Provided with infrastructure</w:t>
+Free useful</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21301,51 +23015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Not useful territory</w:t>
+Provided with infrastructure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21407,51 +23121,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-TOTAL</w:t>
+Unusable territory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21482,90 +23196,191 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+TOTAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...17 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z54" w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Usable area allocated to participants</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3075"/>
               <w:gridCol w:w="3075"/>
               <w:gridCol w:w="3075"/>
               <w:gridCol w:w="3075"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
@@ -21615,51 +23430,51 @@
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-Name of participant</w:t>
+Name of the participant</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
@@ -21698,82 +23513,244 @@
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Notes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+3</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="4"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>
-By participants with existing production</w:t>
+                    <w:t xml:space="preserve">
+By participants with active </w:t>
+                  </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>production</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
@@ -22009,52 +23986,69 @@
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>
-By participants at the implementation stage (construction)</w:t>
+                    <w:t xml:space="preserve">
+By participants at the </w:t>
+                  </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>implementation (construction) stage</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
@@ -22364,123 +24358,101 @@
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...15 lines deleted...]
-            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z55" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Distribution of other territory</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...5 lines deleted...]
-          </w:p>
+          <w:bookmarkEnd w:id="26"/>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3075"/>
               <w:gridCol w:w="3075"/>
               <w:gridCol w:w="3075"/>
               <w:gridCol w:w="3075"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
@@ -22529,166 +24501,345 @@
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>
-Name of infrastructure facility</w:t>
+                    <w:t xml:space="preserve">
+Name of </w:t>
+                  </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>the infrastructure facility</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">
+Occupied </w:t>
+                  </w:r>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>area (hectare)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-Area occupied (hectare)</w:t>
+Note</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr>
+              <w:trPr>
+                <w:trHeight w:val="30" w:hRule="atLeast"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-Notes</w:t>
+2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3075" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+                    <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p>
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b w:val="false"/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>
+3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                   <w:gridSpan w:val="4"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-By facilities at the operational stage</w:t>
+For objects at the operational stage</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
@@ -22956,51 +25107,51 @@
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
-By facilities at the construction stage</w:t>
+For objects under construction</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3075" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
@@ -23235,278 +25386,262 @@
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...15 lines deleted...]
-            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z56" w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Executor: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      *Performed by:</w:t>
+        <w:t>__________________________________________________________ ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (signature) last name, first name and patronymic (if any) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________ ___________</w:t>
+      Head of the management company or the person performing his/her duties: _____________________________________________________ ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (signature) last name, first name and patronymic (if any) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (signature) surname, name, patronymic (if any)</w:t>
-[...89 lines deleted...]
-      *completed after each form</w:t>
+      Place of seal (if any) *to be filled in after each form</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Form 5</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Footnote. The annex was added with Form 5 in accordance with the order of the Minister of Industry and Infrastructural Development of the Republic of Kazakhstan dated 03.05.2023 № 311 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Share</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>domestic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>value</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -23559,51 +25694,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Name of SEZ</w:t>
+SEZ name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23631,159 +25766,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Identification number (BIN / IIN)</w:t>
+Identification number (BIN/IIN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Acquisition code (0 - goods, 1 - work, 2 - servant)</w:t>
+Purchase code (0 - product, 1 - work, 2 - service)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Name and brief (additional) description of purchased GWS</w:t>
+Name and brief (additional) description of the acquired GWS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ССEA code at the level of 4 digits or HS FEA code at the level of 6 digits</w:t>
+GCTEA code at the 4-digit level or CN FEA code at the 6-digit level</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24114,51 +26249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Volume of purchased goods in volume terms</w:t>
+Volume of purchased goods in physical terms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24186,87 +26321,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-BIN/IIN of the manufacturer of the goods to which the “ST-KZ” certificate was issued</w:t>
+BIN/IIN of the manufacturer of the goods to whom an extract from the register of Kazakhstani goods producers/certificate "ST-KZ" was issued</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ of “ST-KZ” certificate</w:t>
+№ of the extract from the register of Kazakhstani manufacturers/certificate "ST-KZ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24299,50 +26434,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -24372,86 +26543,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
-            </w:r>
-[...34 lines deleted...]
-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Continuation of the table</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -24488,199 +26623,235 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Series of “ST-KZ” certificate</w:t>
+Series of extracts from the register of Kazakhstani commodity producers/certificate "ST-KZ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Issue date of “ST-KZ” certificate, (day, month, year)</w:t>
+Date of issue of the extract from the register of Kazakhstani commodity producers/certificate "ST-KZ" (day, month, year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-In-country value in goods, specified in “ST-KZ” certificate, %</w:t>
+Domestic value of the goods, indicated in the extract from the register of Kazakhstani commodity producers/certificate "ST-KZ", %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-In-country value in work (service), %</w:t>
+Intra-country value in work (service), %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -24710,97 +26881,3209 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
-            </w:r>
-[...34 lines deleted...]
-17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z61" w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Telephone number________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Email address ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Contractor ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      last name, first name and patronymic (if any) signature, telephone number</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Manager or person performing his/her duties </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________ ______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      last name, first name and patronymic (if any) signature </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Place for seal (except for persons who are private entrepreneurs) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z62" w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Appendix to the form </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>intended for collecting administrative data "Information on projects of the unified industrialization map"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Explanation on filling out forms 1–5, intended for collecting administrative data free of charge</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z64" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Chapter 1. General Provisions</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. This explanation shall define the uniform requirements for completing forms 1–5, intended for collecting administrative data free of charge, including the form “Share of Domestic Value” (hereinafter referred to as the Form).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The form shall be filled out by management companies of special economic and industrial zones.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The completed Form shall be submitted annually for special economic zones; quarterly for industrial zones;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z68" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The form shall be signed by the manager or the person performing his duties, indicating his last name and initials, as well as the date of completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z69" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. The form shall be completed in the Kazakh and Russian languages.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z70" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Chapter 2. Explanation of filling out the Form</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z71" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form 1. General indicators of special economic and industrial zones (SEZ/IZ)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) column 1 shall indicate the numbering;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Column 2 shall indicate the main indicators (the volume of investments actually made by participants in projects (billions of tenge), the volume of foreign direct investment (billions of tenge), the volume of production of goods and services (billions of tenge), the volume of tax deductions (billions of tenge), the volume of tax preferences received, the volume of customs preferences received, the volume of product exports (billions of tenge), permanent jobs (including employees of the management company) - the indicator shall not be filled in);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z74" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) column 3 shall indicate the values of the main indicators for the first year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z75" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) column 4 shall indicate the values of the main indicators for the second year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z76" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) column 5 shall indicate the values of the main indicators for the third year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z77" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) in column 6 the values of the main indicators for subsequent years shall be indicated with the creation of additional columns;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z78" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) column 7 shall indicate the values of the main indicators for the current year, quarter 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z79" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) column 8 shall indicate the values of the main indicators for the current year, quarter 2;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z80" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) column 9 shall indicate the values of the main indicators for the current year, quarter 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z81" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) column 10 shall indicate the values of the main indicators for the current year, quarter 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z82" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) in column 11 all the values of the main indicators from column 3 shall be summarized;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z83" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form 2. Projects of special economic and industrial zones</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z84" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Column 1 shall indicate the numbering of the special economic or industrial zone;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z85" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Column 2 shall indicate the name of the special economic or industrial zone;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z86" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Column 3 shall indicate the name of the SEZ participant or the person carrying out non-core activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z87" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Column 4 shall indicate the name of the project;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z88" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Column 5 shall indicate the name of the product;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z89" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. in column 6 the CN FEA code shall be indicated at the 10-digit level;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z90" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. In column 7, the IPD code shall be indicated at the 9-digit level;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z91" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Column 8 shall indicate the industry;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z92" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. In column 9, the GCTEA code shall be indicated at the 2-digit level;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z93" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Column 10 shall indicate the category of the business entity (micro, small, medium, large);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Column 11 shall indicate the occupied plot of land, in hectares;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Column 12 shall indicate the date of receipt of the land plot according to the state act;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z96" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Column 13 shall indicate the period for which the land plot was issued under the state act;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Column 14 shall indicate the cost of the project, in billions of tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Column 15 shall indicate the volume of funds actually invested, in billions of tenge, for the first year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z99" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Column 16 shall indicate the volume of funds actually invested, billions of tenge, for the second year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z100" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Column 17 shall indicate the volume of funds actually invested, billions of tenge, for the third year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z101" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Column 18 shall indicate the volume of funds actually invested, in billions of tenge, for subsequent years;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z102" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Column 19 shall indicate the volume of funds actually invested, in billions of tenge for the current year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z103" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Column 20 shall indicate the amount of funds actually invested, in billions of tenge for the entire period;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z104" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Column 21 shall indicate the foreign country participating in the authorized capital of the SEZ participant (if any);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z105" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Column 22 shall indicate the name of the foreign participating company;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z106" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Column 23 shall indicate the share as a percentage, %;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z107" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Column 24 shall indicate the volume of funds actually invested, in billions of tenge, for the first year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z108" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Column 25 shall indicate the volume of funds actually invested, in billions of tenge, for the second year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z109" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Column 26 shall indicate the volume of funds actually invested, billions of tenge, for the third year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z110" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Column 27 shall indicate the volume of funds actually invested, in billions of tenge, for subsequent years;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z111" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Column 28 shall indicate the volume of funds actually invested, in billions of tenge for the current year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z112" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Column 29 shall indicate the amount of funds actually invested, in billions of tenge for the entire period;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z113" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Column 30 shall indicate the project capacity in physical terms;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z114" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Column 31 shall indicate the project capacity in value terms, billions of tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z115" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Column 32 shall indicate the volume of manufactured products by product range, billions of tenge for the first year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z116" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Column 33 shall indicate the volume of manufactured products by product range, billions of tenge for the second year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z117" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Column 34 shall indicate the volume of manufactured products by product range, billions of tenge for the third year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z118" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Column 35 shall indicate the volume of manufactured products by product range, billions of tenge for subsequent years;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z119" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Column 36 shall indicate the volume of manufactured products by product range, billions of tenge for the current year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z120" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Column 37 shall indicate the total volume of manufactured products by product range, in billions of tenge for the entire period;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z121" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Column 38 shall indicate the volume of product exports by product range, billions of tenge for the first year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z122" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Column 39 shall indicate the volume of product exports by product range, billions of tenge for the second year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z123" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Column 40 shall indicate the volume of product exports by product range, billions of tenge for the third year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z124" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Column 41 shall indicate the volume of product exports by product range, billions of tenge for subsequent years;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z125" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Column 42 shall indicate the volume of product exports by product range, billions of tenge for the current year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z126" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Column 43 shall indicate the total volume of product exports by product range, in billions of tenge for the entire period;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z127" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Column 44 shall indicate the exporting countries;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z128" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Column 45 shall indicate permanent jobs, units;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z129" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Column 46 shall indicate the month of commissioning;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z130" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Column 47 shall indicate the year of commissioning;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Column 48 shall indicate tax deductions, billions of tenge for the first year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Column 49 shall indicate tax deductions, billions of tenge for the second year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Column 50 shall indicate tax deductions, billions of tenge for the third year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Column 51 shall indicate tax deductions, billions of tenge for subsequent years;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z135" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Column 52 shall indicate tax deductions, billions of tenge for the current year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z136" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Column 53 shall indicate the amount of tax deductions, billions of tenge for the entire period;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z137" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Column 54 shall indicate the current status;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z138" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Column 55 shall contain contact information.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form 3. Infrastructure</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Financing of SEZ/IZ infrastructure facilities</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z141" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Column 1 shall indicate the name of the SEZ/IZ (object);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z142" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Column 2 shall indicate the total cost of construction of the SEZ/IZ infrastructure, in billions of tenge, according to the feasibility study;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z143" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Column 3 shall indicate the allocated funds, billions of tenge, for the first year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z144" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Column 4 shall indicate the allocated funds, billions of tenge, for the second year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z145" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Column 5 shall indicate the allocated funds, billions of tenge, for the third year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Column 6 shall indicate the allocated funds, billions of tenge, for subsequent years;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Column 7 shall indicate the allocated funds, billions of tenge for the first quarter of the current year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z148" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Column 8 shall indicate the allocated funds, billions of tenge, for the 2nd quarter of the current year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z149" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Column 9 shall indicate the allocated funds, billions of tenge, for the 3rd quarter of the current year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z150" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Column 10 shall indicate the allocated funds, billions of tenge, for the 4th quarter of the current year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z151" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Column 11 shall indicate the amount of allocated funds, billions of tenge for the entire period;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z152" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Column 12 shall indicate the funds spent, in billions of tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z153" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. In column 13 the reasons for non-development shall be indicated;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z154" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Column 14 shall indicate the completion of the infrastructure (%);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z155" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Column 15 shall indicate the additional need for financing, billions of tenge for the current year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z156" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Column 16 shall indicate the additional need for financing, in billions of tenge, for the following year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z157" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Column 17 shall indicate the additional need for financing, in billions of tenge, for the following year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z158" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Column 18 shall indicate the additional need for financing, in billions of tenge, for the following year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z159" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Column 19 shall indicate the additional need for financing, in billions of tenge, for the following year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z160" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Column 20 shall indicate the additional need for financing, in billions of tenge, for the following year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z161" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Column 21 shall indicate the additional need for financing, in billions of tenge, for the following year;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z162" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. In column 22 a note shall be indicated.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z163" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) General information on the capacity of infrastructure facilities of the SEZ/IZ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z164" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Column 1 shall indicate the name of the infrastructure facility (water supply, including the following infrastructure facilities, sewerage, including the following infrastructure facilities, electricity supply, including the following infrastructure facilities, heat supply, including the following infrastructure facilities, gas supply, including the following infrastructure facilities, steam supply, including the following infrastructure facilities, telephone communications, including the following infrastructure facilities, internet, including the following infrastructure facilities, solid waste disposal, including the following infrastructure facilities, liquid waste disposal, including the following infrastructure facilities, access railway line, including the following infrastructure facilities, highways, including the following infrastructure facilities, internal highway, feeder road.);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z165" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Column 2 shall indicate the unit of measurement of the facility’s capacity (cubic meters per hour, megawatts, gigacalories per hour, lines, megabits per second, tons per day, kilometers);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z166" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Column 3 shall indicate existing capacities—the capacities actually available on the territory of the SEZ/IZ for each infrastructure facility;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z167" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Column 4 shall indicate the consumed capacities – capacities that are currently used by current participants of the SEZ/IZ and administrative facilities;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z168" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Column 5 shall indicate free capacity—the capacity of infrastructure facilities available for connecting new participants in the SEZ/IZ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z169" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Column 6 shall indicate the planned capacities – the capacities that are planned to be created on the territory of the SEZ/IZ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z170" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Cost of utilities</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z171" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Column 1 shall indicate the name of the utility service (water supply, heat supply, electricity supply, sewerage, gas supply);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z172" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Column 2 shall indicate the unit of measurement (cubic meter, gigacalories, kilowatts, cubic meters per hour);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z173" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Column 3 shall indicate the cost of a unit of service in tenge (indicated in accordance with current tariffs, with or without VAT, depending on the procedure adopted in the SEZ/IZ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z174" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Need for infrastructure facilities</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z175" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Column 1 shall indicate the name of the basic infrastructure facility (essential) or additional infrastructure that is needed (for example, a transformer substation, power line, boiler room, water supply, sewerage, highway);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z176" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Column 2 shall indicate the capacity of the required facility (in the appropriate units of measurement: cubic meters per hour, megawatts, gigacalories per hour, tons per day, kilometers);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z177" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Column 3 shall indicate the estimated need for financing for the construction or reconstruction of the facility, in billions of tenge.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z178" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form 4. Land plots</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z179" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      in Section 1 “Distribution of Territory”:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z180" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Column 1 shall indicate the distribution of the territory of the SEZ/IZ: Total territory of the special economic and industrial zone; usable area; allocated for projects; territory of existing projects (total); territory of projects at the implementation stage (total); allocated for infrastructure; built; under construction; free usable; provided with infrastructure; non-usable territory; total.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z181" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Column 2 shall indicate the area in hectares;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z182" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. in column 3 a note shall be indicated;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z183" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      in section 2 “Useful area allocated to participants”:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Column 1 shall indicate the name of the participant;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Column 2 shall indicate the area in hectares;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z186" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. In column 3 a note shall be indicated;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      in Section 3 “Distribution of Other Territory”:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Column 1 shall indicate the name of the infrastructure facility;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z189" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Column 2 shall indicate the occupied territory in hectares;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z190" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. In column 3 a note shall be indicated.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z191" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form 5. Share of domestic value</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z192" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Column 1 shall indicate the numbering;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z193" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Column 2 shall indicate the name of the SEZ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z194" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Column 3 shall indicate the name of the SEZ participant or the person carrying out non-core activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z195" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. In column 4 the identification number (BIN/IIN) shall be indicated;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z196" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. In column 5, indicate the purchase code (0 - product, 1 - work, 2 - service);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z197" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Column 6 shall indicate the name and brief (additional) description of the purchased goods and services;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z198" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. in column 7, the GCTEA code shall be indicated at the 4-digit level or the CN FEA code at the 6-digit level;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z199" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Column 8 shall indicate the name of the supplier;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z200" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Column 9 shall indicate the volume of purchased goods in physical terms;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z201" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Column 10 shall indicate the total amount under the contract, in tenge;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z202" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Column 11 shall indicate the BIN/IIN of the manufacturer of the goods to whom extracts from the register of Kazakhstani goods producers’ certificates / “ST-KZ” have been issued;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z203" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Column 12 shall indicate the number of the extract from the register of Kazakhstani manufacturers/certificate “ST-KZ”;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z204" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Column 13 shall indicate the series of the extract from the register of Kazakhstani manufacturers/certificate “ST-KZ”;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z205" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Column 14 shall indicate the date of issue of the extract from the register of Kazakhstani manufacturers/certificate “ST-KZ” (day, month, year);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z206" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Column 15 shall indicate the domestic value of the goods, as specified in the extract from the register of Kazakhstani producers/certificate “ST-KZ”, %;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z207" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Column 16 shall indicate the domestic value of the work (service), %.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z208" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The certificate of origin of goods form "CT-KZ" remains valid until January 1, 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -24821,55 +30104,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -25191,35 +30474,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>