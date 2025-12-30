--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1b661cc" w14:textId="1b661cc">
+    <w:p w14:paraId="c5d492a" w14:textId="c5d492a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,173 +145,205 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Joint order of the Minister of Digital Development Defense and Aerospace Industry of the Republic of Kazakhstan dated June 4, 2019 № 114/НҚ and the Minister of National Economy of the Republic of Kazakhstan dated June 6, 2019 № 52. Registered with the Ministry of Justice of the Republic of Kazakhstan on June 7, 2019 № 18805.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>Unofficial translation</w:t>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      In accordance with paragraph 3 of Article 141 and paragraph 1 of Article 143 of the Entrepreneurial Code of the Republic of Kazakhstan dated October 29, 2015, </w:t>
+      In accordance with paragraph 3 of Article 141, paragraph 1 of Article 143 of the Entrepreneurial Code of the Republic of Kazakhstan and the Rules for the formation of a risk assessment and management system by the regulatory authorities, approved by the Order of the Acting Minister of National Economy of the Republic of Kazakhstan dated June 22, 2022 № 48 (registered in the Register of State Registration of Regulatory Legal Acts № 28577), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I HEREBY ORDER</w:t>
+        <w:t>WE HEREBY ORDER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The preamble is amended by the joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan dated 28.05.2025 № 260/NK and the Acting Minister of National Economy of the Republic of Kazakhstan dated 13.06.2025 № 51 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. To approve:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      1) excluded by joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan № 104/NK of 23.05.2023 and the Minister of National Economy of the Republic of Kazakhstan № 76 of 23.05.2023 ( shall come into effect upon expiry of ten calendar days after the day of its first official publication);</w:t>
+        <w:t>      1) excluded by joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan № 104/NK of 23.05.2023 and the Minister of National Economy of the Republic of Kazakhstan № 76 of 23.05.2023 (shall come into effect upon expiry of ten calendar days after the day of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2) excluded by joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan № 104/NK of 23.05.2023 and the Minister of National Economy of the Republic of Kazakhstan № 76 of 23.05.2023 ( shall come into effect upon expiry of ten calendar days after the day of its first official publication);</w:t>
+        <w:t>      2) excluded by joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan № 104/NK of 23.05.2023 and the Minister of National Economy of the Republic of Kazakhstan № 76 of 23.05.2023 (shall come into effect upon expiry of ten calendar days after the day of its first official publication);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -550,385 +582,343 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. This Joint order shall come into effect upon expiry of ten calendar days after the day its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="12094"/>
+        <w:gridCol w:w="12094"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12094" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none"/>
                 <w:left w:val="none"/>
                 <w:bottom w:val="none"/>
                 <w:right w:val="none"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
-              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="12000"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="12000" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="left"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Minister of Digital </w:t>
                   </w:r>
-                </w:p>
-[...12 lines deleted...]
-                  </w:pPr>
+                  <w:r>
+                    <w:br/>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Development, Defense and</w:t>
                   </w:r>
-                </w:p>
-[...5 lines deleted...]
-                  </w:pPr>
+                  <w:r>
+                    <w:br/>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Aerospace Industry of the</w:t>
                   </w:r>
-                </w:p>
-[...5 lines deleted...]
-                  </w:pPr>
+                  <w:r>
+                    <w:br/>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Republic of Kazakhstan</w:t>
                   </w:r>
-                </w:p>
-[...5 lines deleted...]
-                  </w:pPr>
+                  <w:r>
+                    <w:br/>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>____________ A. Zhumagaliyev</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12094" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none"/>
                 <w:left w:val="none"/>
                 <w:bottom w:val="none"/>
                 <w:right w:val="none"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
-              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="12000"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="12000" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="left"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Minister of National Economy of the</w:t>
                   </w:r>
-                </w:p>
-[...12 lines deleted...]
-                  </w:pPr>
+                  <w:r>
+                    <w:br/>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Republic of Kazakhstan</w:t>
                   </w:r>
-                </w:p>
-[...5 lines deleted...]
-                  </w:pPr>
+                  <w:r>
+                    <w:br/>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>___________ R. Dalenov</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="12094" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none"/>
                 <w:left w:val="none"/>
                 <w:bottom w:val="none"/>
                 <w:right w:val="none"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
-              <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="12000"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="12000" w:type="dxa"/>
                   <w:tcBorders/>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="left"/>
@@ -957,108 +947,92 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       “AGREED”</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Committee on Legal Statistics</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>and Special Records of the</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>General Prosecutor's Office of the</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
@@ -1257,51 +1231,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Criteria for risk assessment in the field of informatization</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Annex 1 excluded by joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan № 104/NK of 23.05.2023 and the Minister of National Economy of the Republic of Kazakhstan № 76 of 23.05.2023 ( shall come into effect upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      Footnote. Annex 1 excluded by joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan № 104/NK of 23.05.2023 and the Minister of National Economy of the Republic of Kazakhstan № 76 of 23.05.2023 (shall come into effect upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1478,51 +1452,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Criteria for risk assessment in the field of communication</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Annex 2 excluded by joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan № 104/NK of 23.05.2023 and the Minister of National Economy of the Republic of Kazakhstan № 76 of 23.05.2023 ( shall come into effect upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      Footnote. Annex 2 excluded by joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan № 104/NK of 23.05.2023 and the Minister of National Economy of the Republic of Kazakhstan № 76 of 23.05.2023 (shall come into effect upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1957,1755 +1931,1908 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="8857"/>
+        <w:gridCol w:w="1501"/>
+        <w:gridCol w:w="1501"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 № </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 List of requirements </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Conforms to the requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Does not conform to the requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to have original technical documentation in hard copy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirements for preservation, protection, recovery of electronic information resources in case of failure or damage to e-government informatisation objects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to backup requirements and control over timely updating of electronic information resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement by non-state information systems that integrate with information systems of a public authority, provided that there is an act of acceptance into commercial operation of the IS, an act with a positive result of tests for compliance with information security requirements, expert examination of technical documentation and a certificate of compliance with information security requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 compliance by the owner and proprietor of information systems with the requirements for the protection of personal data stored in information systems that have received electronic information resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 compliance with the requirements to prevent the use of electronic information resources containing personal data on natural persons in order to cause property and (or) moral damage, restrict the exercise of the rights and freedoms of citizens</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the rights of the person's demands from the owner and (or) the operator, as well as from a third party to block his/her personal data in case of violation of the conditions of collection, processing of personal data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the person’s rights to demand from the owner and (or) operator, as well as from a third party the destruction of his/her personal data, the collection and processing of which was carried out in violation of the legislation on personal data and their protection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the obligation to provide evidence of obtaining the person’s consent to the collection and processing of his/her personal data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...94 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="8857" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+observance of the requirement to have a term of reference agreed with the competent authority and the competent authority responsible for ensuring information security</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 meeting the requirement for the period of pilot operation not exceeding one year when creating and developing an "e-government" informatisation object;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Official(s) ____________________________ ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4040,51 +4167,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>state legal entities, quasi-public sector entities, telecom operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Appendix 4 - as amended by the joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan dated 23.05.2023 № 104/NK and the Minister of National Economy of the Republic of Kazakhstan dated 23.05.2023 № 76 (effective ten calendar days after the date of its first official publication).</w:t>
+      Footnote. Appendix 4 - as amended by the joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan dated 23.05.2023 № 104/NK and the Minister of National Economy of the Republic of Kazakhstan dated 23.05.2023 № 76 (effective ten calendar days after the date of its first official publication); as amended by the joint Order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan dated 28.05.2025 № 260/NK and the Acting Minister of National Economy of the Republic of Kazakhstan dated 13.06.2025 № 51 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Public authority that ordered the inspection ___________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4147,52 +4274,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Individual identification number), business identification number</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      of the entity (facility) being controlled </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      of the entity (facility) being controlled ____________________________________________</w:t>
+      ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Location address _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -4214,10505 +4359,11512 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="8857"/>
+        <w:gridCol w:w="1501"/>
+        <w:gridCol w:w="1501"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 № </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 List of requirements </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Conforms to the requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Does not conform to the requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of obligations to collect and store proprietary information on subscribers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 confirmation of compliance of technical means of communication used on the unified telecommunications network of the Republic of Kazakhstan, radioelectronic means and high-frequency devices that are a source of electromagnetic radiation, technical means of postal communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirement to ensure the implementation of mobilisation preparedness measures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 presence of a licence to provide communication services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 permission to use the radio frequency spectrum of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 presence of a notification on commencement or termination of activity on provision of communication services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 presence of notification on the beginning or termination of operation of radioelectronic means and (or) high-frequency devices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 compliance with the obligations to ensure that bodies carrying out operational, investigative and counterintelligence activities on communications networks have organisational and technical capabilities to undertake operational, investigative and counterintelligence activities on all communications networks, and to take measures to prevent the disclosure of the forms and methods of carrying out these activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to have an extract from the register of the state system for ensuring the uniformity of measurements of the Republic of Kazakhstan, a copy of valid verification certificates to confirm the availability of the traffic metering system, which must have a system for measuring the duration of connections and a system for measuring data transmission of the telecom operator, entered in the register of the state system for ensuring the uniformity of measurements of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirement that a telecommunications operator, service provider, owner of a departmental telecommunications network, special-purpose telecommunications network, or corporate network uses the allocated numbering resource by over 50 per cent within two years from the date of allocation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement for the recipient to use the numbering resource (codes “DEF” and indices “X1”, “X1X2” in code “DEF” of non-geographically defined numbering zones, codes of operators (X1X2X3/(X1X2X3X4) providing communication services using service access codes; access numbers “1UV (X1(X2))” to emergency operational, information, inquiry and ordering services; prefixes of long-distance and (or) international communication operators' choices for more than 6 months within two years from the date of allocation (based on the results of the inspection performed by the competent authority)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 meeting the requirement to maintain ground segments and switching nodes, the control centre of which is located in the territory of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 compliance with the requirement for redundancy of transport networks by provision of independent bypasses organised along independent geographical routes or replacement by paths (channels) organised in the same transmission lines</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to have transport telecommunications networks (trunk and intrazone communication lines) as part of the telecommunications network of a long-distance and/or international telecommunications operator at the time it is granted the status of a long-distance and/or international telecommunications operator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to have network nodes on the transport telecommunications networks of a long-distance and/or international telecommunications operator that have at least three transmission outputs (three transmission directions) (two in the direction of its own network and one in the direction of another country's network) for organising international connections to the public telecommunications network of other countries</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirement to have at least one point of interconnection of the transport network with the telecommunications networks of foreign telecommunications operators via land lines as part of the telecommunications network of a long-distance and/or international telecommunications operator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement for the independent creation (development) by a long-distance and (or) international telecommunications operator of networks providing universal telecommunications services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 availability of a clock network synchronisation system as part of the telecommunications network of a long-distance and/or international telecommunications operator at the time of assigning the status of a long-distance and/or international telecommunications operator to it</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 meeting the requirement to have long-distance and (or) international switching stations in the telecommunications network of a long-distance and (or) international telecommunications operator at the time of assigning the status of long-distance and (or) international telecommunications operator to it</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 presence in the telecommunications network of the long-distance and (or) international telecommunications operator of systems to ensure functioning - management system and technical operation system</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to cover the territory of at least six regions (geographical numbering zones), Astana and Almaty cities with telecommunications networks of the long-distance and/or international telecommunications operator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 international switching centres of a long-distance and/or international operator be connected with at least two international switching centres of other long-distance and/or international operators, and all automatic long-distance telephone exchanges shall be connected with at least two international switching centres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 meeting the requirement to have a list of qualified technical managers and specialists with appropriate education and at least three years of practical work experience in their speciality, copies of diplomas, employment orders, copies of labour books or employment contracts, diploma or certificates of completion of training and advanced training courses in the field of communications to confirm the qualified composition of technical managers and specialists</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirement to have a copy of the applicant's constituent documents and the register of securities holders (partnership participants) to confirm information on the distribution of shareholdings (participatory interests in the authorised capital) among shareholders (participants)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Compliance with the requirement to comply with the technical characteristics and operating conditions of radio-electronic means and high-frequency devices with the requirements set out in the authorisation to use the radio-frequency spectrum of the Republic of Kazakhstan and the notification on the commencement or termination of operation of radio-electronic means and (or) high-frequency devices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 fulfilment of obligations to provide users with communication services that correspond in quality to standards, technical norms, terms and conditions of the contract for the provision of communication services, quality indicators of communication services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement for telecom operators to provide subscribers with free connections</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirement for the telecom operator to notify the subscriber of the cost of the connection in case of intellectual services (lottery, voting, TV quizzes, quizzes, reference and information services, dating services) prior to the commencement of a tariffed connection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 meeting the requirement to set up an information and reference service system to ensure that subscribers are provided with information related to the provision of cellular communication services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 compliance with the obligation to automatically record information on the cellular communication services received by the subscriber in the network of the telecom operator, the time of their use, connections with telephone numbers of subscribers of other networks of similar standard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to establish a limit on sending to subscribers at night (from 10 p.m. to 6 a.m.) information (promotional mailings) by means of short text messages and/or multimedia messages not previously requested by the subscriber (for mobile operators)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 complying with the requirement to prevent the telecom operator from imposing other paid services on subscribers when providing them with telephone services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to take measures to restore the quality of telephone services and recalculate the subscription fee within three calendar days from the date of submission by the subscriber of an application on deterioration in the quality of telephone services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to recalculate the subscriber fee for the period of actual inactivity of the subscriber's device due to the absence of communication through the fault of the telecom operator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 fulfilment of the requirement to inform the subscriber of failures on the telephone network and the expected timeframe for elimination of such failures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirement to notify the subscriber 30 calendar days in advance of replacing the subscriber number and (or) disconnecting the terminal, specifying the reasons for this</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 compliance with the requirement to change the terms and conditions of the tariff for telecommunications services with the subscriber's consent by notifying the subscriber no later than 30 calendar days prior to their implementation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to resume access to communication services disconnected for late payment within twenty-four hours from the moment of debt repayment (from the moment of receipt of confirmation of payment from the subscriber or submission by the subscriber of documents confirming the liquidation of debt for payment of communication services for mobile operators and Internet access services)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirement to prevent the telecom operator from restricting the rights of a subscriber/user when rendering telecom services to him/her in case he/she fails to fulfil the conditions for receiving another service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 existence of a public agreement on provision of communication services between the telecom operator and the subscriber</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 meeting the requirement to maintain a register of identification codes of subscriber devices operating in their network (for mobile operators)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to suspend or resume, by identification code, the operation of a subscriber device in its network at the request of the owner of the subscriber device (for mobile operators)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to inform subscribers on preventive maintenance of communication equipment associated with its partial or complete shutdown and on the timing of such works three calendar days prior to the commencement of such works (for cellular operators)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 compliance with the requirement to ensure the possibility to monitor the balance of money on the current account in a round-the-clock mode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observing the requirement to return to the subscriber overpaid monetary funds for rendered communication services or counting them, with the consent of the subscriber, as advance payment for communication services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirement to prevent a telecom operator from refusing to conclude an agreement on the provision of telecom services if technically possible</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 meeting the requirement to replace subscriber numbers free of charge at the initiative of the telecom operator due to commissioning of new automatic telephone exchanges and reconstruction of local telephone networks with prior notification of users</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 compliance with the terms and conditions of the credit method of payment for communication services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the terms and conditions of the advance method of payment for communication services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirement to prevent the dominant telecommunications operator from refusing to conclude an interconnection agreement or the establishment by the dominant telecommunications operator of knowingly restrictive conditions for connection or laying of communication lines</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observing the deadlines for the connection of telecommunications networks to the public telecommunications network</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 compliance by telecommunications operators with the levels of interconnection of telecommunications networks, including traffic flow and settlement procedures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to have an electronic user log, containing the surname, first name and patronymic (if any) of the user, the time of the commencement and termination of work on the Internet, the number of the owner's computer on which the user worked (in cases where there is no cellular communication in settlements)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirement that a telecom operator does not provide access to information prohibited by an enforceable court judgement or laws of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 compliance with the requirement to prohibit spoofing of network addresses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...94 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="8857" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+fulfillment by the telecom operator of obligations to provide communication services to settlements and (or) territories specified in the permit for the use of the radio frequency spectrum of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 provision of communication services by a telecommunications operator and (or) owner of a communication network, as well as distribution of subscriber numbers by a representative of a telecommunications operator without concluding a relevant agreement on the provision of communication services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 fulfilment by the cellular operator of its obligations to provide communication services to settlements and (or) territories listed in the permit to use the radio frequency spectrum of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 failure to use the radio frequency spectrum for one year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 fulfilment of the cellular operator's obligation to ensure the portability of subscriber numbers in cellular networks and their timing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 existence of a document confirming the payment to the state budget of the fee for the use of the radio frequency spectrum of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement that the right to temporarily or permanently use assigned frequency bands, radio frequencies (radio frequency channels) may not be transferred to other individuals or legal entities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the postal operator's requirements for the placement of mailboxes and the removal of postal items from them</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 complying with the requirement for mailboxes to have the postal operator's logo, assigned number, frequency and time of mail removal (start of the first and last removal)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observing the requirement to have the postal operator's logo on rural mailboxes, the number assigned, the time of retrieval, and the days on which retrieval is not done</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 meeting the requirement to have a sign at the entrance to the postal operator's production facilities stating the name of the production facility and the mode of operation, including a posted notice in production facilities located in cities and operating on a rolling schedule, with a lunch break or with a day off on the location and mode of operation of the nearest production facility providing services on a different schedule or without days off with the text of the sign and notice in the Kazakh and Russian languages.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 meeting the requirement for information material to be prominently displayed and accessible to users of the postal operator's services in the operating room of the postal operator's production facility.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Compliance with the requirements to provide the postal operator's production facilities with their own nominal devices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observation by postal operators of the requirements for the use of technical means and equipment on postal networks to enable the detection of prohibited items and substances in postal items without opening them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (compliance with obligations to ensure that authorities engaged in operational, investigative and counterintelligence activities on communication networks have access to proprietary information on subscribers, and to take measures to prevent disclosure of forms and methods of operational, investigative and counterintelligence activities) of the checklist in the field of communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (fulfilment of obligations to ensure the functions of its telecommunication equipment for the technical conduct of operational-search, counterintelligence activities in line with the requirements for networks and means of communication) of the checklist in the field of communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="441" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8857" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence by subscribers to the procedure for operating cellular signal amplifiers (repeaters, active repeaters) in cellular networks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Official(s) _________________________________ ____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -15017,99 +16169,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of June 6, 2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Checklist for observance of the legislation of the Republic of Kazakhstan on electronic </w:t>
-[...47 lines deleted...]
-        <w:t>proprietors of critical information and communication infrastructure objects</w:t>
+        <w:t xml:space="preserve"> Checklist for observance of the legislation of the Republic of Kazakhstan on electronic  document and electronic digital signature in respect of state legal entities, quasi-public sector  entities, owners and operators integrated with information systems of public authorities  or intended for formation of state electronic information resources, as well as owners and  proprietors of critical information and communication infrastructure objects</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. Appendix 5 - as amended by the joint order of the Minister of Digital Development, Innovation and Aerospace Industry of the Republic of Kazakhstan dated 23.05.2023 № 104/NK and the Minister of National Economy of the Republic of Kazakhstan dated 23.05.2023 № 76 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -15190,52 +16294,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Individual identification number), business identification number</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      of the entity (facility) under monitoring </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      of the entity (facility) under monitoring ____________________________________________</w:t>
+      ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Location address _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -15257,768 +16379,823 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="308"/>
+        <w:gridCol w:w="8879"/>
+        <w:gridCol w:w="1501"/>
+        <w:gridCol w:w="1612"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 № </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 List of requirements </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Conforms to the requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Does not conform to the requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 observance of the requirement to prevent refusals to accept electronic documents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ensuring that the certification centre protects data of the holders of registration certificates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 taking measures by the owner of the registration certificate to protect the private key of the electronic digital signature belonging to it from unlawful access and use, as well as to store the public keys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 adherence to the requirement to prohibit the transfer of the private key of the electronic digital signature to other persons</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Official(s) ____________________________ ____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -16172,55 +17349,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>