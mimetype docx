--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0e670ef" w14:textId="0e670ef">
+    <w:p w14:paraId="d0e4d54" w14:textId="d0e4d54">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -140,294 +140,334 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of the Minister of Agriculture of the Republic of Kazakhstan dated May 31, 2019 No. 221. Registered in the Ministry of Justice of the Republic of Kazakhstan on June 4, 2019 No. 18783.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z0" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t>Unofficial translation</w:t>
+      In accordance with subparagraph 43) of Article 9-1 of the Law of the Republic of Kazakhstan "On the Protection, Reproduction and Use of wildlife", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>I HEREBY ORDER:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-[...15 lines deleted...]
-      In accordance with subparagraph 20) of paragraph 1 of Article 9 of the Law of the Republic of Kazakhstan dated July 9, 2004 "On protection, reproduction and use of fauna", I HEREBY ORDER:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The preamble is amended by the Order of the Minister of Agriculture of the Republic of Kazakhstan dated 18.09.2025 № 307 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. To approve the attached requirements for fish protection devices of water intake and escape facilities.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...15 lines deleted...]
-      1. To approve the attached requirements for fish protection devices of water intake and escape facilities.</w:t>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. To recognize as invalid the order of the Minister of Agriculture of the Republic of Kazakhstan dated January 19, 2015 № 18-05 / 22 “On approval of requirements for fish protection devices of water intake facilities” (registered in the Register of state registration of regulatory legal acts under № 10292, published on February 27, 2015 in the legal information system "Adilet"). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      2. To recognize as invalid the order of the Minister of Agriculture of the Republic of Kazakhstan dated January 19, 2015 No. 18-05 / 22 “On approval of requirements for fish protection devices of water intake facilities” (registered in the Register of state registration of regulatory legal acts under No. 10292, published on February 27, 2015 in the legal information system "Adilet"). </w:t>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The Committee for forestry and wildlife of the Ministry of Agriculture of the Republic of Kazakhstan, in the manner prescribed by law, to ensure:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      3. The Committee for forestry and wildlife of the Ministry of Agriculture of the Republic of Kazakhstan, in the manner prescribed by law, to ensure:</w:t>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) state registration of this order in the Ministry of Justice of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      1) state registration of this order in the Ministry of Justice of the Republic of Kazakhstan;</w:t>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) within 10 (ten) calendar days from the date of the state registration of this order, its sending in the Kazakh and Russian languages to the Republican state enterprise on the basis of the right of economic management "Institute of Legislation and Legal Information of the Republic of Kazakhstan" for official publication and inclusion in the Reference Control Bank of regulatory legal acts of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      2) within 10 (ten) calendar days from the date of the state registration of this order, its sending in the Kazakh and Russian languages to the Republican state enterprise on the basis of the right of economic management "Institute of Legislation and Legal Information of the Republic of Kazakhstan" for official publication and inclusion in the Reference Control Bank of regulatory legal acts of the Republic of Kazakhstan;</w:t>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) within 10 (ten) calendar days after the state registration of this order, sending its copy for official publication in periodicals;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      3) within 10 (ten) calendar days after the state registration of this order, sending its copy for official publication in periodicals;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) placement of this order on the Internet resource of the Ministry of Agriculture of the Republic of Kazakhstan after its official publication;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) within 10 (ten) working days after the state registration of this order, submission of information to the Department of Legal Services of the Ministry of Agriculture of the Republic of Kazakhstan on implementation of measures provided for in subparagraphs 1), 2), 3) and 4) of this paragraph. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. The supervising vice minister of agriculture of the Republic of Kazakhstan shall be authorized to oversee the execution of this order. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. This order shall come into force 10 (ten) calendar days after the day of its first official publication. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7787"/>
         <w:gridCol w:w="4213"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7787" w:type="dxa"/>
             <w:tcBorders/>
@@ -703,698 +743,892 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated May 31, 2019 № 221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Requirements for fish protection devices of water intake and escape facilities</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapter 1. General provisions </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. These requirements for fish protection devices of intake and discharge facilities (hereinafter referred to as the Requirements) have been developed in accordance with subparagraph 43) of Article 9-1 of the Law of the Republic of Kazakhstan "On the Protection, Reproduction and Use of Wildlife" (hereinafter referred to as the Law) and define the requirements for fish protection devices of intake and discharge facilities.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...15 lines deleted...]
-      1. These requirements for fish protection devices of water intake and escape structures (hereinafter referred to as the Requirements) are developed in accordance with subparagraph 20) of paragraph 1 of Article 9 of the Law of the Republic of Kazakhstan dated July 9, 2004 "On protection, reproduction and use of fauna" and determine the requirements for fish protection devices of water intake and escape facilities. </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 1 is amended by the Order of the Minister of Agriculture of the Republic of Kazakhstan dated 18.09.2025 № 307 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Basic concepts used in these Requirements:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) an escape facility - a culvert designed to discharge (pass) water from a reservoir to prevent it from overflowing, as well as for useful passes to the lower pool; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) fish protection device (hereinafter - FPD) - a device to prevent the ingress of fish resources and other aquatic animals into water intake and escape facilities;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) water intake facility - a complex of structures and devices for water intake from water bodies. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Not allowed:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      3. It is not allowed to put into operation the water intake and escape facilities without FPD in accordance with subparagraph 2) of Article 88 of the Water Code of the Republic of Kazakhstan dated July 9, 2003.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) commissioning of water intake facilities without fish protection and (or) fish passage devices in accordance with subparagraph 2) paragraph 1 of Article 91 of the Water Code of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) operation of water intake and discharge facilities without FPD, as well as those that do not comply with these Requirements in accordance with subparagraph 13) of paragraph 3 of Article 14 of the Law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 3 is amended by the Order of the Minister of Agriculture of the Republic of Kazakhstan dated 18.09.2025 № 307 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 2. Requirements for FPD</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Chapter 2. Requirements for FPD</w:t>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. When operating the FPD of water intake and escape facilities, the efficiency coefficient of the FPD is determined according to the calculation of the effectiveness of the FPD given in Appendix 1 to these Requirements.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Depending on the estimated flow rate of water intake and discharge, the FPD are installed in accordance with Appendix 2 to these Requirements. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. During the operation of the FPD of water intake facilities, the cell diameters of the fish protection screen of the FPD depending on the sizes of fish resources and other aquatic animals are installed in accordance with Appendix 3 to these Requirements. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. The following requirements are established during the operation of FPD of escape facilities:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) the speed of water approaching to the FPD should not exceed the blowing speed for juvenile fish resources and other aquatic animals; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) FPD should not impede the passage of water, while being protected from the effects of snags and ice formation. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Designing of the FPD is carried out on the basis of scientific research and design and survey work, which defines:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...15 lines deleted...]
-      8. Designing of the FPD is carried out on the basis of scientific research and design and survey work, which defines:</w:t>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) species and size composition indicating the minimum size of protected fish resources and other aquatic animals;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) the period of their concentration and migration; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) vertical and horizontal distribution and concentration of fish resources and other aquatic animals; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) the location of spawning grounds, wintering pits, fodder sites and areas of active downstream migration of juvenile fish resources and other aquatic animals;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) the blowing speed of the flow for the protected juvenile fish resources and other aquatic animals. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. When using the fixed networks and gratings, the following requirements are established: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) cell sizes, flow rate, clogging and the possibility of cleaning, conditions of navigation are taken into account; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) are installed in both pools of hydroelectric facilities to block the approach of fish resources and other aquatic animals to undesirable places and their directing to the inlets of fish passage facilities; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) the network is made of galvanized wire or kapron and is hanged on floats or on pile supports; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) the gratings are made of metal rods, the gaps between the rods are taken depending on the purpose of the gratings and the size of fish resources and other aquatic animals. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. When using electric layers, the following requirements are established:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) the length of the electrodes located in the layer section is set depending on the depth of the water, taking into account the fact that the electrodes do not reach the bottom of the reservoir and its surface by 0.1-0.3 meters; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) the effective value of the electric field strength and the distance between the electrodes are set in accordance with the sizes of fish resources and other aquatic animals; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) the electrode system must be freely hanging (hung on a cable, mounted on floats or fixed on piles), to ensure a more stable vertical position, the lower part of the pipes is filled with concrete; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) a pulsed alternating current with a pulse duration and pause in the range of 0.02-0.35 seconds is provided.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
-[...15 lines deleted...]
-      4) a pulsed alternating current with a pulse duration and pause in the range of 0.02-0.35 seconds is provided.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Excluded by the Order of the Minister of Agriculture of the Republic of Kazakhstan dated 18.09.2025 № 307 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Water intake from the sea is allowed only if the water intake facilities of the FPD are equipped with the technical devices for continuous monitoring of the efficiency of the FPD in accordance with paragraphs 6) and 7) of Article 273 of the Environmental Code of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 12 is amended by the Order of the Minister of Agriculture of the Republic of Kazakhstan dated 18.09.2025 № 307 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1473,568 +1707,568 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>protection devices of water intake</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and escape facilities </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Calculation of effectiveness of fish protection devices </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. The indicator of fish protection efficiency (Kef) is the ratio of the amount of fish resources and other aquatic animals held by the fish protection device (hereinafter - FPD) to the amount of fish resources and other aquatic animals falling into the water intake and escape (pass) facility in the absence of such a device, expressed as a percentage: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Kef = (N2T - N1T) / (N2T) x 100,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
-[...15 lines deleted...]
-      Kef = (N2T - N1T) / (N2T) x 100,</w:t>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N1T - the amount of fish resources and other aquatic animals that have fallen into the water intake and discharge (pass) for the estimated period T in the presence of a FPD;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
-[...15 lines deleted...]
-      where:</w:t>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N2T - the amount of fish resources and other aquatic animals that got into the water intake and discharge (pass) for the same estimated period T in the absence of FPD.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
-[...15 lines deleted...]
-      N1T - the amount of fish resources and other aquatic animals that have fallen into the water intake and discharge (pass) for the estimated period T in the presence of a FPD;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. The indicator of fish protection efficiency is determined experimentally - by observing the ingress of fish resources and other aquatic animals into the water intake and discharge (pass), alternately in the presence and absence of FPD.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z52" w:id="49"/>
-[...15 lines deleted...]
-      N2T - the amount of fish resources and other aquatic animals that got into the water intake and discharge (pass) for the same estimated period T in the absence of FPD.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In case of impossibility to dismantle FPD, Kef is determined by the difference in the concentration of fish resources and other aquatic animals in front of the FPD and behind it according to the formula:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z53" w:id="50"/>
-[...15 lines deleted...]
-      2. The indicator of fish protection efficiency is determined experimentally - by observing the ingress of fish resources and other aquatic animals into the water intake and discharge (pass), alternately in the presence and absence of FPD.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Kef = (C2 - C1) / C2 x 100,</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z54" w:id="51"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       where: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      C1 - the concentration of juvenile fish resources and other aquatic animals behind the FPD;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      C2 – the concentration of juvenile fish resources and other aquatic animals in front of the FPD.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
-[...15 lines deleted...]
-      C1 - the concentration of juvenile fish resources and other aquatic animals behind the FPD;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The effectiveness of FPD for juvenile fish resources and other aquatic animals larger than 12 millimeter is:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
-[...15 lines deleted...]
-      C2 – the concentration of juvenile fish resources and other aquatic animals in front of the FPD.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      not less than 70% for water intake facilities;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
-[...15 lines deleted...]
-      3. The effectiveness of FPD for juvenile fish resources and other aquatic animals larger than 12 millimeter is:</w:t>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      not less than 60% for escape facilities.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z60" w:id="57"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. If the juvenile dies in contact with the FPD (flat nets, jet reactive cylinders) and in the fish outlet (if the FPD with a fish outlet), the fish protection efficiency indicator is calculated by the following formula: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Kef = (N2T - (N1T + N3T)) / N2T x 100,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z64" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       where: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N1T is the amount of fish resources and other aquatic animals that got into the water intake and discharge during the estimated period T in the presence of the FPD;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z66" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N2T is the amount of fish resources and other aquatic animals that have fallen into the water intake and discharge for the same estimated period T in the absence of the FPD;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z65" w:id="62"/>
-[...15 lines deleted...]
-      N1T is the amount of fish resources and other aquatic animals that got into the water intake and discharge during the estimated period T in the presence of the FPD;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N3T is the amount of fish resources and other aquatic animals that died during the estimated period T after contact with the FPD.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z66" w:id="63"/>
-[...15 lines deleted...]
-      N2T is the amount of fish resources and other aquatic animals that have fallen into the water intake and discharge for the same estimated period T in the absence of the FPD;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The value of N3 is determined by the sum of the amount of fish resources and other aquatic animals settled on the FPD (n1), killed after contact with the FPD (n2) and killed during passage of the fish outlet branch (n3): N3 = n1 + n2 + n3.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z67" w:id="64"/>
-[...15 lines deleted...]
-      N3T is the amount of fish resources and other aquatic animals that died during the estimated period T after contact with the FPD.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The work to determine the amount of juveniles (N3) that die when contacting with FPD is carried out as follows:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z68" w:id="65"/>
-[...15 lines deleted...]
-      The value of N3 is determined by the sum of the amount of fish resources and other aquatic animals settled on the FPD (n1), killed after contact with the FPD (n2) and killed during passage of the fish outlet branch (n3): N3 = n1 + n2 + n3.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      n1 - is determined by calculating the quantities of fish resources and other aquatic animals on FPD;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z69" w:id="66"/>
-[...15 lines deleted...]
-      The work to determine the amount of juveniles (N3) that die when contacting with FPD is carried out as follows:</w:t>
+    <w:bookmarkStart w:name="z71" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      n2 is the amount of juvenile fish resources and other aquatic animals that died after being separated for survival, caught below the FPD when the water intake and discharge were working;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z70" w:id="67"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:bookmarkStart w:name="z72" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       n3 - the amount of dead juvenile fish resources and other aquatic animals after being separated for survival that underwent fish outlet. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2113,80 +2347,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>protection devices of water intake</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and escape facilities </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="70"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Installation of fish protection devices depending on the calculated flow rate</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">of water intake and discharge </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3263"/>
         <w:gridCol w:w="6376"/>
         <w:gridCol w:w="508"/>
         <w:gridCol w:w="756"/>
         <w:gridCol w:w="815"/>
         <w:gridCol w:w="582"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4086,80 +4320,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>protection devices of water intake</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and escape facilities </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="71"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cell diameters of mesh fish catching screens depending on the size of fish resources</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">and other aquatic animals </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8816"/>
         <w:gridCol w:w="501"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="427"/>
         <w:gridCol w:w="427"/>
         <w:gridCol w:w="427"/>
         <w:gridCol w:w="427"/>
       </w:tblGrid>
@@ -4912,55 +5146,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>