--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1e03a3b" w14:textId="1e03a3b">
+    <w:p w14:paraId="3db7928" w14:textId="3db7928">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -167,99 +167,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      In pursuance of paragraph 2 of Article 627 of the Code of the Republic of Kazakhstan “On taxes and other obligatory payments to the budget (Tax Code)” </w:t>
+      In accordance with subparagraph 2) of Article 676 of the Tax Code of the Republic of Kazakhstan and subparagraph 144) of paragraph 15 of the Regulations on the Ministry of Foreign Affairs of the Republic of Kazakhstan, approved by the Resolution of the Government of the Republic of Kazakhstan dated October 28, 2004 № 1118, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I hereby ORDER</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>I HEREBY ORDER:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Preamble - as amended by the order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated 31.01.2022 No. 11-1-4/37 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The preamble is amended by the Order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 09.09.2025 № 11-1-4/530 (effective from 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -709,14283 +699,13974 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>to Order № 11-1-4/227 as of May</w:t>
+              <w:t>to the Order of the Minister of foreign affairs of the</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>20, 2019 of the Minister of Foreign</w:t>
+              <w:t xml:space="preserve">Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Affairs of the</w:t>
-[...12 lines deleted...]
-              <w:t>Republic of Kazakhstan</w:t>
+              <w:t>dated May 20, 2019 № 11-1-4/227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z20" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Consular fees for consular actions performed in a foreign state</w:t>
+        <w:t xml:space="preserve"> The rates of the consular fee for performing consular actions on the territory of a foreign state</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Footnote.  Appendix 1as amended  by the orders of the Minister of Foreign Affairs of the Republic of Kazakhstan dated dated 31.01.2022 No. 11-1-4/37 (shall be enforced ten calendar days after the date of its first official publication); dated 17.05.2023 № 11-1-4/230 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+        <w:t xml:space="preserve">
+      Footnote. Appendix 1 - as amended by the Order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 21.07.2025 № 11-1-4/433 (effective ten calendar days after the date of its first official publication). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Name of the consular actions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1. Registration of a passport of a citizen of the Republic of Kazakhstan, except for registration of diplomatic and service passports of the Republic of Kazakhstan </w:t>
+The amount of rates in the currency </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...407 lines deleted...]
-660 CNY </w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Registration of a passport of a citizen of the Republic of Kazakhstan, except for registration of diplomatic and official passports of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...32 lines deleted...]
-                <w:color w:val="ff0000"/>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Excluded by the order of the Minister Foreign Affairs of the Republic of Kazakhstan dated 31.01.2022 No. 11-1-4/37 (shall be enforced ten calendar days after the date of its first official publication). </w:t>
+Registration of a passport of a citizen of the Republic of Kazakhstan, with the exception of registration of diplomatic and official passports of the Republic of Kazakhstan  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+100 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+660 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-2. Issuance of visas of the Republic of Kazakhstan </w:t>
+              <w:t>
+2. Issuance of visas of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...251 lines deleted...]
-160 CNY</w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Single-entry visa (except tourist and transit visas)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 US dollars</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+515 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...251 lines deleted...]
-515 CNY</w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Multiple-entry visa (except tourist and transit visas) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z21" w:id="1"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 year - 200 US dollars</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2 year - 400 US dollars </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 year - 600 US dollars </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 year - 800 US dollars </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5 year - 1000 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z25" w:id="2"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 year - 170 euro</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 year - 330 euro</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 year - 450 euro</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 year - 600 euro</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 year - 850 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z30" w:id="3"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 year - 170 British pounds</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 year - 330 British pounds</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 year - 450 British pounds</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 year - 600 British pounds</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 year - 810 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z34" w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 year - 200 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 year - 400 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 year - 600 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 year - 800 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 year - 1000 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z37" w:id="5"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 year - 20000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 year - 40000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 year - 60000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 year 80000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 year - 100000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z41" w:id="6"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 year - 1285 Chinese yuan</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 year - 2570 Chinese yuan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 year - 3855 Chinese yuan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-year 5140 Chinese yuan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 year - 6525 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
-            <w:tcBorders>
-[...712 lines deleted...]
-5 years- 6525 CNY</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Tourist visa:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...29 lines deleted...]
-Tourist visa:</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Single-entry visa </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+60 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+385 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...27 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Multiple-entry visa</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-single entry </w:t>
-[...215 lines deleted...]
-385 CNY</w:t>
+90 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+580 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...257 lines deleted...]
-580 CNY</w:t>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Transit visa:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...299 lines deleted...]
-130 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Single-entry visa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+20 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...277 lines deleted...]
-580 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Multiple-entry visa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+90 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+580 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-645 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Issuance of a certificate of return to the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Issuance of a certificate of return to the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3. Issuance of a certificate of return to the Republic of Kazakhstan </w:t>
+10 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+570 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-65 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Registration of petitions of citizens of the Republic of Kazakhstan regarding their stay abroad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Registration of petitions of citizens of the Republic of Kazakhstan who have traveled abroad on private business to stay for permanent residence abroad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4. Registration of applications for staying abroad from citizens of the Republic of Kazakhstan </w:t>
+140 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+900 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-900 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Registration of documents on issues of citizenship of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5. Registration of documents related to citizenship of the Republic of Kazakhstan </w:t>
+Registration of the application of foreigners and stateless persons for entry into the Republic of Kazakhstan for permanent residence and family reunification </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+100 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+645 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...251 lines deleted...]
-645 CNY</w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Application for admission to the citizenship of the Republic of Kazakhstan and restoration of citizenship of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+100 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+645 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...251 lines deleted...]
-1025 CNY</w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Application for renunciation of citizenship of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+150 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1025 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-6. Registration of births, deaths and marriages </w:t>
+              <w:t>
+6. Registration of civil status acts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
-[...251 lines deleted...]
-165 CNY</w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Birth registration and issuance of the relevant certificate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+25 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Marriage registration and issuance of a marriage certificate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Registration of marriage and issuance of a certificate of marriage </w:t>
-[...215 lines deleted...]
-225 CNY</w:t>
+35 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15.</w:t>
-[...251 lines deleted...]
-290 CNY</w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Registration of the dissolution of marriage and issuance of a certificate of divorce (for each certificate)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+45 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+290 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Registration of the dissolution of marriage with persons recognized as missing or incapacitated in accordance with the procedure established by the legislative acts of the Republic of Kazakhstan, or with persons sentenced to imprisonment for a term of at least three years for committing a crime</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-16. </w:t>
-[...251 lines deleted...]
-165 CNY</w:t>
+25 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17.</w:t>
-[...36 lines deleted...]
-Excluded by the order of the acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 17.05.2023 № 11-1-4/230 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Registration of documents in connection with the modification, addition, correction and restoration of civil status records</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+25 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18.</w:t>
-[...251 lines deleted...]
-165 CNY</w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Issuance of repeated certificates of registration of acts of civil status</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+25 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-165 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Requesting documents</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-7. Documents on-demand</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Requesting documents (for each document)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+30 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-195 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Legalization of documents, as well as reception and forwarding of documents for apostillation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Legalization of documents (for each document)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8. Legalization of documents, as well as receipt and transmission of documents for apostillation </w:t>
+35 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.</w:t>
-[...251 lines deleted...]
-225 CNY</w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Reception and forwarding of documents for apostillation (for each document)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+35 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+225 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-225 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Performing notarial acts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-9. Notarial acts</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Certification of the transaction, except for agreements on the alienation of immovable property located in the territory of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+50 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+325 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22.</w:t>
-[...251 lines deleted...]
-325 CNY</w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Issuance of an inheritance certificate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+50 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+325 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23.</w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Issuance of a certificate of ownership of a share in the common property of spouses and other persons who have property under the right of common joint ownership</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Issuance of a certificate of inheritance </w:t>
-[...215 lines deleted...]
-325 CNY</w:t>
+50 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+325 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24.</w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Authentication of the correctness of copies of documents and extracts from them (for each document)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Issuance of a certificate of ownership of a share in the common property of spouses and other persons, who have property on the basis of common joint ownership </w:t>
-[...215 lines deleted...]
-325 CNY</w:t>
+30 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25.</w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Authentication of signatures on documents (for each document)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Certification of copies of documents and extracts from them (for each document) </w:t>
-[...215 lines deleted...]
-195 CNY</w:t>
+30 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26.</w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Authentication of the correctness of the translation of documents from one language to another</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Attestation of a signature on documents (for each document) </w:t>
-[...215 lines deleted...]
-195 CNY</w:t>
+40 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+260 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27.</w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Certification of the fact that a citizen is alive</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Certification of accuracy of translation of documents from one language into another </w:t>
-[...215 lines deleted...]
-260 CNY</w:t>
+25 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28.</w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Certification of the fact that a citizen is in a certain place</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Certification of the fact of a citizen being alive </w:t>
-[...215 lines deleted...]
-165 CNY</w:t>
+25 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
-[...251 lines deleted...]
-165 CNY</w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Certification of the time of presentation of documents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+25 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30.</w:t>
-[...251 lines deleted...]
-165 CNY</w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Transfer of the application of individuals and legal entities to other individuals and legal entities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+30 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31.</w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Providing proof</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Transfer of applications from individuals and legal entities to other individuals and legal entities </w:t>
-[...215 lines deleted...]
-195 CNY</w:t>
+30 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-195 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Storage of a will, a package of documents (except for a will), money, securities and other valuables (except for inherited ones) in a consular institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-10. Keeping a will, a package of documents (except for a will), money, securities and other valuables (except for inherited ones) at a consular post</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Storage of the will at the consular institution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+50 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+325 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33.</w:t>
-[...251 lines deleted...]
-325 CNY</w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Storage of a package of documents in the consular institution, except for the will (per month)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+20 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34.</w:t>
-[...251 lines deleted...]
-130 CNY</w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Storage of money, securities, except hereditary (monthly)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-0.2 % total amount</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11. Sale of goods or other property at public auction</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-11. Sale of goods or other property at public auction</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Sale of goods or other property at public auction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1 % of the proceeds, but not less than 60 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 % of the proceeds, but not less than 45 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 % of the proceeds, but not less than 40 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 % of the proceeds, but not less than 65 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 % of the proceeds, but not less than 6000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 % of the proceeds, but not less than 385 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...299 lines deleted...]
-1 % of the proceeds, but not less than 385 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Acceptance of property or monetary amounts for transfer by affiliation for a period of up to six months</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-12. Taking property or sums of money on deposit for a period of up to six months to further transfer it to whom it may concern</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Acceptance of property or monetary amounts for transfer by affiliation for a period of up to six months (monthly)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2 % of the total amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-0.2 % of total amount</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13. Sending documents by diplomatic mail to legal entities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-13. Sending documents by diplomatic mail to legal entities</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Sending documents by diplomatic mail to legal entities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+65 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6500 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+420 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-420 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14. Issuance of a temporary certificate for the right to sail under the National Flag of the Republic of Kazakhstan in case of purchase of a vessel abroad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-14. Issuance of a temporary certificate of navigation under the State Flag of the Republic of Kazakhstan in case of acquisition of a vessel abroad</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Issuance of a temporary certificate for the right to sail under the National Flag of the Republic of Kazakhstan in case of purchase of a vessel abroad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+50 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+325 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-325 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15. Preparation or certification of any declaration or other document provided for by the legislation of the Republic of Kazakhstan or international treaties to which the Republic of Kazakhstan is a party in respect of vessels of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-15. Drawing up or certification of any declaration or another document provided for by the legislation of the Republic of Kazakhstan or international treaties, to which the Republic of Kazakhstan is a party, in relation to the vessels of the Republic of Kazakhstan</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Preparation or certification of any declaration or other document provided for by the legislation of the Republic of Kazakhstan or international treaties to which the Republic of Kazakhstan is a party in respect of vessels of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+60 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+385 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-385 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16. Drafting an act on maritime protest in case of loss or damage of a vessel or cargo (shipwreck) of the Republic of Kazakhstan located abroad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-16. Drawing up a letter of sea protest in the event of the loss of or damage to a vessel or cargo (shipwreck) of the Republic of Kazakhstan located abroad</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Drawing up an act of maritime protest in the event of loss or damage to a vessel or cargo (shipwreck) of the Republic of Kazakhstan located abroad, and other incidents that occurred during the voyage or parking of the vessel, which may be the basis for filing property claims against the shipowner in order to provide evidence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+60 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+385 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...281 lines deleted...]
-385 CNY</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17. Issuance of other documents (certificates) of legal significance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Issuance of other documents (certificates) of legal significance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-17. Issuance of other legally binding documents (certificates) </w:t>
-[...292 lines deleted...]
-325 CNY</w:t>
+50 US dollars </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 euro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 British pounds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 Swiss francs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5000 Russian rubles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+325 Chinese yuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -15123,203 +14804,203 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> No. 08-1-1-1/249 of the Secretary of State - Minister of Foreign Affairs of the Republic of Kazakhstan as of July 14, 2010 “On approval of consular fees levied for the performance of consular actions, and also consular fees for accelerated procedure” (registered in the State Registration Register of Regulatory Legal Acts under No. 6372 on August 2, 2010, published in “The Kazakhstanskaya Pravda” on November 6, 2010, No. 295-296 (26356-26357)).</w:t>
+        <w:t xml:space="preserve"> № 08-1-1-1/249 of the Secretary of State - Minister of Foreign Affairs of the Republic of Kazakhstan as of July 14, 2010 “On approval of consular fees levied for the performance of consular actions, and also consular fees for accelerated procedure” (registered in the State Registration Register of Regulatory Legal Acts under № 6372 on August 2, 2010, published in “The Kazakhstanskaya Pravda” on November 6, 2010, № 295-296 (26356-26357)).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> No. 08-1-1-1/352 of the Minister of Foreign Affairs of the Republic of Kazakhstan as of August 22, 2012 “On amendment to Order No. 08-1-1-1/249 of the Secretary of State - Minister of Foreign Affairs of the Republic of Kazakhstan as of July 14, 2010 “On approval of consular fees levied for the performance of consular actions, and also consular fees for accelerated procedure” (registered in the State Registration Register of Regulatory Legal Acts under No. 7923 on September 24, 2012, published in “The Kazakhstanskaya Pravda” on October 31, 2012, No. 375-376 (27194 -27195); in “Egemen Kazakhstan” on October 31, 2012, No. 710-716 (27788)). </w:t>
+        <w:t xml:space="preserve"> № 08-1-1-1/352 of the Minister of Foreign Affairs of the Republic of Kazakhstan as of August 22, 2012 “On amendment to Order № 08-1-1-1/249 of the Secretary of State - Minister of Foreign Affairs of the Republic of Kazakhstan as of July 14, 2010 “On approval of consular fees levied for the performance of consular actions, and also consular fees for accelerated procedure” (registered in the State Registration Register of Regulatory Legal Acts under № 7923 on September 24, 2012, published in “The Kazakhstanskaya Pravda” on October 31, 2012, № 375-376 (27194 -27195); in “Egemen Kazakhstan” on October 31, 2012, № 710-716 (27788)). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> No. 08-1-1-1/205 of the Minister of Foreign Affairs of the Republic of Kazakhstan as of May 29, 2013 “On amendments and additions to Order No. 08-1-1-1/249 of the Secretary of State - Minister of Foreign Affairs of the Republic of Kazakhstan as of July 14, 2010 “On approval of consular fees levied for the performance of consular actions, and also consular fees for accelerated procedure” (registered in the State Registration Register of Regulatory Legal Acts under No. 8512 on June 14, 2013, published in “The Kazakhstanskaya Pravda” on July 3, 2013, No. 224 (27 498); in “Egemen Kazakhstan” on July 3, 2013, No. 162 (28101)).</w:t>
+        <w:t xml:space="preserve"> № 08-1-1-1/205 of the Minister of Foreign Affairs of the Republic of Kazakhstan as of May 29, 2013 “On amendments and additions to Order № 08-1-1-1/249 of the Secretary of State - Minister of Foreign Affairs of the Republic of Kazakhstan as of July 14, 2010 “On approval of consular fees levied for the performance of consular actions, and also consular fees for accelerated procedure” (registered in the State Registration Register of Regulatory Legal Acts under № 8512 on June 14, 2013, published in “The Kazakhstanskaya Pravda” on July 3, 2013, № 224 (27 498); in “Egemen Kazakhstan” on July 3, 2013, № 162 (28101)).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> No. 11-1-2/582 of the Minister of Foreign Affairs of the Republic of Kazakhstan as of December 15, 2015 “On amendments to Order No. 08-1-1-1/249 of the Secretary of State - Minister of Foreign Affairs of the Republic of Kazakhstan as of July 14, 2010 “On approval of consular fees levied for the performance of consular actions, and also consular fees for accelerated procedure” (registered in the State Registration Register of Regulatory Legal Acts under No. 12710 on December 31, 2015, published in the “Adilet” Legal Information System on January 22, 2016; in “The Kazakhstanskaya Pravda” on July 28, 2016, No. 143 (28269); on July 30, 2016, No. 145 (28271), in “Egemen Kazakhstan” on July 28, 2016, No. 143 (28871); on July 30, 2016, No. 145 (28873)). </w:t>
+        <w:t xml:space="preserve"> № 11-1-2/582 of the Minister of Foreign Affairs of the Republic of Kazakhstan as of December 15, 2015 “On amendments to Order № 08-1-1-1/249 of the Secretary of State - Minister of Foreign Affairs of the Republic of Kazakhstan as of July 14, 2010 “On approval of consular fees levied for the performance of consular actions, and also consular fees for accelerated procedure” (registered in the State Registration Register of Regulatory Legal Acts under № 12710 on December 31, 2015, published in the “Adilet” Legal Information System on January 22, 2016; in “The Kazakhstanskaya Pravda” on July 28, 2016, № 143 (28269); on July 30, 2016, № 145 (28271), in “Egemen Kazakhstan” on July 28, 2016, № 143 (28871); on July 30, 2016, № 145 (28873)). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> No. 11-1-2/508 of the Minister of Foreign Affairs of the Republic of Kazakhstan as of November 3, 2017 “On amendments to Order No. 08-1-1-1/249 of the Secretary of State - Minister of Foreign Affairs of the Republic of Kazakhstan as of July 14, 2010 “On approval of consular fees levied for the performance of consular actions, and also consular fees for accelerated procedure” (registered in the State Registration Register of Regulatory Legal Acts under No. 15972 on November 3, 2017, published in electronic form in the Reference Control Bank of the RLA of the Republic of Kazakhstan on November 21, 2017; in “The Kazakhstanskaya Pravda” on November 28,2017, No. 229 (28608). </w:t>
+        <w:t xml:space="preserve"> № 11-1-2/508 of the Minister of Foreign Affairs of the Republic of Kazakhstan as of November 3, 2017 “On amendments to Order № 08-1-1-1/249 of the Secretary of State - Minister of Foreign Affairs of the Republic of Kazakhstan as of July 14, 2010 “On approval of consular fees levied for the performance of consular actions, and also consular fees for accelerated procedure” (registered in the State Registration Register of Regulatory Legal Acts under № 15972 on November 3, 2017, published in electronic form in the Reference Control Bank of the RLA of the Republic of Kazakhstan on November 21, 2017; in “The Kazakhstanskaya Pravda” on November 28,2017, № 229 (28608). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -15701,31 +15382,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>