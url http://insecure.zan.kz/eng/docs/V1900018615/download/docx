--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="12e1491" w14:textId="12e1491">
+    <w:p w14:paraId="b749c8a" w14:textId="b749c8a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,335 +105,362 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
+        <w:t>Invalidated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
         <w:t>Unofficial translation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order № 111 of the Minister of Culture and Sport of the Republic of Kazakhstan dated April 22, 2019. Registered in the Ministry of Justice of the Republic of Kazakhstan on May 2, 2019 № 18615</w:t>
-[...28 lines deleted...]
-        <w:t>Unofficial translation</w:t>
+        <w:t>Order № 111 of the Minister of Culture and Sport of the Republic of Kazakhstan dated April 22, 2019. Registered in the Ministry of Justice of the Republic of Kazakhstan on May 2, 2019 № 18615. Abrogated by the order of the Acting Minister of Culture and Information of the Republic of Kazakhstan dated 18.08.2025 № 393-NK (effective from 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Abrogated by the order of the Acting Minister of Culture and Information of the Republic of Kazakhstan dated 18.08.2025 № 393-NK (effective from 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with part eight of Article 394 of the Code of the Republic of Kazakhstan dated December 25, 2017 "On Taxes and Other Obligatory Payments to the Budget" (Tax Code), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I ORDER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. To approve the attached list of works and services performed and rendered by the cinematographic organization for the investor during the production of films.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. The Department for Culture and Arts of the Ministry of Culture and Sport of the Republic of Kazakhstan in the manner established by the legislation of the Republic of Kazakhstan shall ensure: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) state registration of this order in the Ministry of Justice of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      1) state registration of this order in the Ministry of Justice of the Republic of Kazakhstan;</w:t>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) sending of this order in the Kazakh and Russian languages to the Republican state enterprise on the right of economic management "Republican Center for Legal Information" for official publication and inclusion to the Standard control bank of regulatory legal acts of the Republic of Kazakhstan within ten calendar days from the date of state registration;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...15 lines deleted...]
-      2) sending of this order in the Kazakh and Russian languages to the Republican state enterprise on the right of economic management "Republican Center for Legal Information" for official publication and inclusion to the Standard control bank of regulatory legal acts of the Republic of Kazakhstan within ten calendar days from the date of state registration;</w:t>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) placement of this order on the Internet resource of the Ministry of Culture and Sport of the Republic of Kazakhstan within two working days after entering it into force;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
-[...15 lines deleted...]
-      3) placement of this order on the Internet resource of the Ministry of Culture and Sport of the Republic of Kazakhstan within two working days after entering it into force;</w:t>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) submission of information on implementation of measures to the Department of legal service of the Ministry of Culture and Sport of the Republic of Kazakhstan within two working days after implementation of measures provided for in this paragraph.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      4) submission of information on implementation of measures to the Department of legal service of the Ministry of Culture and Sport of the Republic of Kazakhstan within two working days after implementation of measures provided for in this paragraph.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       3. Control over execution of this order shall be assigned to the supervising Vice-Minister of Culture and Sport of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...15 lines deleted...]
-       3. Control over execution of this order shall be assigned to the supervising Vice-Minister of Culture and Sport of the Republic of Kazakhstan.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. This order shall be enforced upon expiry of ten calendar days after its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7768"/>
-        <w:gridCol w:w="4232"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7768" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -444,51 +473,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Minister of Culture and Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7768" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -496,51 +525,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of the Republic Of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4232" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -791,306 +820,328 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated April 22, 2019, № 111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> List of works and services performed and rendered by the cinematographic organization</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>for the investor during the production of films</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Consulting services.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...15 lines deleted...]
-      1. Consulting services.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Services for the provision of studio stages.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      2. Services for the provision of studio stages.</w:t>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Services for the provision of exterior shooting sites.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...15 lines deleted...]
-      3. Services for the provision of exterior shooting sites.</w:t>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Services for the provision of equipment and machinery.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      4. Services for the provision of equipment and machinery.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Services for hiring actors and film crew.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...15 lines deleted...]
-      5. Services for hiring actors and film crew.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Services for the provision of costumes, props, makeup and pyrotechnics.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
-[...15 lines deleted...]
-      6. Services for the provision of costumes, props, makeup and pyrotechnics.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Services for the provision of office spaces.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      7. Services for the provision of office spaces.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Works on production of decorative and technical structures.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      8. Works on production of decorative and technical structures.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Services for installation, sound recording, re-recording, film processing laboratories, computer graphics, combined shooting, duplication, dubbing, noise design.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1420,35 +1471,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>