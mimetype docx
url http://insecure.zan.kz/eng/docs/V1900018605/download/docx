--- v0 (2025-10-12)
+++ v1 (2025-12-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e9c0b10" w14:textId="e9c0b10">
+    <w:p w14:paraId="62a2827" w14:textId="62a2827">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,51 +131,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Digital Development, Defense and Aerospace Industry of the Republic of Kazakhstan dated April 24, 2019 No. 54/НҚ. Registered with the Ministry of Justice of the Republic of Kazakhstan on April 29, 2019 No. 18605.</w:t>
+        <w:t>Order of the Minister of Digital Development, Defense and Aerospace Industry of the Republic of Kazakhstan dated April 24, 2019 № 54/НҚ. Registered with the Ministry of Justice of the Republic of Kazakhstan on April 29, 2019 № 18605.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -263,51 +263,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. To recognize as terminated </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t> Acting Minister for Investment and Development of the Republic of Kazakhstan dated January 28, 2016 No. 114 “On approval of qualification requirements for liquidation (destruction, disposal, dumping) activities and the processing of released ammunition, weapons, military equipment, special equipment and list of documents confirming compliance with them” (registered in the Register of State Registration of Normative Legal Acts No. 13454, published April 19, 2016 in the "Adilet" information and legal system). </w:t>
+        <w:t> Acting Minister for Investment and Development of the Republic of Kazakhstan dated January 28, 2016 № 114 “On approval of qualification requirements for liquidation (destruction, disposal, dumping) activities and the processing of released ammunition, weapons, military equipment, special equipment and list of documents confirming compliance with them” (registered in the Register of State Registration of Normative Legal Acts № 13454, published April 19, 2016 in the "Adilet" information and legal system). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The Department of Development of the Military-Industrial Complex of the Ministry of Digital Development, Defense and Aerospace Industry of the Republic of Kazakhstan, in the manner prescribed by law, shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1108,88 +1108,88 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated April 24, 2019</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>No. 54/НҚ</w:t>
+              <w:t>№ 54/НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Qualification requirements  for  iquidation (destruction, disposal, burial) activities and processing of released ammunition,  weapons, military equipment, special equipment and list of documents confirming compliance with them </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Qualification requirements - as amended by the order of the  acting Minister of Industry and Infrastructure Development of the Republic of Kazakhstan dated 08.07.2022 No. 395 (shall be enforced sixty calendar days after the date of its first official publication); as amended by the order of the Minister of Industry and Infrastructure Development of the Republic of Kazakhstan dated 12.04.2023 No. 246 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+      Footnote. Qualification requirements - as amended by the order of the  acting Minister of Industry and Infrastructure Development of the Republic of Kazakhstan dated 08.07.2022 № 395 (shall be enforced sixty calendar days after the date of its first official publication); as amended by the order of the Minister of Industry and Infrastructure Development of the Republic of Kazakhstan dated 12.04.2023 № 246 (shall be enforced sixty calendar days after the date of its first official publication); dated 11.09.2025 № 356 (shall be enforced ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1205,51 +1205,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-No.</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2909,141 +2909,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-schedule of organization of work for the specified sub-type of activity</w:t>
+Plan schedule of organization of production for the specified sub-type of activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-schedule for liquidation through destruction, recycling, burial and processing of released ammunition approved by the head of the organization, a document agreed with the authorized body for defense industry and state defense order for compliance with the current policy in the defense industry in accordance with Appendix 2 to the qualification requirements for activities in liquidation through destruction, recycling, burial and processing of released ammunition, weapons, military equipment, special means and  list of documents confirming compliance with them</w:t>
+Plan schedule for liquidation through destruction, recycling, burial and processing of released ammunition approved by the head of the organization, a document agreed with the authorized body for defense industry and state defense order for compliance with the current policy in the defense industry in accordance with Appendix 2 to the qualification requirements for activities in liquidation through destruction, recycling, burial and processing of released ammunition, weapons, military equipment, special means and  list of documents confirming compliance with them</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
- </w:t>
+              <w:t>
+When analyzing compliance with the planned activity, documents of the state planning system are taken into account, defining development directions of the defense industry, as well as instructions (orders) of the state and government leadership on military security issues of the state</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3077,51 +3059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Excluded by the order of the Minister of Industry and Infrastructure Development of the Republic of Kazakhstan dated 12.04.2023 No. 246 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+Excluded by the order of the Minister of Industry and Infrastructure Development of the Republic of Kazakhstan dated 12.04.2023 № 246 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4298,51 +4280,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 the form of information in accordance with</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Appendix 1 to these qualification requirements for carrying out liquidation activities through destruction, disposal, burial and processing of released ammunition, weapons, military equipment, special equipment and  list of documents confirming compliance with them</w:t>
+Appendix 1 to these qualification requirements for carrying out liquidation activities through destruction, disposal, burial and processing of released ammunition, weapons, military equipment, special equipment and list of documents confirming compliance with them</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4411,87 +4393,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-official in charge of fire safety and organization of security guarding  measures </w:t>
+official in charge of fire safety and organization of security guarding measures </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-copy of the order on appointing the  person  in charge</w:t>
+copy of the order on appointing the person  in charge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4733,232 +4715,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
- </w:t>
+              <w:t>
+Plan schedule of organization of production for the specified sub-type of activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-schedule for liquidation through destruction, recycling, burial and processing of released ammunition, military hardware, special equipment  approved by the head of the organization, a document agreed with the authorized body for defense industry and state defense order for compliance with the current policy in the defense industry in accordance with Appendix 3 to the qualification requirements for liquidation through destruction, recycling, burial activities and processing of released ammunition, weapons, military equipment, special means and  list of documents confirming compliance with them</w:t>
-[...17 lines deleted...]
- </w:t>
+Plan schedule for liquidation through destruction, recycling, burial and processing of released weapons, military equipment, and special means approved by the head of the organization, a document agreed upon with the authorized body in the field of defense industry for compliance with the defense industry policy in accordance with Appendix 3 to the qualification requirements for activities in liquidation through destruction, recycling, burial and processing of released ammunition, weapons, military equipment, special means and  list of documents confirming compliance with them</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
- </w:t>
+              <w:t>
+When analyzing compliance with the planned activity, documents of the state planning system are taken into account, defining development directions of the defense industry, as well as instructions (orders) of the state and government leadership on military security issues of the state</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4992,51 +4866,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-excluded by the order of the Minister of Industry and Infrastructure Development of the Republic of Kazakhstan dated 12.04.2023 No. 246 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+excluded by the order of the Minister of Industry and Infrastructure Development of the Republic of Kazakhstan dated 12.04.2023 № 246 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7552,87 +7426,117 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(operations)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>mail code, oblast,city</w:t>
+              <w:t xml:space="preserve">mail code, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>oblast,city</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>region, populated locality,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">street name,house/building </w:t>
+              <w:t xml:space="preserve">street </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>name,house</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/building </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7799,51 +7703,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-No.</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9337,87 +9241,117 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(operations)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>mail code, oblast,city</w:t>
+              <w:t xml:space="preserve">mail code, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>oblast,city</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>region, populated locality,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">street name,house/building </w:t>
+              <w:t xml:space="preserve">street </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>name,house</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/building </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9584,51 +9518,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-No.</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10547,31 +10481,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>