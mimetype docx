--- v0 (2025-10-05)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c31f95c" w14:textId="c31f95c">
+    <w:p w14:paraId="1a1bc8d" w14:textId="1a1bc8d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -525,51 +525,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      of the Republic Of Kazakhstan</w:t>
+              <w:t>      of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1061,69 +1061,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> dated April 24, 2019, № 53/RD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Qualification requirements  for implementation of activities for development, production, repair, purchase and sale of ammunition, weapons  and military equipment, spare parts, components and devices for them, as well as special materials and equipment  for their production, including assembling, commissioning, modernization, installation, use, storage,  repair and maintenance and a list of documents confirming compliance with them</w:t>
+        <w:t xml:space="preserve"> Qualification requirements  for implementation of activities for development, production, repair, purchase and sale of ammunition, weapons and military equipment, spare parts, components and devices for them, as well as special materials and equipment  for their production, including assembling, commissioning, modernization, installation, use, storage, repair and maintenance and a list of documents confirming compliance with them</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Footnote. Qualification requirements - as amended by the order of the acting Minister of industry and infrastructure development of the Republic of Kazakhstan dated 08.07.2022 No. 395 (shall be enforced sixty calendar days after the date of its first official publication); as amended by the order of the Minister of industry and infrastructure development of the Republic of Kazakhstan dated 12.04.2023 No. 246 (shall be enforced sixty calendar days after the day of its first official publication). </w:t>
+        <w:t>
+      Footnote. Qualification requirements - as amended by the order of the acting Minister of industry and infrastructure development of the Republic of Kazakhstan dated 08.07.2022 № 395 (shall be enforced sixty calendar days after the date of its first official publication); as amended by the order of the Minister of industry and infrastructure development of the Republic of Kazakhstan dated 12.04.2023 № 246 (shall be enforced sixty calendar days after the day of its first official publication); dated 11.09.2025 № 356 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1660,51 +1660,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ualified specialists with appropriate technical education, work experience of at least one year in the specialty</w:t>
+qualified specialists with appropriate technical education, work experience of at least one year in the specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2880,123 +2880,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-a schedule of the organization of production for the specified subtype of activity</w:t>
+a schedule - plan for organizing production for the specified subtype of activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-a schedule for development, production of ammunition, weapons and military equipment, spare parts, components and devices for them, special materials, equipment for their production, including assembling, commissioning, modernization, installation, use, storage, repair and maintenance, approved by the head of the organization, a document agreed with the authorized body in the field of defense industry and the state defense order for compliance with the policy in the field of defense industry in accordance with Appendix 2 to these qualification requirements for development, production, repair, purchase and sale of ammunition, weapons and military equipment, spare parts, components and devices to them, and also special materials and equipment for their production, including assembling, commissioning, modernization, installation, use, storage, repair and maintenance and a list of documents confirming compliance with them </w:t>
+              <w:t>
+a schedule-plan for the development and production of ammunition, weapons and military equipment, spare parts, components and instruments thereto, special materials, and equipment for their manufacture, including installation, adjustment, modernization, commissioning, operation, storage, repair and maintenance, approved by the head of the organization; a document agreed with the authorized body in the field of the defence industry regarding its compliance with the defence industry policy in accordance with Appendix 2 to these qualification requirements for carrying out activities related to the development, production, repair, procurement and sale of ammunition, weapons and military equipment, spare parts, components and instruments thereto, as well as special materials and equipment for their manufacture, including installation, adjustment, modernization, commissioning, operation, storage, repair and maintenance; and a list of documents confirming compliance therewith.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-when analyzing the compliance of the planned activities, the documents of the state planning system determining the directions of development of the defense industry, as well as instructions (orders) of the leadership of the state and the government on the issues of military security of the state are taken into account</w:t>
+when conducting an analysis for compliance with the planned activity, documents of the state planning system that determine the directions of development of the defence industry, as well as instructions (orders) of the heads of the state and the government on issues of military security of the state shall be taken into account</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3030,51 +3048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-excluded by the order of the Minister of industry and infrastructure development of the Republic of Kazakhstan dated 12.04.2023 No. 246 (shall be enforced sixty calendar days after the date of its first official publication). </w:t>
+excluded by the order of the Minister of industry and infrastructure development of the Republic of Kazakhstan dated 12.04.2023 № 246 (shall be enforced sixty calendar days after the date of its first official publication). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4518,123 +4536,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-a schedule of organization of production for the specified subtype of activity</w:t>
+a schedule - plan for organizing production for the specified subtype of activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-a schedule for the repair of ammunition, weapons and military equipment, spare parts, components and devices for them, special materials and equipment for their production, including assembling, commissioning, modernization, installation, use, storage, repair and maintenance, approved by the head of the organization, a document agreed with the authorized body in the field of defense industry and the state defense order for compliance with the policy in the field of defense industry in accordance with Appendix 3 to these qualification requirements for the development, production, repair, purchase and sale of ammunition, weapons and military equipment, spare parts, components and devices to them, and also special materials and equipment for their production, including assembling, commissioning, modernization, installation, use, storage, repair and maintenance and a list of documents confirming compliance with them </w:t>
+              <w:t>
+a schedule-plan for the repair of ammunition, weapons and military equipment, spare parts, components and instruments thereto, special materials and equipment for their manufacture, including installation, adjustment, modernization, commissioning, operation, storage, repair and maintenance, approved by the head of the organization; a document agreed with the authorized body in the field of the defence industry regarding its compliance with the defence industry policy in accordance with Appendix 3 to these qualification requirements for carrying out activities related to the development, production, repair, procurement and sale of ammunition, weapons and military equipment, spare parts, components and instruments thereto, as well as special materials and equipment for their manufacture, including installation, adjustment, modernization, commissioning, operation, storage, repair and maintenance; and a list of documents confirming compliance therewith.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-when analyzing the compliance of the planned activities, the documents of the state planning system determining the directions of development of the defense industry, as well as instructions (orders) of the leadership of the state and the government on the issues of military security of the state are taken into account</w:t>
+when conducting an analysis for compliance with the planned activity, documents of the state planning system that determine the directions of development of the defence industry, as well as instructions (orders) of the heads of the state and the government on issues of military security of the state shall be taken into account</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4668,51 +4686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-excluded by the order of the Minister of industry and infrastructure development of the Republic of Kazakhstan dated 12.04.2023 No. 246 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+excluded by the order of the Minister of industry and infrastructure development of the Republic of Kazakhstan dated 12.04.2023 № 246 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4787,51 +4805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-for the head or deputy head of a legal entity, including the head or deputy head of its branch, as well as an individual carrying out a licensed type of activity, higher technical education  </w:t>
+for the head or deputy head of a legal entity, including the head or deputy head of its branch, as well as an individual carrying out a licensed type of activity, higher technical education </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
@@ -4939,51 +4957,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-qualified specialists with appropriate technical education, work experience of at least one year in the specialty    </w:t>
+qualified specialists with appropriate technical education, work experience of at least one year in the specialty </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5679,124 +5697,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-a schedule of the organization of production for the specified subtype of activity </w:t>
+              <w:t>
+a schedule - plan for organizing production for the specified subtype of activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-a schedule for the purchase and sale of ammunition, weapons and military equipment, spare parts, components and devices for them, special materials, equipment for their production, including assembling, commissioning, modernization, installation, use, storage, repair and maintenance, approved by the head of the organization, a document agreed with the authorized body in the field of defense industry and the state defense order for compliance with the policy in the field of defense industry in accordance with Appendix 4 to these qualification requirements for the development, production, repair, purchase and sale of ammunition, weapons and military equipment, spare parts, components and devices to them, and also special materials and equipment for their production, including assembling, commissioning, modernization, installation, use, storage, repair and maintenance and a list of documents confirming compliance with them  </w:t>
+              <w:t>
+a schedule-plan for the procurement and sale of ammunition, weapons and military equipment, spare parts, components and instruments thereto, special materials and equipment for their manufacture, including installation, adjustment, modernization, commissioning, operation, storage, repair and maintenance, approved by the head of the organization; a document agreed with the authorized body in the field of the defence industry regarding its compliance with the defence industry policy in accordance with Appendix 4 to these qualification requirements for carrying out activities related to the development, production, repair, procurement and sale of ammunition, weapons and military equipment, spare parts, components and instruments thereto, as well as special materials and equipment for their manufacture, including installation, adjustment, modernization, commissioning, operation, storage, repair and maintenance; and a list of documents confirming compliance therewith.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-when analyzing the compliance of the planned activities, the documents of the state planning system determining the directions of development of the defense industry, as well as instructions (orders) of the leadership of the state and the government on the issues of military security of the state are taken into account</w:t>
+when analyzing compliance with the planned activity, documents of the state planning system that determine the directions of development of the defence industry, as well as instructions (orders) of the heads of the state and the government on issues of military security of the state, shall be taken into account</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5830,51 +5848,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-excluded by the order of the Minister of industry and infrastructure development of the Republic of Kazakhstan dated 12.04.2023 No. 246 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
+excluded by the order of the Minister of industry and infrastructure development of the Republic of Kazakhstan dated 12.04.2023 № 246 (shall be enforced sixty calendar days after the date of its first official publication).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6114,51 +6132,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">for development, production, repair, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>purchaseand sale of ammunition, weapons</w:t>
+              <w:t>purchase and sale of ammunition, weapons</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>and military equipment, spare parts,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6192,51 +6210,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">installation, use, storage, repair and maintenance, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>and a list  of documents confirming</w:t>
+              <w:t>and a list of documents confirming</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">compliance with them </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6259,754 +6277,1438 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. For the subtype of activities for development, production of ammunition, weapons and military equipment, spare parts, components and devices for them, special materials, equipment for their production, including assembling, commissioning, modernization, installation, use, storage, repair and maintenance, the following is needed:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1) the head or deputy head of a legal entity, including the head or deputy head of a branch, as </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      1) the head or deputy head of a legal entity, including the head or deputy head of a branch, as well as an individual carrying out a licensed type of activity has a higher technical education:</w:t>
+      well as an individual carrying out a licensed type of activity has a higher technical education:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      surname, first name, patronymic (if any) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      surname, first name, patronymic (if any) _______________________________________________________________________;</w:t>
+      _______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      position </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      position ________________________________________________________________________________________________;</w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of the appointment order ______________________________________________________________________;</w:t>
+      ________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of the appointment order </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      major discipline  ________________________________________________________________________________;</w:t>
+      ______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      major discipline </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of issue of the diploma of higher technical education _______________________________________________;</w:t>
+      _________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of issue of the diploma of higher technical education </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      name of the higher educational institution that issued the diploma ___________________________________________________;</w:t>
+      _______________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      name of the higher educational institution that issued the diploma </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) the qualified specialists with appropriate technical education, work experience of at least one year in the specialty:</w:t>
+      ___________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) the qualified specialists with appropriate technical education, work experience of at least </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      surname, first name, patronymic (if any) _______________________________________________________________________;</w:t>
+      one year in the specialty:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      surname, first name, patronymic (if any) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      position  _________________________________________________________________________________________________;</w:t>
+      _______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      position </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of signing of the appointment order _____________________________________________________________;</w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      work experience in the specialty ______________________________________________________________________________;</w:t>
+      ______________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of signing of the appointment order </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      major discipline  _________________________________________________________________________________;</w:t>
+      _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      work experience in the specialty </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of issue of the diploma of higher technical education ________________________________________________;</w:t>
+      _________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      major discipline </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      name of the higher educational institution that issued the diploma ____________________________________________________;</w:t>
+      _________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of issue of the diploma of higher technical education </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      name of the higher educational institution that issued the diploma </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) an industrial and technical base located on the property right, fenced, isolated, located at a safe distance from residential, public and industrial facilities provided for by current regulations, meeting the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population, fire safety and including:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      a specialized production building </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      a specialized production building ____________________________________________________________________;</w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      equipment, stand, lifting mechanism </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      equipment, stand, lifting mechanism _______________________________________________________________________;</w:t>
+      _______________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      a specially equipped territory and a room for storing and conducting controlled tests of developed and manufactured products </w:t>
+      a specially equipped territory and a room for storing and conducting controlled tests of </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      developed and manufactured products </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of issue of the diploma of higher technical education </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of issue of the diploma of higher technical education _________________________________________________;</w:t>
+      _________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      name of the higher educational institution that issued the diploma </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      name of the higher educational institution that issued the diploma ______________________________________________________;</w:t>
+      ______________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) an industrial and technical base located on the property right, fenced, isolated, located at a safe distance from residential, public and industrial facilities provided for by current regulations, meeting the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population, fire safety and including:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      a specialized production building </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      a specialized production building ____________________________________________________________________;</w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      equipment, stand, lifting mechanism </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      equipment, stand, lifting mechanism _______________________________________________________________________;</w:t>
+      _______________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      a specially equipped territory and a room for storing and conducting control tests of the developed and manufactured products </w:t>
+      a specially equipped territory and a room for storing and conducting control tests of the </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      developed and manufactured products </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       ____________________________________________________________________________________________________;</w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      office space for accommodation of staff _______________________________________________________;</w:t>
+      __________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      office space for accommodation of staff </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      cadastral number of immovable property (location) ______________________________________________________;</w:t>
+      _______________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      information about the presence of fencing, insulation, distance from residential and industrial facilities, </w:t>
+      cadastral number of immovable property (location) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      in meters _____________________________________________________________________;</w:t>
+      ______________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) measuring instruments that meet the operating conditions and the requirements of the legislation on ensuring the uniformity </w:t>
+      information about the presence of fencing, insulation, distance from residential and industrial </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      facilities, in meters </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) measuring instruments that meet the operating conditions and the requirements of the </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      legislation on ensuring the uniformity </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       of measurements established for them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      information about the availability of measuring instruments </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      information about the availability of measuring instruments ___________________________________________________________;</w:t>
+      ___________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of the certificate of verification of the measuring instrument </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of the certificate of verification of the measuring instrument ____________________________________________;</w:t>
+      ____________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) instructions approved by the head of the organization for the safe conduct of work on </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) instructions approved by the head of the organization for the safe conduct of work on development and production:</w:t>
+      development and production:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      information about the availability of instructions approved by the head of the organization for </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      information about the availability of instructions approved by the head of the organization for the safe</w:t>
+      the safe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      conduct of work on development and production </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      conduct of work on development and production __________________________________________________________________;</w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) a log on accounting and storage of materials, semi-finished products (blanks), component </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) a log on accounting and storage of materials, semi-finished products (blanks), component parts, finished and defective products:</w:t>
+      parts, finished and defective products:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      information about the availability of a log for accounting and storage of materials, semi-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      information about the availability of a log for accounting and storage of materials, semi-finished </w:t>
+      finished </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      products (blanks), component parts, finished and defective products </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      products (blanks), component parts, finished and defective products ___________________________________________________.</w:t>
+      ___________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. For the subtype of activities for the repair of ammunition, weapons and military equipment, spare parts, components and devices for them, special materials and equipment for their production, including assembling, commissioning, modernization, installation, use, storage, repair and maintenance, the following is needed:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7015,502 +7717,916 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) the head or deputy head of a legal entity, including the head or deputy head</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      of its branch, as well as an individual carrying out a licensed type of activity, has a higher </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      of its branch, as well as an individual carrying out a licensed type of activity, has a higher technical education:</w:t>
+      technical education:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      surname, first name, patronymic (if any) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      surname, first name, patronymic (if any) _______________________________________________________________________;</w:t>
+      _______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      position </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      position  ________________________________________________________________________________________________;</w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of the appointment order _____________________________________________________________________;</w:t>
+      _____________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of the appointment order </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      major discipline  ____________________________________________________________________________________;</w:t>
+      _____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      major discipline </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of issue of the diploma of higher technical education _______________________________________________;</w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      name of the higher educational institution that issued the diploma___________________________________________________; </w:t>
+      number and date of issue of the diploma of higher technical education </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) qualified specialists with appropriate technical education, work experience of at least one year in the specialty:</w:t>
+      _______________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      name of the higher educational institution that issued the </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      diploma___________________________________________________; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) qualified specialists with appropriate technical education, work experience of at least one </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      surname, first name, patronymic (if any) _______________________________________________________________________;</w:t>
+      year in the specialty:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      surname, first name, patronymic (if any) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      position _________________________________________________________________________________________________;</w:t>
+      _______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      position </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of signing of the appointment order _____________________________________________________________;</w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      work experience in the specialty _____________________________________________________________________________;</w:t>
+      _______________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of signing of the appointment order </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      major discipline  _____________________________________________________________________________________;</w:t>
+      _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      work experience in the specialty </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of issue of the diploma of higher technical education ___________________________________________;</w:t>
+      _________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      major discipline </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      name of the higher educational institution that issued the diploma __________________________________________________;</w:t>
+      _________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of issue of the diploma of higher technical education </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) an industrial and technical base on the basis of the right of ownership, fenced, isolated, located</w:t>
+      ___________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      at a safe distance from residential, public and industrial facilities provided for by current regulations, </w:t>
+      name of the higher educational institution that issued the diploma </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      meeting the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population, fire safety and including:</w:t>
+      __________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      a specialized production building, hangar ___________________________________________________________________;</w:t>
+      3) an industrial and technical base on the basis of the right of ownership, fenced, isolated, located at a safe distance from residential, public and industrial facilities provided for by current regulations, meeting the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population, fire safety and including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      a specialized production building, hangar </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      equipment, stand, lifting mechanism ___________________________________________________________________________;</w:t>
+      ___________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      equipment, stand, lifting mechanism </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       a specially equipped territory and a room for storing and conducting</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      control tests of products after repairs </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      control tests of products after repairs _______________________________________________________;</w:t>
+      _______________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      office space for accommodation of staff </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      office space for accommodation of staff __________________________________________________________;</w:t>
+      __________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      cadastral number of immovable property (location) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      cadastral number of immovable property (location) _________________________________________________________;</w:t>
+      _________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      information about the presence of fencing, insulation, distance from residential and industrial </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      information about the presence of fencing, insulation, distance from residential and industrial facilities, in meters</w:t>
+      facilities, in meters</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________________________________________________________;</w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) measuring instruments corresponding to the operating conditions and the requirements</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7519,822 +8635,1330 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       of the legislation on ensuring the uniformity of measurements established for them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      information on the availability of measuring instruments </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      information on the availability of measuring instruments ________________________________________________________;</w:t>
+      ________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of the certificate of verification of the measuring instrument </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of the certificate of verification of the measuring instrument _______________________________________;</w:t>
+      _______________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) a log on accounting and storage of materials, semi-finished products (blanks), component </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) a log on accounting and storage of materials, semi-finished products (blanks), component parts, products:</w:t>
+      parts, products:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      information on the availability of a log on accounting and storage of materials, semi-finished products (blanks), </w:t>
+      information on the availability of a log on accounting and storage of materials, semi-finished </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      products (blanks), </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      component parts, products </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      component parts, products _____________________________________________________________________________;</w:t>
+      _________________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) instructions approved by the head of the organization for the safe conduct of repair work:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      information on the availability of instructions approved by the head of the organization for the safe conduct </w:t>
+      information on the availability of instructions approved by the head of the organization for the </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      safe conduct of repair work </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      of repair work ______________________________________________________________________________.</w:t>
+      _________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. For the subtype of activities for the purchase and sale of ammunition, weapons and military </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      equipment, spare parts, components and devices for them, special materials, equipment for </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      their production, including assembling, commissioning, modernization, installation, use,  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. For the subtype of activities for the purchase and sale of ammunition, weapons and military equipment, spare parts,</w:t>
-[...35 lines deleted...]
-      commissioning, modernization, installation, use, storage, repair and maintenance, the following is needed:</w:t>
+      storage, repair and maintenance, the following is needed:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) the head or deputy head of a legal entity, including the head or deputy head</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      of its branch, as well as an individual carrying out a licensed type of activity, has a higher </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      of its branch, as well as an individual carrying out a licensed type of activity, has a higher technical education:</w:t>
+      technical education:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      surname, first name, patronymic (if any) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      surname, first name, patronymic (if any) _____________________________________________________________;</w:t>
+      _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      position </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      position  ______________________________________________________________________________________;</w:t>
+      _________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of the appointment order </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of the appointment order ____________________________________________________________;</w:t>
+      ____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      major discipline </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      major discipline  ________________________________________________________________________________;</w:t>
+      _________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of issue of the diploma of higher technical education </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of issue of the diploma of higher technical education _____________________________________;</w:t>
+      _____________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      name of the higher educational institution that issued the diploma </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      name of the higher educational institution that issued the diploma _________________________________________;</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="left"/>
+      _________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) qualified specialists with appropriate technical education, work experience of at least one </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...3 lines deleted...]
-      </w:r>
+      year in the specialty:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      surname, first name, patronymic (if any) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      ______________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      position </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) qualified specialists with appropriate technical education, work experience of</w:t>
+      _________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of signing of the appointment order </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      at least one year in the specialty:</w:t>
+      ____________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      work experience in the specialty </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      surname, first name, patronymic (if any) ______________________________________________________________;</w:t>
+      _____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      major discipline </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      position  _______________________________________________________________________________________;</w:t>
+      _________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      number and date of issue of the diploma of higher technical education </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      number and date of signing of the appointment order ____________________________________________________;</w:t>
+      _______________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      name of the higher educational institution that issued the diploma </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      work experience in the specialty _____________________________________________________________________;</w:t>
+      ___________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) a specially equipped warehouse on the basis of the right of ownership, for the storage of </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      major discipline  __________________________________________________________________________________;</w:t>
-[...53 lines deleted...]
-      3) a specially equipped warehouse on the basis of the right of ownership, for the storage of ammunition, weapons and military equipment,</w:t>
+      ammunition, weapons and military equipment,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       spare parts, components and devices for them, special materials, equipment, fenced,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      isolated, located at a safe distance from residential, public and industrial facilities provided for by current regulations, </w:t>
+      isolated, located at a safe distance from residential, public and industrial facilities provided </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      for by current regulations, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      meeting the requirements of regulatory legal acts in the field of sanitary and epidemiological </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      meeting the requirements of regulatory legal acts in the field of sanitary and epidemiological welfare of the population, fire safety:</w:t>
+      welfare of the population, fire safety:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      cadastral number of immovable property (location) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      cadastral number of immovable property (location) ________________________________________________________;</w:t>
+      ________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      information about the presence of fencing, insulation, distance from residential and industrial </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      information about the presence of fencing, insulation, distance from residential and industrial facilities, in meters</w:t>
+      facilities, in meters</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________________________________________________________________________________________________;</w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) a log on accounting and storage of ammunition, weapons and military equipment, spare parts, components</w:t>
+      _______________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) a log on accounting and storage of ammunition, weapons and military equipment, spare </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      parts, components and devices for them, as well as special materials and equipment for their </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      production, including assembling, commissioning, modernization, installation, use, storage, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      and devices for them, as well as special materials and equipment for their production, including assembling, commissioning,</w:t>
+      repair and maintenance:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      information on the availability of a log on accounting and storage of ammunition, weapons </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      and military equipment, spare parts, components and devices for them, as well as special </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      materials and equipment for their production, including assembling, commissioning, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      modernization, installation, use, storage, repair and maintenance:</w:t>
+      modernization, installation, use, storage, repair and maintenance</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      information on the availability of a log on accounting and storage of ammunition, weapons and military equipment, spare parts,</w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      components and devices for them, as well as special materials and equipment for their production,</w:t>
-[...35 lines deleted...]
-      ________________________________________________________________________________________________.</w:t>
+      ______________________.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8422,51 +10046,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">for development, production, repair, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>purchaseand sale of ammunition, weapons</w:t>
+              <w:t>purchase and sale of ammunition, weapons</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>and military equipment, spare parts,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -8500,51 +10124,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">installation, use, storage, repair and maintenance, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>and a list  of documents confirming</w:t>
+              <w:t>and a list of documents confirming</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">compliance with them </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9234,51 +10858,61 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>general classifier of economic activities</w:t>
+              <w:t>general</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> classifier of economic activities</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -9569,51 +11203,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(postal code, region,</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>postal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> code, region,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9839,51 +11493,61 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>stationary premises</w:t>
+              <w:t>stationary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> premises</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -10852,51 +12516,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">for development, production, repair, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>purchaseand sale of ammunition, weapons</w:t>
+              <w:t>purchase and sale of ammunition, weapons</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>and military equipment, spare parts,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -10930,51 +12594,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">installation, use, storage, repair and maintenance, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>and a list  of documents confirming</w:t>
+              <w:t>and a list of documents confirming</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>compliance with them</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13225,51 +14889,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">for development, production, repair, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>purchaseand sale of ammunition, weapons</w:t>
+              <w:t>purchase and sale of ammunition, weapons</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>and military equipment, spare parts,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13303,51 +14967,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">installation, use, storage, repair and maintenance, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>and a list  of documents confirming</w:t>
+              <w:t>and a list of documents confirming</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>compliance with them</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14691,51 +16355,61 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>stationary premises</w:t>
+              <w:t>stationary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> premises</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -16157,31 +17831,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>