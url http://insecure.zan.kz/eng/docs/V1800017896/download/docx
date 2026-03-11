--- v0 (2025-11-09)
+++ v1 (2026-03-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3c4996b" w14:textId="3c4996b">
+    <w:p w14:paraId="2cc5124" w14:textId="2cc5124">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -146,85 +146,55 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Joint order of Deputy Prime Minister of the Republic of Kazakhstan - Minister of Agriculture of the Republic of Kazakhstan dated December 7, 2018 № 494 and Minister of National Economy of the Republic of Kazakhstan dated December 7, 2018 № 95. Registered in the Ministry of Justice of the Republic of Kazakhstan on December 7, 2018 № 17896.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...33 lines deleted...]
-        <w:t>translation</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with paragraphs 5 and 6 of Article 141 of the Entrepreneurial Code of the Republic of Kazakhstan, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -278,183 +248,147 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Approve:</w:t>
-[...71 lines deleted...]
-      4) a checklist in the field of protection, reproduction and use of wildlife in relation to water management organizations and water use entities in accordance with Annex 4 to this joint order.</w:t>
+      1. To approve:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the Criteria for assessment of the degree of risk in the field of protection, reproduction, and use of wildlife in accordance with Appendix 1 to this joint order;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) a checklist in the field of protection, reproduction, and use of wildlife in relation to hunting entities in accordance with Appendix 2 to this joint order.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 1 – in the wording of the joint order of the acting Minister of Ecology, Geology and Natural Resources of the Republic of Kazakhstan dated 30.11.2022 № 725 and acting Minister of National Economy of the Republic of Kazakhstan dated 30.11.2022 № 108 (shall enter into force from 01.01.2023).</w:t>
+        <w:t>      Footnote. Paragraph 1 - in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 02.10.2025 № 265 and the Deputy Prime Minister - Minister of National Economy of the Republic of Kazakhstan dated 03.10.2025 № 102 (shall be enforced ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Joint order № 18-04/1126 of the Minister of Agriculture of the Republic of Kazakhstan dated December 25,2015 and № 808 of the Minister of National Economy of the Republic of Kazakhstan dated December 28,2015 "On Approval Of Risk Assessment Criteria And A Checklist In Protection, Reproduction And Use Of Animal World", (registered in the Register of State Registration of Regulatory Legal Acts under № 12657, published on January 29, 2016 in Adilet Legal Information System), shall be declared to be no longer in force.</w:t>
+      2. Joint order № 18-04/1126 of the Minister of Agriculture of the Republic of Kazakhstan dated December 25,2015 and № 808 of the Minister of National Economy of the Republic of Kazakhstan dated December 28, 2015 "On Approval Of Risk Assessment Criteria And A Checklist In Protection, Reproduction And Use Of Animal World", (registered in the Register of State Registration of Regulatory Legal Acts under № 12657, published on January 29, 2016 in Adilet Legal Information System), shall be declared to be no longer in force.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. In accordance with the procedure, established by the legislation, the Committee of Forestry and Fauna of the Ministry of Agriculture, shall:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -518,114 +452,113 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) place this order on the Internet resource of the Ministry of Agriculture of the Republic of Kazakhstan after its official publication;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) within ten working days after state registration of this joint order, report to the Department of Legal Services of the Ministry of Agriculture of the Republic of Kazakhstan on performance of activities, stipulated by sub-items 1), 2) 3)and 4) of this item.</w:t>
+      5) within ten working days after state registration of this joint order, report to the Department of Legal Services of the Ministry of Agriculture of the Republic of Kazakhstan on performance of activities, stipulated by sub-items 1), 2) 3) and 4) of this item.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Control over the execution of this order shall be entrusted to the supervising Vice-Minister of Agriculture of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. This joint order shall be put into effect upon expiry of ten calendar days after the day of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="7765"/>
+        <w:gridCol w:w="4235"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7765" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -638,51 +571,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Deputy Prime-Minister</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7765" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -695,51 +628,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of the Republic of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7765" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -752,51 +685,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Kazakhstan –Minister</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7765" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -809,51 +742,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of Agriculture of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7765" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -861,51 +794,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4235" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -918,51 +851,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>______________ U. Shukeyev</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7765" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -975,51 +908,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Minister of National</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7765" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1032,51 +965,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Economy of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7765" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1084,51 +1017,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4235" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1527,331 +1460,331 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. The following terms shall be used in these Criteria:</w:t>
-[...251 lines deleted...]
-      14) sample population (sample) - a list of evaluated subjects (objects) belonging to a homogeneous group of subjects (objects) of control in a specific area of   state control, in accordance with paragraph 2 of Article 143 of the Code.</w:t>
+      2. The following concepts shall be used in these Criteria:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) point – a quantitative measure of risk calculation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) subjects (objects) of control and supervision – subjects (objects) carrying out activities in the field of protection, reproduction, and use of wildlife;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) minor violations – violations of the requirements established by regulatory legal acts in the field of protection, reproduction, and use of wildlife, as well as violations not classified as gross or significant violations;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) data normalization – a statistical procedure that involves converting values measured on different scales to a conventional common scale;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) significant violations – violation of the requirements established by regulatory legal acts in the field of protection, reproduction, and use of wildlife, in terms of the absence of full houses, failure to fulfill agreements on planning funds, material and technical equipment, reproduction, and science; incomplete and inaccurate information in the data provided by hunting entities confirmed complaints and appeals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) gross violation – violation of the requirements established by regulatory legal acts in the field of protection, reproduction, and use of wildlife, entailing administrative liability, provided for by the Code of the Republic of Kazakhstan “On Administrative Infractions” (hereinafter referred to as the CoAI), failure to comply with the procedure for creating zoological collections, failure to comply with the established terms of restrictions and prohibitions on the use of wildlife, the occurrence of adverse incidents, the presence of poaching, failure to comply with the acts of state inspectors exercising state control and supervision in the field of protection, reproduction, and use of wildlife;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) risk – the probability of harm being caused as a result of the activities of the subject (object) of control and supervision to the environment, the legitimate interests of individuals and legal entities, and the property interests of the state, taking into account the severity of its consequences;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) risk assessment – a set of measures carried out by the control and supervision body with the aim of assigning and conducting preventive control and supervision with visits to the subject (object) of control;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) objective criteria for assessing the degree of risk (hereinafter referred to as objective criteria) – criteria for assessing the degree of risk used to select subjects (objects) of control and supervision depending on the degree of risk in the field of protection, reproduction, and use of wildlife;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) subjective criteria for assessing the degree of risk (hereinafter referred to as subjective criteria) – criteria for assessing the degree of risk used to select subjects (objects) of control and supervision depending on the results of the activities of a specific subject (object) of control and supervision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) risk assessment criteria – a set of quantitative and qualitative indicators related to the direct activities of the control and supervision entity, the specifics of industry development, and factors influencing this development, allowing control entities (objects) to be classified according to different degrees of risk;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) risk assessment and management system – the process of making management decisions aimed at reducing the likelihood of adverse factors occurring by distributing control and supervision entities (objects) of control and supervision according to risk levels for subsequent preventive control with visits to the subject (object) of control and supervision in order to minimize restrictions on entrepreneurial freedom, while ensuring an acceptable level of risk in the relevant areas of activity, as well as aimed at changing the level of risk for a specific subject (object) of control and supervision and (or) exempting such subject (object) of control and supervision from preventive control with visits to the subject (object) of control and supervision;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) checklist – a list of requirements for the activities of entities (objects) subject to control and supervision, failure to comply with which poses a threat to the environment, the legitimate interests of individuals and legal entities, and the state;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) selective aggregate (sample) – a list of entities (objects) being assessed that belong to a homogeneous group of entities (objects) subject to control in a specific area of state control, in accordance with paragraph 2 of Article 143 of the Code.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 2 – in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023 № 155 and acting Minister of National Economy dated 18.05.2023 № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 2 - in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 02.10.2025 № 265 and the Deputy Prime Minister - Minister of National Economy of the Republic of Kazakhstan dated 03.10.2025 № 102 (shall be enforced ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1883,165 +1816,165 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 3 – in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023 № 155 and acting Minister of National Economy dated 18.05.2023  № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 3 – in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023 № 155 and acting Minister of National Economy dated 18.05.2023 № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. According to objective criteria, the subjects (objects) of control and supervision shall be divided into three risk groups:</w:t>
-[...53 lines deleted...]
-      3) to a low degree of risk - subjects (objects) of control and supervision engaged in aviary and semi-free keeping, breeding of wildlife objects, fish farming (aquaculture) on natural water bodies, water use in terms of the availability and compliance of fish protection devices with the requirements approved by order of the Minister of Agriculture of the Republic of Kazakhstan dated May 31, 2019 № 221 (registered in the Register of State Registration of Regulatory Legal Acts № 18783), research fishing and other aquatic animals, as well as organizations engaged in training citizens in hunting minimum, owners of zoological collections, zoos, biological centers.</w:t>
+      4. Based on objective criteria, entities (objects) subject to control and supervision are divided into three risk groups:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) high risk – entities (objects) subject to control and supervision engaged in hunting management;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) medium risk – subjects (objects) of control and supervision engaged in the organization of amateur (sport) hunting;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) low risk – subjects (objects) of control and supervision engaged in enclosure and semi-enclosure keeping, breeding of wildlife, as well as organizations engaged in teaching citizens the basics of hunting, owners of zoological collections, zoos, biological centers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 4 – in the wording of the joint order of the acting Minister of Ecology, Geology and Natural Resources of the Republic of Kazakhstan dated 30.11.2022 № 725 and acting Minister of National Economy of the Republic of Kazakhstan dated 30.11.2022 № 108 (shall enter into force from 01.01.2023).</w:t>
+        <w:t>      Footnote. Paragraph 4 - in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 02.10.2025 № 265 and the Deputy Prime Minister - Minister of National Economy of the Republic of Kazakhstan dated 03.10.2025 № 102 (shall be enforced ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2333,187 +2266,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. The degree of violations of the requirements shall be determined in accordance with Annexes 1, 2 and 3 to these Criteria:</w:t>
-[...107 lines deleted...]
-      2) a list of subjective criteria for determining the degree of risk according to subjective criteria in relation to fisheries.</w:t>
+      8. The degree of violations of requirements in the field of protection, reproduction, and use of wildlife in relation to hunting entities is determined in accordance with Appendix 1 to these Criteria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The priority of the sources of information used and the significance of the indicators of subjective criteria are established in accordance with the list of subjective criteria for determining the degree of risk based on subjective criteria in relation to hunting entities in accordance with Appendix 4 to these Criteria.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 8 – in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023 № 155 and acting Minister of National Economy dated 18.05.2023 № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 8 - in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 02.10.2025 № 265 and the Deputy Prime Minister - Minister of National Economy of the Republic of Kazakhstan dated 03.10.2025 № 102 (shall be enforced ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2679,51 +2522,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 10 – in the wording of  the joint order of the acting Minister of Ecology, Geology and Natural Resources of the Republic of Kazakhstan dated 30.11.2022 № 725 and acting Minister of National Economy of the Republic of Kazakhstan dated 30.11.2022 № 108 (shall enter into force from 01.01.2023).</w:t>
+        <w:t>      Footnote. Paragraph 10 – in the wording of the joint order of the acting Minister of Ecology, Geology and Natural Resources of the Republic of Kazakhstan dated 30.11.2022 № 725 and acting Minister of National Economy of the Republic of Kazakhstan dated 30.11.2022 № 108 (shall enter into force from 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4565,50 +4408,120 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Paragraph 17 – in the wording of the joint order of the acting Minister of Ecology, Geology and Natural Resources of the Republic of Kazakhstan dated 30.11.2022 № 725 and acting Minister of National Economy of the Republic of Kazakhstan dated 30.11.2022 № 108 (shall enter into force from 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Prompt response measures in the field of wildlife protection, reproduction, and use</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The criteria were supplemented with Chapter 4 in accordance with the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 02.10.2025 № 265 and the Deputy Prime Minister - Minister of National Economy of the Republic of Kazakhstan dated 03.10.2025 № 102 (shall be enforced ten calendar days after its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. The prompt response measures applied within the framework of these Criteria include, as part of preventive control with visits to the entity (facility) subject to control and supervision and/or inspection, the suspension of the activities of the entity subject to control and supervision or certain types of its activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. The grounds for applying prompt response measures in the form of suspension of the activities of the control and supervision entity or certain types thereof within the framework of preventive control with visits to the control and supervision entity (facility) and/or inspections are violations of the requirements for the prevention of the extraction of wildlife in quiet zones and reproduction areas. the suspension period is 60 (sixty) working days.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4731,1449 +4644,1436 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Degree of violations of requirements in the field of protection, reproduction and use of wildlife in relation to hunting subjects</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Annex 1 – in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023  № 155 and acting Minister of National Economy dated 18.05.2023  № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      Footnote. Annex 1 – in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023 № 155 and acting Minister of National Economy dated 18.05.2023 № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="10587"/>
+        <w:gridCol w:w="1339"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Name of criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Degree of impairment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Availability of installed full houses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Significant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Preventing the extraction of wildlife in dormant areas and reproductive areas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Gross</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Prevention of illegal hunting with significant damage to wildlife in hunting farms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Gross</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Complete and reliable information in accounting for the number of species of animals that are objects of hunting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Significant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Complete and reliable information on anti-poaching</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Significant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Prevention of the presence of registered adverse incidents arising through the fault of the subjects (objects) of control, expressed in the form of a reduction in the number of wildlife objects and deterioration of their habitat, harm as a result of activities to the animal world, environmental degradation and violation of biological balance in hunting grounds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Gross</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Implementation of the recommendation of preventive control without visiting the subject (object) of control and supervision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Gross</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Prevention of violation of the requirements for the use of wildlife and hunting rules by hunting entities</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (Article 382 of the Code of Administrative Offences)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Significant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Prevention of violation of the rules of hunting by the subjects of hunting</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (Article 385 of the Code of Administrative Offences)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Significant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Prevention of illegal acquisition, sale, transportation, import, export, storage (maintenance) of species of wild animals and plants, their parts or derivatives by hunting entities</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (Article 389 of the Code of Administrative Offences)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Significant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="10587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Prevention of violation of the procedure for issuing and using permits for the use of wildlife by hunting entities (Article 390 of the Code of Administrative Offences)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1339" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6331,1990 +6231,2584 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Degree of violations of requirements in the field of protection, reproduction and use of wildlife in relation to fisheries</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Annex 2 - in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023  № 155 and acting Minister of National Economy dated 18.05.2023  № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      Footnote. Appendix 2 was excluded by the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 02.10.2025 № 265 and the Deputy Prime Minister - Minister of National Economy of the Republic of Kazakhstan dated 03.10.2025 № 102 (shall be enforced ten calendar days after its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Annex 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to Grade criteria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>risk in the field of security,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>reproduction and use</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of animal world</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Degree of violations of requirements in the field of protection, reproduction and use of wildlife </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>in relation to the activities of water management organizations and water use entities</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Appendix 3 was excluded by the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 02.10.2025 № 265 and the Deputy Prime Minister - Minister of National Economy of the Republic of Kazakhstan dated 03.10.2025 № 102 (shall be enforced ten calendar days after its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Annex 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to Grade criteria</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>risk in the field of security,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>reproduction and use</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of animal world</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z53" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> List of subjective criteria for determining the degree of risk based on subjective criteria in the field of protection, reproduction, and use of wildlife in accordance with subparagraph 22) of Article 138 of the Entrepreneurial Code of the Republic of Kazakhstan in relation to the activities of hunting entities</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The criteria as added by Annex 4 in accordance with the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023 № 155 and acting Minister of National Economy dated 18.05.2023 № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication); in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 02.10.2025 № 265 and the Deputy Prime Minister - Minister of National Economy of the Republic of Kazakhstan dated 03.10.2025 № 102 (shall be enforced ten calendar days after its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="597"/>
+        <w:gridCol w:w="2318"/>
+        <w:gridCol w:w="2025"/>
+        <w:gridCol w:w="1654"/>
+        <w:gridCol w:w="1902"/>
+        <w:gridCol w:w="1902"/>
+        <w:gridCol w:w="1902"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="597" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Item №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2318" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Name of criteria</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Subjective criterion indicator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Degree of impairment</w:t>
+Source of information on the subjective criterion indicator</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Specific weight by importance, points (in total should not exceed 100 points), w</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Conditions /values, x</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>i</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+condition1/value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Availability of a log of fishing resources and other aquatic animals (fishing log)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+condition2/value</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Gross</w:t>
+condition3/value</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Availability of installed full houses</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Significant</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-Gross</w:t>
+For preventive control with a visit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="597" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2318" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Enforcement of restrictions and prohibitions on the use of wildlife</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Late and/or poor quality reporting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Gross</w:t>
+Results of monitoring of reports and information submitted by the subject of control and supervision</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Availability of floating craft registered and marked with registration numbers</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Insignificant</w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="597" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2318" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Availability of a certificate on the origin of fishing</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+ The number of cases of administrative liability under Articles 382, 385, 389, 390 (Part 2) of the CoAI RK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Significant</w:t>
+Availability of adverse events that arose due to the fault of the subject of control and supervision</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Compliance with the requirements to prevent the destruction or damage of poles, floating identification marks and full houses marking the boundaries of wintering pits, spawning grounds, fishery areas and places prohibited for fishing</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Gross</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="597" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2318" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Prevention of illegal fishing in fishery water bodies (areas)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Availability of information on failure to implement within the established timeframe recommendations for eliminating violations identified as a result of monitoring without a visit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Gross</w:t>
+Results of preventive control without visiting the subject (object) of control and supervision (final documents issued based on the results of preventive control without visiting the subject (object) of control and supervision)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1654" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Inclusion in the semi-annual list of preventive control and supervision with a visit to the subject (object) of control and supervision</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ensuring that annual fish production is achieved</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Significant</w:t>
-[...790 lines deleted...]
-Significant</w:t>
+-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8353,1400 +8847,178 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Annex 3</w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t>Annex 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>to Grade criteria</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>risk in the field of security,</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>reproduction and use</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of animal world</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Degree of violations of requirements in the field of protection, reproduction and use of wildlife </w:t>
+        <w:t xml:space="preserve"> List </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>in relation to the activities of water management organizations and water use entities</w:t>
+        <w:t xml:space="preserve">of subjective criteria for determining the degree of risk according to subjective criteria in the field </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of protection, reproduction and use of wildlife in accordance with subparagraph 22) of Article 138 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>of the Entrepreneurial Code of the Republic of Kazakhstan in relation to the activities of fisheries</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Annex 3 - in the wording of the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023 № 155 and acting Minister of National Economy dated 18.05.2023 № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
-[...1039 lines deleted...]
-    </w:tbl>
+      Footnote. The criteria as added by Annex 5 in accordance with the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023 № 155 and acting Minister of National Economy dated 18.05.2023 № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication); was excluded by the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 02.10.2025 № 265 and the Deputy Prime Minister - Minister of National Economy of the Republic of Kazakhstan dated 03.10.2025 № 102 (shall be enforced ten calendar days after its first official publication).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9773,2168 +9045,1451 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>to Grade criteria</w:t>
+              <w:t>Annex 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>risk in the field of security,</w:t>
+              <w:t>to the joint order</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>reproduction and use</w:t>
+              <w:t>of the Deputy Prime Minister</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>of animal world</w:t>
+              <w:t>of the Republic of Kazakhstan</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of the Minister of Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of the Republic of Kazakhstan</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>dated December 7, 2018 № 494</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and Minister of National Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of the Republic of Kazakhstan</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>dated December 7, 2018 № 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Annex 2 – in the wording of the joint order of Acting Minister of Ecology, Geology and Natural Resources of the Republic of Kazakhstan dated 30.11.2022 № 725 and Acting Minister of National Economy of the Republic of Kazakhstan dated 30.11.2022 № 108 (shall enter into force from 01.01.2023).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> List of subjective criteria for determining the degree of risk according to subjective </w:t>
-[...53 lines deleted...]
-      Footnote. The criteria as added by Annex 4 in accordance with the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023 № 155 and acting Minister of National Economy dated 18.05.2023 № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t xml:space="preserve"> Checklist in the field of protection, reproduction and use of wildlife in relation to hunting subjects</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      State authority that appointed the inspection/preventive control</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      with a visit to the subject of control and supervision</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Act of appointment of inspection and preventive control with a visit to the subject</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (object) of control and supervision</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (№, date)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Name of the subject (object) of control and supervision</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (individual identification number, business identification number</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      subject (object) of control and supervision)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Address _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="404"/>
+        <w:gridCol w:w="6840"/>
+        <w:gridCol w:w="2267"/>
+        <w:gridCol w:w="2789"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № r/n</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="6840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Subjective criterion indicator</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+Data requirements list</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Source of information on the subjective criterion parameter</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+conforms to requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Weight by significance, score (total must not exceed 100 points), w</w:t>
-[...56 lines deleted...]
-              <w:t>i</w:t>
+Does not meet the requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...51 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-condition 1/value</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-condition 2/value</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-condition 3/value</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="6840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+Availability of installed full houses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...13 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...115 lines deleted...]
-7</w:t>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-For preventive control with visit</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Preventing the extraction of wildlife in dormant areas and reproductive areas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Late and/or poor reporting</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+Presence of illegal hunting with significant damage to wildlife in hunting farms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...14 lines deleted...]
-            <w:vMerge w:val="restart"/>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2789" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1139 lines deleted...]
-            </w:pPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Officials (s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________ __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (position) (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Head of the subject (object) of control and supervision</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (position) (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11968,2157 +10523,191 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Annex 5</w:t>
+              <w:t>Annex 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>to Grade criteria</w:t>
+              <w:t>to the joint order</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>risk in the field of security,</w:t>
+              <w:t>of the Deputy Prime Minister</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>reproduction and use</w:t>
+              <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>of animal world</w:t>
+              <w:t>of the Minister of Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of the Republic of Kazakhstan</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>dated December 7, 2018 № 494</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and Minister of National Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>of the Republic of Kazakhstan</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>dated December 7, 2018 № 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...50 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The criteria as added by Annex 5 in accordance with the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 18.05.2023 № 155 and acting Minister of National Economy dated 18.05.2023 № 75 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
-[...1980 lines deleted...]
-    </w:tbl>
+      Footnote. Appendix 3 was excluded by the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 02.10.2025 № 265 and the Deputy Prime Minister - Minister of National Economy of the Republic of Kazakhstan dated 03.10.2025 № 102 (shall be enforced ten calendar days after its first official publication).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14145,61 +10734,58 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...9 lines deleted...]
-              <w:t>Annex 2</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Annex 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>to the joint order</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14293,5377 +10879,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated December 7, 2018 № 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Annex 2 – in the wording of the joint order of Acting Minister of Ecology, Geology and Natural Resources of the Republic of Kazakhstan dated 30.11.2022 № 725 and Acting Minister of National Economy of the Republic of Kazakhstan dated 30.11.2022 № 108 (shall enter into force from 01.01.2023).</w:t>
-[...5325 lines deleted...]
-      (surname, first name, patronymic (if any))</w:t>
+      Footnote. Appendix 4 was excluded by the joint order of the Minister of Ecology and Natural Resources of the Republic of Kazakhstan dated 02.10.2025 № 265 and the Deputy Prime Minister - Minister of National Economy of the Republic of Kazakhstan dated 03.10.2025 № 102 (shall be enforced ten calendar days after its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -19671,55 +10931,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>