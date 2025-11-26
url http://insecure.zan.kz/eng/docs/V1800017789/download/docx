--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3aece15" w14:textId="3aece15">
+    <w:p w14:paraId="15ddaf7" w14:textId="15ddaf7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,137 +131,137 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Resolution of the Board of the National Bank of the Republic of Kazakhstan of October 29, 2018 No. 272. Registered with the Ministry of Justice of the Republic of Kazakhstan on November 26, 2018 No. 17789.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>Resolution of the Board of the National Bank of the Republic of Kazakhstan of October 29, 2018 № 272. Registered with the Ministry of Justice of the Republic of Kazakhstan on November 26, 2018 № 17789.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z0" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...28 lines deleted...]
-      In accordance with the laws of the Republic of Kazakhstan dated August 31, 1995 "On Banks and Banking Activities in the Republic of Kazakhstan", dated December 18, 2000 "On Insurance Activities", dated July 2, 2003 "On Securities Market", dated July 4, 2003 "On State Regulation, Control and Supervision of the Financial Market and Financial Organizations" the Board of the National Bank of the Republic of Kazakhstan hereby </w:t>
+      In accordance with the Laws of the Republic of Kazakhstan "On banks and banking activities in the Republic of Kazakhstan", "On insurance activities", "On securities market", "On state regulation, control and supervision of the financial market and financial organizations", the Board of the National Bank of the Republic of Kazakhstan </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>RESOLVES:</w:t>
+        <w:t>hereby RESOLVED</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Preamble is in the wording of the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated 26.03.2020 (shall be enforced upon expiry of ten calendar days after its first official publication).</w:t>
+        <w:t>      Сноска. Преамбула - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 12.08.2025 № 30 (вводится в действие с 31.08.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -290,70 +290,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. To invalidate regulatory legal acts of the Republic of Kazakhstan, as well as structural elements of some regulatory legal acts of the Republic of Kazakhstan from the List in the appendix to this resolution. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. In accordance with the procedure established by the legislation of the Republic of Kazakhstan, the Department of Bank Supervision (O.T.Kizatov) shall:</w:t>
+      3. In accordance with the procedure established by the legislation of the Republic of Kazakhstan, the Department of Bank Supervision (O.T. Kizatov) shall:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) together with the Legal Department (N.V.Sarsenova) ensure state registration of this resolution with the Ministry of Justice of the Republic of Kazakhstan;</w:t>
+      1) together with the Legal Department (N.V. Sarsenova) ensure state registration of this resolution with the Ministry of Justice of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) within ten calendar days of the state registration of this resolution, send it in Kazakh and Russian to the Republican State Enterprise with the Right of Economic Management “Republican Center of Legal Information” for its official publication and inclusion into the Reference Control Bank of Regulatory Legal Acts of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -854,80 +854,80 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. These Rules for taking supervisory response measures (hereinafter - the Rules) have been developed in accordance with the laws of the Republic of Kazakhstan dated August 31, 1995 "On Banks and Banking Activities in the Republic of Kazakhstan" (hereinafter - the Law on Banks), dated December 23, 1995 "On Mortgage of Immovable Property” (hereinafter - the Law on Mortgage), dated December 18, 2000 “On Insurance Activities” (hereinafter - the Law on Insurance Activities), dated April 25, 2001 “On Development Bank of Kazakhstan” (hereinafter - the Law on Development Bank), dated June 3, 2003 "On the Fund for Guaranteeing Insurance Payments" (hereinafter - the Law on the Guarantee Fund), dated July 2, 2003 "On Securities Market" (hereinafter - the Law on Securities Market), dated July 4, 2003 "On Regulation, Control and Supervision of the Financial Market and Financial Organizations” (hereinafter - the Law on State Regulation), dated July 6, 2004 “On Credit Bureaus and Formation of Credit Histories in the Republic of Kazakhstan” (hereinafter - the Law on Credit Bureaus), dated June 26, 2016 “On Payments and Payment Systems” (hereinafter - the Law on Payments) and shall establish the procedure for taking supervisory response measures by the authorized body for regulation, control and supervision of the financial market and financial organizations (hereinafter - the authorized body) against a bank, a branch of a non-resident bank of the Republic of Kazakhstan, an organization carrying out certain types of banking operations (with the exception of a legal entity operating exclusively through an exchange office on the basis of a license from the National Bank of the Republic of Kazakhstan for exchange operations with foreign currency in cash, and a legal entity which exclusive activity is the collection of banknotes, coins and valuables), a bank holding company, an insurance (reinsurance) organization, a branch of an insurance (reinsurance) organization-non-resident of the Republic of Kazakhstan, an insurance broker, a branch of an insurance broker-non-resident of the Republic of Kazakhstan, an insurance holding company, an organization that guarantees insurance payments, a professional participant in the securities market, their executives, the Development Bank of Kazakhstan, organizations that are part of a banking conglomerate, organizations that are part of an insurance group, major participants of a bank, an insurance (reinsurance) organization, managing an investment portfolio, an actuary, holding a license to carry out actuarial activities in the insurance market, persons having the signs of a major participant of a bank, an insurance (reinsurance) organization, an investment portfolio manager, a bank holding company, an insurance holding company.</w:t>
+      1. These Rules for the application of supervisory response measures (hereinafter referred to as the Rules) developed in accordance with the Laws of the Republic of Kazakhstan "On banks and banting activities in the Republic of Kazakhstan" (hereinafter referred to as the Bank Law), “On mortgages on real estate” (hereinafter referred to as Law on mortgages), "On insurance activities " (hereinafter referred to as the "Law on Insurance Activities"), "On the development bank of Kazakhstan " (hereinafter referred to as the Law on the Development Bank), "On insurance payment guarantee bank (hereinafter referred to as the Law on the Guarantee Fund), " On the securities market " (hereinafter referred to as the Law on the Securities Market), " On state regulation, control and supervision of the financial market and financial organizations" (hereinafter referred to as the Law on State Regulation), " On credit bureaus and formation of credit histories in the Republic of Kazakhstan" (hereinafter referred to as the Law on Credit Bureaus), " On payments and payment systems" (hereinafter referred to as the Payment Law) and shall establish the procedure for application by the authorized body for regulation, control and supervision of the financial market and financial organizations (hereinafter referred to as the authorized body) supervisory response measures to a bank, a branch of a non-resident bank of the Republic of Kazakhstan, an organization carrying out certain types of banking operations, (with the exception of a legal entity operating exclusively through an exchange point on the basis of a license of the National Bank of the Republic of Kazakhstan for exchange transactions with cash foreign currency, and a legal entity whose exclusive activity shall be the collection of banknotes, coins and valuables), a bank holding, an insurance (reinsurance) organization, a branch of an insurance (reinsurance) organization-non-resident of the Republic of Kazakhstan, an insurance broker, a branch of an insurance broker-non-resident of the Republic of Kazakhstan, an insurance holding, an organization guaranteeing insurance payments, a professional participant in the securities market, their managers, the Development Bank of Kazakhstan, organizations that shall be part of a banking conglomerate, organizations, members of the insurance group, large members of the bank, insurance (reinsurance) organization managing the investment portfolio, participants, shareholders of the insurance broker, actuary licensed to carry out actuarial activities in the insurance market, individuals with signs of a major participant in the bank, insurance (reinsurance) organization managing the investment portfolio, banking holding, insurance holding.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 1 - is in the wording of the Resolution of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 17.02.2021 No. 34 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 1 – in the wording of the Regulation and Development of the Financial Market of the Republic of Kazakhstan dated 12.08.2025 № 30 (shall enter into force from 31.08.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1038,80 +1038,80 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) measures to improve the financial condition and (or) minimize risks - against a bank, a branch of a non-resident bank of the Republic of Kazakhstan, an organization carrying out certain types of banking operations, a bank holding company, an insurance (reinsurance) organization, an insurance broker, a branch of an insurance (reinsurance) organization - a non-resident of the Republic of Kazakhstan, a branch of an insurance broker-non-resident of the Republic of Kazakhstan, an insurance holding company, an organization that guarantees insurance payments, a professional participant in the securities market, their executives, the Development Bank of Kazakhstan, organizations that are part of a banking conglomerate, organizations that are part of an insurance group, major participants of a bank, an insurance (reinsurance) organization managing an investment portfolio, an actuary holding a license to carry out actuarial activities in the insurance market; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) compulsory supervisory response measures – against major participants of a bank, an insurance (reinsurance) organization, an investment portfolio manager, a bank holding company, an insurance holding company, organizations of a banking conglomerate, organizations of an insurance group, major participants of a bank, persons with the signs of a major participant of a bank, an insurance (reinsurance) organization, an investment portfolio manager, a bank holding company, an insurance holding company.</w:t>
+      3) compulsory measures of supervisory response - to major participants of the bank, insurance (reinsurance) organization managing the investment portfolio, participants, shareholders of the insurance broker, bank holding, insurance holding, organizations that shall be part of the banking conglomerate, organizations that shall be part of the insurance group, individuals with signs of a major participant of the bank, insurance (reinsurance) organization managing the investment portfolio, banking holding, insurance holding.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 3 as amended by the Resolutions of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 17.02.2021 No. 34 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 3 as amended by the Resolutions of the Board of the Agency of the Republic of Kazakhstan for Regulation and Development of the Financial Market dated 17.02.2021 № 34 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); dated 12.08.2025 № 30 (shall enter into force from 31.08.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1741,51 +1741,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 19 is in the wording of the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated March 26, 2020 (shall be enforced upon expiry of ten calendar days after its first official publication); dated 17.02.2021 No. 34 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 19 is in the wording of the resolution of the Board of the Agency of the Republic of Kazakhstan for regulation and development of the financial market dated March 26, 2020 (shall be enforced upon expiry of ten calendar days after its first official publication); dated 17.02.2021 № 34 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2262,55 +2262,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>