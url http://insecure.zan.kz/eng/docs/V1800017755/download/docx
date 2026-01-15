--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ccb02c5" w14:textId="ccb02c5">
+    <w:p w14:paraId="5776bae" w14:textId="5776bae">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -373,96 +373,95 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) within ten working days of the state registration of this order with the Ministry of Justice of the Republic of Kazakhstan, submit information on the implementation of measures, provided for in subparagraphs 1), 2) and 3) of this paragraph, to the Legal Department of the Ministry of Internal Affairs of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Control over execution of this order shall be entrusted to the supervising vice-minister of Internal Affairs of the Republic of Kazakhstan and the Personnel Department of the Ministry of Internal Affairs of the Republic of Kazakhstan (A.D.Darmenov).</w:t>
+      4. Control over execution of this order shall be entrusted to the supervising vice-minister of Internal Affairs of the Republic of Kazakhstan and the Personnel Department of the Ministry of Internal Affairs of the Republic of Kazakhstan (A.D. Darmenov).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. This order shall take effect ten calendar days after the day of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="7789"/>
+        <w:gridCol w:w="4211"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7789" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -475,51 +474,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Minister of Internal Affairs of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7789" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -532,51 +531,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7789" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -584,51 +583,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Police Colonel-General</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4211" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -713,1538 +712,1317 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Approved by</w:t>
+              <w:t xml:space="preserve">Approved by the order of the </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Order № 764 of the Minister </w:t>
+              <w:t xml:space="preserve">Minister of internal affairs of the </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">of Internal Affairs </w:t>
+              <w:t xml:space="preserve">Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">of the Republic of Kazakhstan </w:t>
-[...12 lines deleted...]
-              <w:t>as of November 14, 2018</w:t>
+              <w:t>dated November 14, 2018 № 764</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z16" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The list </w:t>
-[...23 lines deleted...]
-        <w:t>institutions of the Ministry of Internal Affairs of the Republic of Kazakhstan</w:t>
+        <w:t xml:space="preserve"> List of educational programs implemented in military and special educational institutions of the Ministry of Internal Affairs of the Republic of Kazakhstan </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The List - as amended by the order of the Minister of Internal Affairs of the Republic of Kazakhstan dated 21.06.2024 № 507 (effective ten calendar days after the date of its first official publication).</w:t>
+      Footnote. The list is amended by the Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated 19.05.2025 № 374 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="308"/>
+        <w:gridCol w:w="2721"/>
+        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="1932"/>
+        <w:gridCol w:w="3250"/>
+        <w:gridCol w:w="1057"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Name of the education organization </w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+№ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- Code and classification of training areas </w:t>
-[...77 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+Name of educational organizations </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Code and classification of the field of education</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Code and classification of training areas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Name of educational programs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Degree awarded </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Duration of study </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2721" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+Academy of Management of the Ministry of Internal Affairs of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Almaty Academy of the Ministry of Internal Affairs of the Republic of Kazakhstan named after Makan Esbulatov  </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+7M12 National Security and Military affair </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6B12 </w:t>
-[...23 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+"7М12301 Law Enforcement activities" (scientific and pedagogical direction)  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6В123 </w:t>
-[...143 lines deleted...]
-4 years</w:t>
+Master of National Security and Military Affairs in the educational program "7M12301 Law Enforcement"  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...244 lines deleted...]
-4 years</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"7М12302 Law enforcement" (specialized area)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Master of National Security and Military Affairs in the educational program "7M12302 - Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 year</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...245 lines deleted...]
-4 years</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8D12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8D123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"8D12301 Law enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Doctor of Philosophy (PhD)/ Doctor of National Security and Military Affairs in the educational program "8D12301 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...205 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Almaty Academy of the Ministry of Internal Affairs of the Republic of Kazakhstan named after Makan Yesbulatov </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6В123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12301 Law enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12301 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2267,2802 +2045,2184 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...245 lines deleted...]
-2 years</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6В123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12302 IT- forensic support for the activities of law enforcement agencies"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(Digital forensics)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12302 IT-forensic support for the activities of law enforcement agencies"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(Digital Forensics)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...245 lines deleted...]
-1 year</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6В123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12303 Countering cybercrime"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12303 Countering cybercrime"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...209 lines deleted...]
-2 years</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6В123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12304 Information and technical support for the activities of internal affairs bodies"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12304 Information and technical support for the activities of internal affairs bodies"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...227 lines deleted...]
-3 years</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"7М12301 Law Enforcement activities" (scientific and pedagogical direction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Master of National Security and Military Affairs in the educational program "7M12301 - Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...209 lines deleted...]
-3 years</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"7М12302 Law enforcement" (specialized area)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Master of National Security and Military Affairs in the educational program "7M12302 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 year</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...319 lines deleted...]
-4 years</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"7М12303 Countering cybercrime" (scientific and pedagogical direction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Master of National Security and Military Affairs in the educational program "7M12303 Countering cybercrime"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...245 lines deleted...]
-2 years</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8D12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8D123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"8D12301 Law enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Doctor of Philosophy (PhD)/ Doctor of National Security and Military Affairs in the educational program "8D12301 Law Enforcement"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...245 lines deleted...]
-1 year</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8D12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8D123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"8D12302 Countering cybercrime""</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Doctor of Philosophy (PhD)/ Doctor of National Security and Military Affairs in the educational program "8D12302 Countering cybercrime"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...25 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8D12 </w:t>
-[...215 lines deleted...]
-3 years</w:t>
+Karaganda Academy of the Ministry of Internal Affairs of the Republic of Kazakhstan named after Barimbek Beisenov </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6В123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12301 Law enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12301 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...37 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6В123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12303 Countering cybercrime"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Kostanai Academy of the Ministry of Internal Affairs of the Republic of Kazakhstan named after Shrakbek Kabylbaev </w:t>
-[...203 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+Bachelor of National Security and Military Affairs in the educational program "6B12303 Countering cybercrime" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5085,1742 +4245,1298 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...227 lines deleted...]
-4 years</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"7М12301 Law enforcement activities" (scientific and pedagogical direction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Master of National Security and Military Affairs in the educational program "7M12301 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...245 lines deleted...]
-2 years</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"7М12302 Law enforcement" (specialized area)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Master of National Security and Military Affairs in the educational program "7M12302 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 year</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...215 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8D12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8D123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"8D12301 Law enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Doctor of Philosophy (PhD)/ Doctor of National Security and Military Affairs in the educational program "8D12301 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Aktobe Law Institute of the Ministry of Internal Affairs of the Republic of Kazakhstan named after Malkedzhar Bukenbaev </w:t>
-[...221 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+Kostanay Academy of the Ministry of Internal Affairs of the Republic of Kazakhstan named after Shrakbek Kabylbayev </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6В123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12301 Law enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12301 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...245 lines deleted...]
-2 years</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6В123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12305 Pedagogy and psychology in the activities of law enforcement agencies"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12305 Pedagogy and psychology in the activities of law enforcement agencies"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...253 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6В123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12306 Countering cybercrime"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12306 Countering cybercrime"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6843,671 +5559,665 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...191 lines deleted...]
-4 года</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"7М12301 Law enforcement" (scientific and pedagogical direction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Master of National Security and Military Affairs in the educational program "7M12301 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...191 lines deleted...]
-4 years</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8D12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8D123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"8D12301 Law enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Doctor of Philosophy (PhD)/ Doctor of National Security and Military Affairs in the educational program "8D12301 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...187 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Aktobe Law Institute of the Ministry of Internal Affairs of the Republic of Kazakhstan named after Malkejar Bukenbayev</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6В123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12301 Law enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12301 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7530,460 +6240,454 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...191 lines deleted...]
-4 years</w:t>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M123 Public Safety</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"7М12301 Law enforcement" (scientific and pedagogical direction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Master of National Security and Military Affairs in the educational program "7M12301 Law Enforcement"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...205 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="308" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2721" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Academy of the National Guard of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B121 Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12101 Tactical Command Military Intelligence"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12101 Tactical Command Military Intelligence"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8006,213 +6710,195 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...161 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B121 Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12102 Command Tactical Military Psychology"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12102 Command Tactical Military Psychology"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8235,213 +6921,195 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...161 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B121 Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12192 National Guard Tactical Command"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12192 National Guard Tactical Command "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8464,213 +7132,209 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...161 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B121 Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12193 Tactical command of educational and socio-legal work"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12193 Tactical command of educational and socio-legal work"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8693,330 +7357,1392 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B121 Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12194 Tactical Command engineering and technical support of troops"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12194 Tactical Command engineering and technical support of troops"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B121 Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-7M12 </w:t>
-[...1 lines deleted...]
-          </w:p>
+"6В12195 Tactical Command rocket and artillery support for troops" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12195 Tactical Command rocket and artillery support for troops"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B121 Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12196 National Guard Tactical Command Vehicle Support"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12196 National Guard Tactical Command Vehicle Support "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B121 Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-National security and military science </w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+"6В12197 National Guard Tactical Logistics Command support" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12197 National Guard Tactical Logistics Command support "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6B121 Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"6В12198 Tactical Command Communications Service"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Bachelor of National Security and Military Affairs in the educational program "6B12198 Tactical Command Communications Service"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M12 National Security and Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7M121 Military affair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-“7М12111 Military education and character  training” </w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+"7М12111 Military training and education" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3250" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Master of National Security and Military Affairs in the educational program "7M12111 Military training and education"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-        <w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="12000"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
-      </w:r>
-[...7 lines deleted...]
-    </w:p>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>