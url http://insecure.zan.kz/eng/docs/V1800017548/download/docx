--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="28e2c6d" w14:textId="28e2c6d">
+    <w:p w14:paraId="953bfc6" w14:textId="953bfc6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -167,72 +167,72 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      In accordance with sub-paragraph 16-1) of </w:t>
+        <w:t xml:space="preserve">
+      In accordance with sub-paragraph 16-1) of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Article 16 of the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Labour Code of the Republic of Kazakhstan dated November 23, 2015 </w:t>
+        <w:t xml:space="preserve"> Labour Code of the Republic of Kazakhstan dated November 23, 2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -248,51 +248,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ORDER:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. To approve the enclosed Uniform Rating and Skills Guide for Jobs and Occupations of Manual Workers (issue 6).</w:t>
+      1. To approve the enclosed Uniform Rating and Skills Guide for Jobs and Occupations of Manual Workers (issue 6).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The Department of Labor and Social Partnership of the Ministry of Labour and Social Protection of the Population of the Republic of Kazakhstan, in accordance with the procedure established by legislation, shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
@@ -898,107 +898,107 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. The Unified Rating and Skills Guide for Jobs and Occupations of Manual Workers (Issue 6) (hereinafter referred to as URSG) contains the works on drilling wells and oil and gas production, corresponding in complexity to their implementation to those contained in the occupational characteristics of the corresponding categories.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. The URSG  is developed by the Ministry of Labour and Social Protection of the Population of the Republic of Kazakhstan.</w:t>
+      2. The URSG is developed by the Ministry of Labour and Social Protection of the Population of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. The Occupational characteristics are used when charging work and assigning qualifying grades to workers in organizations, regardless of the form of their ownership and organizational-legal forms, where there are production and types of work specified in this URSG. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 2. Occupational  Characteristics of Well Drilling Workers by  Categories </w:t>
+        <w:t xml:space="preserve"> Chapter 2. Occupational Characteristics of Well Drilling Workers by Categories </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  1. Drilling Fluid Preparatory Operator , 2 Category </w:t>
+        <w:t xml:space="preserve"> Section 1. Drilling Fluid Preparatory Operator, 2 Category </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
@@ -1134,51 +1134,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       unloading and transportation of chemicals and weighting agents.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Is obliged to  know:</w:t>
+      5. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       physical and chemical properties of clay;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z36" w:id="29"/>
     <w:p>
@@ -1194,51 +1194,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       weighting agents and chemicals;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z37" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      purpose  of drilling mud, weighting agents and chemical reagents;</w:t>
+      purpose of drilling mud, weighting agents and chemical reagents;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z38" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       purpose and rules of use of instrumentation to determine the parameters of drilling fluids;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
@@ -1252,51 +1252,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       rules for the treatment of chemical reagents, the purpose and structure of equipment and    devices for loading, preparation and processing of drilling mud.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  2. Drilling Fluid Operator, 3 Category </w:t>
+        <w:t xml:space="preserve"> Section 2. Drilling Fluid Operator, 3 Category </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z41" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Characteristics of work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
@@ -1372,51 +1372,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       participation in pressure testing of pumps and high-pressure lines, in preventive and maintenance repairs of pumps and other equipment installed at the alumina refinery or at the drilling site.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Is obliged to  know:</w:t>
+      7. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       physical and chemical properties of clay;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
@@ -1470,51 +1470,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       rules of operation of mechanical and hydraulic clay mixers, drive mechanisms and other equipment of the clay plant, plumbing in the volume of work performed.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z51" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section 3. Drill Pipe Joint  Installer,  4 Category</w:t>
+        <w:t xml:space="preserve"> Section 3. Drill Pipe Joint Installer, 4 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
@@ -1788,51 +1788,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       device mechanical key and rules of management.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  4. Drilling Technician,  4 Category</w:t>
+        <w:t xml:space="preserve"> Section 4. Drilling Technician, 4 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
@@ -1908,51 +1908,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       participation in the assembly work of wellhead and X-mas tree fittings, dismantling of drilling equipment.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z73" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Is obliged to  know:</w:t>
+      11. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z74" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       device and rules of operation of the serviced equipment;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z75" w:id="68"/>
     <w:p>
@@ -2006,51 +2006,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       installation schemes for the blowout preventer equipment, the purpose of the used devices of small-scale mechanization and instrumentation.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z78" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  5. Drilling Technician,  5 Category</w:t>
+        <w:t xml:space="preserve"> Section 5. Drilling Technician, 5 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
@@ -2244,51 +2244,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Technical and vocational (secondary special, secondary vocational) education is required.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z90" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  6. Drilling Electrician</w:t>
+        <w:t xml:space="preserve"> Section 6. Drilling Electrician</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z91" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z92" w:id="85"/>
     <w:p>
@@ -2684,51 +2684,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       When drilling wells, on which asynchronous electric motors with a power of up to 320 kW (inclusive) are used as a drive for the main units - 4 bits;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
     <w:bookmarkStart w:name="z112" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      when drilling wells, on which DC motors, synchronous high-voltage motors or synchronous and asynchronous motors with a power of more than 320 kilowatts up to 500 kilowatts - 5 category  are used as the drive of the main units;</w:t>
+      when drilling wells, on which DC motors, synchronous high-voltage motors or synchronous and asynchronous motors with a power of more than 320 kilowatts up to 500 kilowatts - 5 category are used as the drive of the main units;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkStart w:name="z113" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       when drilling wells, on which as a drive of the main units are used electric motors of direct and alternating current with power over 500 kW - 6 category. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
     <w:bookmarkStart w:name="z114" w:id="107"/>
     <w:p>
@@ -2882,51 +2882,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       driving, refueling fuel and lubricant and coolant.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z122" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Is obliged to  know:</w:t>
+      19. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:bookmarkStart w:name="z123" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       basic information about the process of oil and gas production;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:bookmarkStart w:name="z124" w:id="117"/>
     <w:p>
@@ -3202,51 +3202,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       features of the organization of maintenance and repair of vehicles in the field.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
     <w:bookmarkStart w:name="z138" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      When servicing under the guidance of a higher-qualification vacuum distillation unit  operator , 3 category (assistant to the vacuum system operator).</w:t>
+      When servicing under the guidance of a higher-qualification vacuum distillation unit operator, 3 categories (assistant to the vacuum system operator).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
     <w:bookmarkStart w:name="z139" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       When servicing vacuum installations mounted on the vehicle chassis, with an oil tank capacity of up to 10 meters inclusive - 4 category. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
     <w:bookmarkStart w:name="z140" w:id="133"/>
     <w:p>
@@ -3340,51 +3340,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Technical and vocational (secondary special, secondary vocational) education is required.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:bookmarkStart w:name="z145" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  8. Laboratory Assistant-Collector, 2 Category</w:t>
+        <w:t xml:space="preserve"> Section 8. Laboratory Assistant-Collector, 2 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
     <w:bookmarkStart w:name="z146" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
     <w:bookmarkStart w:name="z147" w:id="140"/>
     <w:p>
@@ -3558,51 +3558,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       methods of preparation of drilling fluids, chemical reagents, purpose and rules for the use of instrumentation to determine the parameters of drilling and cement mortars.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
     <w:bookmarkStart w:name="z156" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  9. Laboratory Assistant Collector, 3 Category</w:t>
+        <w:t xml:space="preserve"> Section 9. Laboratory Assistant Collector, 3 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
     <w:bookmarkStart w:name="z157" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
     <w:bookmarkStart w:name="z158" w:id="151"/>
     <w:p>
@@ -3638,51 +3638,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       control over the preparation of fast-setting mixtures on the rig when combating takeovers, laying the core and checking the correctness of its description;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
     <w:bookmarkStart w:name="z160" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      determination of the quality of reagents used in the treatment of drilling   solutions, research related to quality improvement   solutions;</w:t>
+      determination of the quality of reagents used in the treatment of drilling   solutions, research related to quality improvement solutions;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
     <w:bookmarkStart w:name="z161" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       control checks of instrument readings;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
     <w:bookmarkStart w:name="z162" w:id="155"/>
     <w:p>
@@ -3698,51 +3698,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       preventive inspection and repair of equipment to measure the parameters of solutions.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
     <w:bookmarkStart w:name="z163" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Is obliged to  know:</w:t>
+      25. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
     <w:bookmarkStart w:name="z164" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       basic information on the geology of deposits, on the technological process of drilling wells for oil, gas and other minerals;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
     <w:bookmarkStart w:name="z165" w:id="158"/>
     <w:p>
@@ -4096,51 +4096,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       elimination of minor operational malfunctions arising during the operation of the installation that do not require disassembly of mechanisms.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
     <w:bookmarkStart w:name="z183" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Is obliged to  know:</w:t>
+      27. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
     <w:bookmarkStart w:name="z184" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the purpose, device, principle of operation and operation of the units, mechanisms and instruments of the installation being serviced;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
     <w:bookmarkStart w:name="z185" w:id="178"/>
     <w:p>
@@ -4356,109 +4356,109 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Underground and capital repairs on wells of the 1st category of wells complexity up to 1,500 meters deep inclusive - 5 category. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
     <w:bookmarkStart w:name="z196" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Underground and capital repairs on wells of the II category of complexity and depth over 1500 meters, directional wells, regardless of their depth, and wells with complicated geological conditions – 6 category. </w:t>
+      Underground and capital repairs on wells of the II category of complexity and depth over 1500 meters, directional wells, regardless of their depth, and wells with complicated geological conditions – 6 categories. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
     <w:bookmarkStart w:name="z197" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Underground and capital repairs, at wells of the II category of complexity and with a depth of more than 3000 meters and higher – 7 category..</w:t>
+      Underground and capital repairs, at wells of the II category of complexity and with a depth of more than 3000 meters and higher – 7 categories.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
     <w:bookmarkStart w:name="z198" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Technical and vocational (secondary special, secondary vocational) education is required.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
     <w:bookmarkStart w:name="z199" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  11. Pipe Pressure Testing Operator ,  3 Category</w:t>
+        <w:t xml:space="preserve"> Section 11. Pipe Pressure Testing Operator, 3 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
     <w:bookmarkStart w:name="z200" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
     <w:bookmarkStart w:name="z201" w:id="194"/>
     <w:p>
@@ -4554,51 +4554,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       maintenance of primary documentation.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
     <w:bookmarkStart w:name="z206" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Is obliged to  know:</w:t>
+      30. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
     <w:bookmarkStart w:name="z207" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       pipe crimping technology and rules;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
     <w:bookmarkStart w:name="z208" w:id="201"/>
     <w:p>
@@ -4732,51 +4732,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       at pressure testing of pipes with pressure over 15 megapascals (over 150 kilogram-force per square centimeter) - 5 category. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
     <w:bookmarkStart w:name="z215" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  12. Oil and Gas Drilling Unit Operator , 3 category</w:t>
+        <w:t xml:space="preserve"> Section 12. Oil and Gas Drilling Unit Operator, 3 categories</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
     <w:bookmarkStart w:name="z216" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
     <w:bookmarkStart w:name="z217" w:id="210"/>
     <w:p>
@@ -4832,51 +4832,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       participation in the installation, dismantling and transportation of drilling equipment and engines.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
     <w:bookmarkStart w:name="z220" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. Is obliged to  know:</w:t>
+      32. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
     <w:bookmarkStart w:name="z221" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the principle of operation of drilling equipment, engines, power units and transmission devices;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
     <w:bookmarkStart w:name="z222" w:id="215"/>
     <w:p>
@@ -4890,51 +4890,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       purpose of drilling equipment, auxiliary systems and applied instrumentation and automation, brand and grade of fuel and lubricants, basic information on electrical engineering.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
     <w:bookmarkStart w:name="z223" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  13. Oil and Gas Drilling Unit Operator, 4 Category </w:t>
+        <w:t xml:space="preserve"> Section 13. Oil and Gas Drilling Unit Operator, 4 Category </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
     <w:bookmarkStart w:name="z224" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
     <w:bookmarkStart w:name="z225" w:id="218"/>
     <w:p>
@@ -5110,51 +5110,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       guidance of workers in the maintenance and repair of drilling and power equipment.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
     <w:bookmarkStart w:name="z234" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      34. Is obliged to  know:</w:t>
+      34. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
     <w:bookmarkStart w:name="z235" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       technological process of drilling, technical characteristics, device drilling equipment, engines, power units and transmission devices;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
     <w:bookmarkStart w:name="z236" w:id="229"/>
     <w:p>
@@ -5210,51 +5210,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       rules of lubrication of drilling and power equipment, the temperature of the engine, the design of machines;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
     <w:bookmarkStart w:name="z239" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      operation schemes of remote control systems, accounting and reporting system in the operation of power equipment;</w:t>
+      operation schemes of remote-control systems, accounting and reporting system in the operation of power equipment;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
     <w:bookmarkStart w:name="z240" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       consumption rates of fuels and lubricants, electrical engineering fundamentals.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
@@ -5269,368 +5269,368 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Footnote. Paragraph 34 as amended by the order of the Acting Minister of Labor and Social Protection of the Population of the Republic of Kazakhstan dated 26.08.2024 № 328.</w:t>
+        <w:t>Footnote. Paragraph 34 as amended by Order № 328 of the Acting Minister of Labor and Social Protection of Population of the Republic of Kazakhstan dated August 26, 2024.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Technical and vocational (secondary special, secondary vocational) education is required.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Paragraph 13-1. Oil and gas drilling rig operator, Grade 5</w:t>
+        <w:t xml:space="preserve"> Paragraph 13-1. Oil and gas drilling rig operator, grade 5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Chapter 2 was supplemented with paragraph 13-1 in accordance with the order of the Acting Minister of Labor and Social Protection of the Population of the Republic of Kazakhstan dated 26.08.2024 № 328.</w:t>
+      Footnote. Chapter 2 has been supplemented with paragraph 13-1 in accordance with Order № 328 of the Acting Minister of Labor and Social Protection of Population of the Republic of Kazakhstan dated August 26, 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35-1. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      operation and transportation of mobile drilling rigs and individual functions of assembly and disassembly work for stationary drilling;</w:t>
-[...197 lines deleted...]
-      35-3. Technical and professional (secondary specialized, secondary vocational) and post-secondary education is required..</w:t>
+      Operation and transportation of a mobile drilling rig and individual functions of installation and dismantling work at a stationary drilling site;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Maintenance and repair of engines with a total capacity of over 1,000 kilowatts and above, as well as gas turbine engines;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Installation, dismantling, and transportation of drilling rigs, including mobile, derrick-mounted structures, derrick raising and lowering mechanisms, drilling mud circulation system equipment, and spare tank units;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Alignment of the drilling rig, drilling and power equipment, and individual drilling rig units;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Participation in the assembly, movement, and dismantling of drilling rigs with derricks of all types and designs and equipment used in drilling;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Maintenance, dismantling, repair, and assembly, adjustment, and setup of engines, turbotransformers, and turbo couplings;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Supervision of workers in the maintenance and repair of engines with a total capacity of up to 1000 kilowatts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-2. Must know of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      methods and rules for the installation, dismantling, and transportation of drilling rigs, and the design of a mechanization and automation system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The purpose and technical characteristics of the complex of mechanisms for lifting and lowering operations, circulation system mechanisms, steam and water supply systems, power supply systems, pneumatic systems, and heating systems for workstations and mechanisms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      when supervising workers servicing and repairing engines with a total capacity exceeding 1000 kilowatts – category 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-3. Technical and vocational (secondary specialized, secondary vocational), or post-secondary education shall be required.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z244" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  14. Driller of Production and Exploratory Drilling of Oil and Gas Wells </w:t>
+        <w:t xml:space="preserve"> Section 14. Driller of Production and Exploratory Drilling of Oil and Gas Wells </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
     <w:bookmarkStart w:name="z245" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
     <w:bookmarkStart w:name="z246" w:id="236"/>
     <w:p>
@@ -6426,51 +6426,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       control over the working of the rope rope.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
     <w:bookmarkStart w:name="z286" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      37. Is obliged to  know:</w:t>
+      37. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
     <w:bookmarkStart w:name="z287" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       current rules and instructions for technology, technology and organization of production;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
     <w:bookmarkStart w:name="z288" w:id="278"/>
     <w:p>
@@ -6786,69 +6786,69 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       when drilling wells with a depth of more than 4,000 meters and up to 5,000 meters inclusive, horizontal wells with a depth of up to 2,000 meters inclusive, directional wells with a depth of more than 1,500 meters with complicated geological conditions, during the drilling of which technical measures are taken to prevent the absorption of drilling fluid, rock falls, narrowing of the borehole, gas and oil manifestations, subject to the use of weighted drilling mud with a density of 1.6 grams centimeters of cubic and higher – 7 category; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
     <w:bookmarkStart w:name="z304" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      when drilling wells with a depth of more than 5,000 meters, horizontal wells with a depth of over 2,000 meters, or when drilling wells with floating drilling rigs – 8 category. </w:t>
+      when drilling wells with a depth of more than 5,000 meters, horizontal wells with a depth of over 2,000 meters, or when drilling wells with floating drilling rigs – 8 categories. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
     <w:bookmarkStart w:name="z305" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  15. Assistant to Driller of Production and Exploratory Drilling of Oil and Gas Wells (First)</w:t>
+        <w:t xml:space="preserve"> Section 15. Assistant to Driller of Production and Exploratory Drilling of Oil and Gas Wells (First)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
     <w:bookmarkStart w:name="z306" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
     <w:bookmarkStart w:name="z307" w:id="297"/>
     <w:p>
@@ -7324,51 +7324,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the purpose and device for determining the parameters of drilling fluids, the construction of the drilling fluid preparation unit;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
     <w:bookmarkStart w:name="z331" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      piping schemes of circulation systems and high pressure lines, methods of preparation, cleaning and regeneration of drilling fluids, basic physicochemical properties of drilling fluids and chemicals;</w:t>
+      piping schemes of circulation systems and high-pressure lines, methods of preparation, cleaning and regeneration of drilling fluids, basic physicochemical properties of drilling fluids and chemicals;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
     <w:bookmarkStart w:name="z332" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       installation schemes for blowout equipment, purpose of used devices of small-scale mechanization and instrumentation.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
     <w:bookmarkStart w:name="z333" w:id="323"/>
     <w:p>
@@ -7404,129 +7404,129 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       When drilling wells up to 1500 meters in depth inclusive - 4 category; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
     <w:bookmarkStart w:name="z335" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      when drilling wells with a depth of more than 1,500 meters and up to 4,000 meters, inclusively, as well as directional and horizontal wells, regardless of depth – 5 category; </w:t>
+      when drilling wells with a depth of more than 1,500 meters and up to 4,000 meters, inclusively, as well as directional and horizontal wells, regardless of depth – 5 categories; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
     <w:bookmarkStart w:name="z336" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       when drilling wells with a depth of more than 4,000 meters and up to 5,000 meters inclusive - 6 category; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
     <w:bookmarkStart w:name="z337" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      when drilling wells with a depth of more than 5000 meters or from floating drilling rigs - the 7 category; .</w:t>
+      when drilling wells with a depth of more than 5000 meters or from floating drilling rigs - the 7 category;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
     <w:bookmarkStart w:name="z338" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. For an assistant to driller of production and exploration drilling for oil and gas (first) 5, 6 and 7 categories, technical and vocational (secondary specialized, secondary professional) education is required.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
     <w:bookmarkStart w:name="z339" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  16. Assistant Driller of Production and Exploratory  Drilling of Oil and Gas Wells (second)</w:t>
+        <w:t xml:space="preserve"> Section 16. Assistant Driller of Production and Exploratory Drilling of Oil and Gas Wells (second)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
     <w:bookmarkStart w:name="z340" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
     <w:bookmarkStart w:name="z341" w:id="331"/>
     <w:p>
@@ -7682,51 +7682,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       during the drilling of offshore wells from floating drilling rigs - participation in work to disconnect from the wellhead in extreme situations (hydrometeorological, technical).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
     <w:bookmarkStart w:name="z349" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. Is obliged to  know:</w:t>
+      43. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
     <w:bookmarkStart w:name="z350" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       technological regulations for well drilling technology, production organization;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
     <w:bookmarkStart w:name="z351" w:id="341"/>
     <w:p>
@@ -7822,51 +7822,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       charter service on ships.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
     <w:bookmarkStart w:name="z356" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      When drilling wells up to 1500 meters in depth inclusive - 4 category; ;</w:t>
+      When drilling wells up to 1500 meters in depth inclusive - 4 category;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
     <w:bookmarkStart w:name="z357" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       when drilling wells with a depth of more than 1500 meters and up to 4000 meters, inclusive - 5 category; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
     <w:bookmarkStart w:name="z358" w:id="348"/>
     <w:p>
@@ -7900,51 +7900,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       For an assistant driller of operational and exploratory drilling of wells for oil and gas (second) 5 and 6 bits, technical and vocational (secondary specialized, secondary professional) education is required.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
     <w:bookmarkStart w:name="z360" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  17. Assistant Driller of Production and Exploratory  Drilling of Oil and Gas Wells (third), 3 Category</w:t>
+        <w:t xml:space="preserve"> Section 17. Assistant Driller of Production and Exploratory Drilling of Oil and Gas Wells (third), 3 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
     <w:bookmarkStart w:name="z361" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
     <w:bookmarkStart w:name="z362" w:id="352"/>
     <w:p>
@@ -8260,91 +8260,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       performs ancillary work (cleaning and cleaning equipment, lubrication mechanisms and other work).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
     <w:bookmarkStart w:name="z378" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. Is obliged to  know:</w:t>
+      45. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
     <w:bookmarkStart w:name="z379" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       basic information about the technological process of oil production, gas, thermal, iodine-bromine waters and other minerals, the technological process and the types of work on the development of production and testing exploratory wells;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
     <w:bookmarkStart w:name="z380" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      the purpose, design and technical characteristics of the equipment used , the mechanisms, the instrument, the rules for their operation; </w:t>
+      the purpose, design and technical characteristics of the equipment used, the mechanisms, the instrument, the rules for their operation; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
     <w:bookmarkStart w:name="z381" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       tackle tooling techniques;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
     <w:bookmarkStart w:name="z382" w:id="372"/>
     <w:p>
@@ -8558,51 +8558,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       orders, directives and other governing documents to ensure occupational safety during the drilling of wells.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
     <w:bookmarkStart w:name="z393" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section  18. Drilling Rig Installer, 3 Category</w:t>
+        <w:t xml:space="preserve"> Section 18. Drilling Rig Installer, 3 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
     <w:bookmarkStart w:name="z394" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
     <w:bookmarkStart w:name="z395" w:id="385"/>
     <w:p>
@@ -8916,51 +8916,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       rules of slinging, lifting and moving small loads, conditional alarm for crane drivers.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
     <w:bookmarkStart w:name="z411" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section 19. Drilling Rig Installer,  4 Category</w:t>
+        <w:t xml:space="preserve"> Section 19. Drilling Rig Installer, 4 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
     <w:bookmarkStart w:name="z412" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
     <w:bookmarkStart w:name="z413" w:id="403"/>
     <w:p>
@@ -9056,51 +9056,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       management of the construction crew in the assembly, movement and disassembly of drilling rigs for exploration drilling with the towers of all types and structures used in exploration equipment.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
     <w:bookmarkStart w:name="z418" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      49. Is obliged to  know:</w:t>
+      49. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
     <w:bookmarkStart w:name="z419" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       methods and rules for installation, dismantling and transportation of drilling rigs, the design of the complex of mechanization and automation;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
     <w:bookmarkStart w:name="z420" w:id="410"/>
     <w:p>
@@ -9134,51 +9134,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       rules for the production of stroping, rigging works with the use of lifting mechanisms.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="411"/>
     <w:bookmarkStart w:name="z422" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section 20. Drilling Rig Installer,  5 Category</w:t>
+        <w:t xml:space="preserve"> Section 20. Drilling Rig Installer, 5 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
     <w:bookmarkStart w:name="z423" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
     <w:bookmarkStart w:name="z424" w:id="414"/>
     <w:p>
@@ -9374,51 +9374,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the design of drilling rigs, drilling equipment, used mechanisms during their installation and dismantling;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
     <w:bookmarkStart w:name="z434" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      communication schemes of high and low pressure pipelines, fuel systems, instrumentation and equipment;</w:t>
+      communication schemes of high- and low-pressure pipelines, fuel systems, instrumentation and equipment;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
     <w:bookmarkStart w:name="z435" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       methods of mounting and dismounting tire-pneumatic couplings;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
     <w:bookmarkStart w:name="z436" w:id="426"/>
     <w:p>
@@ -9472,51 +9472,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the appointment of hydrocyclone and degassing installations, types of vehicles for transporting large blocks.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="428"/>
     <w:bookmarkStart w:name="z439" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section 21. Drilling Rig Installer,  6 Category</w:t>
+        <w:t xml:space="preserve"> Section 21. Drilling Rig Installer, 6 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="429"/>
     <w:bookmarkStart w:name="z440" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="430"/>
     <w:bookmarkStart w:name="z441" w:id="431"/>
     <w:p>
@@ -9712,51 +9712,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       management of the construction crew during the installation, dismantling and transportation of drilling rigs with a rated capacity of over 100 tons to 200 tons inclusive.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
     <w:bookmarkStart w:name="z451" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      53. Is obliged to  know:</w:t>
+      53. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
     <w:bookmarkStart w:name="z452" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the procedure for receiving the drilling rig in the installation and commissioning after installation;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
     <w:bookmarkStart w:name="z453" w:id="443"/>
     <w:p>
@@ -9952,71 +9952,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>nstaller</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...19 lines deleted...]
-        <w:t>7</w:t>
+        <w:t>, 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
     <w:bookmarkStart w:name="z460" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -10222,51 +10202,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       management of the construction crew during the installation, dismantling and transportation of drilling rigs with a rated load capacity from 200 tons to 250 tons inclusive.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="460"/>
     <w:bookmarkStart w:name="z471" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      56. Is obliged to  know:</w:t>
+      56. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="461"/>
     <w:bookmarkStart w:name="z472" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the procedure for receiving the drilling rig in the installation and commissioning after installation; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="462"/>
     <w:bookmarkStart w:name="z473" w:id="463"/>
     <w:p>
@@ -10502,81 +10482,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...9 lines deleted...]
-        <w:t>W</w:t>
+        <w:t>0W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">elder, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="470"/>
     <w:bookmarkStart w:name="z481" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -10952,71 +10922,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">elder, </w:t>
-[...19 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>elder, 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="485"/>
     <w:bookmarkStart w:name="z496" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -11572,51 +11522,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       docking of blocks using trucks and other similar works.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="507"/>
     <w:bookmarkStart w:name="z518" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      63. Is obliged to  know:</w:t>
+      63. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="508"/>
     <w:bookmarkStart w:name="z519" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       electrical circuits and structures used welding machines and units;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="509"/>
     <w:bookmarkStart w:name="z520" w:id="510"/>
     <w:p>
@@ -11802,71 +11752,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">elder, </w:t>
-[...19 lines deleted...]
-        <w:t>6</w:t>
+        <w:t>elder, 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="514"/>
     <w:bookmarkStart w:name="z525" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -11892,51 +11822,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       electric and gas welding works in all spatial positions of the weld during installation and disassembly:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="516"/>
     <w:bookmarkStart w:name="z527" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      technological lines of the drilling rig operating under high pressure and strong vibrations (manifolds, risers), derrick units operating under high dynamic loads, gas pipelines for power drives of drilling rigs, pipelines and manifolds with a pressure of over 15 megapascals (over 150 kilogram-force per centimeter square), cases of heavy diesel engines, air collectors ;</w:t>
+      technological lines of the drilling rig operating under high pressure and strong vibrations (manifolds, risers), derrick units operating under high dynamic loads, gas pipelines for power drives of drilling rigs, pipelines and manifolds with a pressure of over 15 megapascals (over 150 kilogram-force per centimeter square), cases of heavy diesel engines, air collectors;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="517"/>
     <w:bookmarkStart w:name="z528" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       installation and dismantling works at the construction of the drilling rig.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="518"/>
     <w:bookmarkStart w:name="z529" w:id="519"/>
     <w:p>
@@ -12212,71 +12142,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>lectrician</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...19 lines deleted...]
-        <w:t>3</w:t>
+        <w:t>, 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ategory</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="527"/>
     <w:bookmarkStart w:name="z538" w:id="528"/>
     <w:p>
@@ -12312,51 +12222,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       installation, assembly, adjustment and delivery of electrical equipment of direct and alternating current up to 100 kilowatts;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="529"/>
     <w:bookmarkStart w:name="z540" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      assembly and disassembly of group switches for the units for preparation and cleaning of the solution, hydrocyclone installation, systems topping up the well during drilling ;</w:t>
+      assembly and disassembly of group switches for the units for preparation and cleaning of the solution, hydrocyclone installation, systems topping up the well during drilling;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="530"/>
     <w:bookmarkStart w:name="z541" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       laying of pipes and ducts under the power supply line of the drilling rig;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="531"/>
     <w:bookmarkStart w:name="z542" w:id="532"/>
     <w:p>
@@ -12712,71 +12622,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">lectrician, </w:t>
-[...19 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>lectrician, 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="544"/>
     <w:bookmarkStart w:name="z555" w:id="545"/>
     <w:p>
@@ -12992,51 +12882,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       installation, dismantling and transportation of derricks, derrick constructions, mechanisms for raising and lowering derricks.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="555"/>
     <w:bookmarkStart w:name="z566" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      70. Is obliged to  know:</w:t>
+      70. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="556"/>
     <w:bookmarkStart w:name="z567" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       device, purpose and technical characteristics of mounted electrical equipment with a capacity of over 100 kilowatts;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="557"/>
     <w:bookmarkStart w:name="z568" w:id="558"/>
     <w:p>
@@ -13232,51 +13122,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Electrician,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="562"/>
     <w:bookmarkStart w:name="z573" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -13362,51 +13252,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       connection according to the scheme of asynchronous and synchronous electric motors, power and control cables, and installation of secondary switching circuits with relay-contactor and thyristor control;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="567"/>
     <w:bookmarkStart w:name="z578" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      installation and testing of remote control circuits;</w:t>
+      installation and testing of remote-control circuits;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="568"/>
     <w:bookmarkStart w:name="z579" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       installation of power transformers, automatic tripping, asynchronous and synchronous motors;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="569"/>
     <w:bookmarkStart w:name="z580" w:id="570"/>
     <w:p>
@@ -13462,51 +13352,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       installation and dismantling of control panels for the drilling process, re-activation and testing of electrical equipment.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="572"/>
     <w:bookmarkStart w:name="z583" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      72. Is obliged to  know:</w:t>
+      72. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="573"/>
     <w:bookmarkStart w:name="z584" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       wiring diagrams for high-voltage electrical equipment;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="574"/>
     <w:bookmarkStart w:name="z585" w:id="575"/>
     <w:p>
@@ -13892,51 +13782,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       elimination of minor operational malfunctions arising during the operation of the installation that do not require disassembly of mechanisms.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="592"/>
     <w:bookmarkStart w:name="z603" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      74. Is obliged to  know:</w:t>
+      74. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="593"/>
     <w:bookmarkStart w:name="z604" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       technological process of extraction of oil, gas and other minerals;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="594"/>
     <w:bookmarkStart w:name="z605" w:id="595"/>
     <w:p>
@@ -14092,71 +13982,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       industrial safety requirements for the device and safe operation of lifting mechanisms.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="602"/>
     <w:bookmarkStart w:name="z613" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      When swabbing wells up to 1500 meters in depth inclusive - 5 category. .</w:t>
+      When swabbing wells up to 1500 meters in depth inclusive - 5 category.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="603"/>
     <w:bookmarkStart w:name="z614" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      When swabbing wells over 1500 meters of directional wells, regardless of their depth and wells with complicated geological conditions, the 6 category. dis</w:t>
+      When swabbing wells over 1500 meters of directional wells, regardless of their depth and wells with complicated geological conditions, the 6 categories. dis</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="604"/>
     <w:bookmarkStart w:name="z615" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Requires technical and vocational (secondary special, secondary vocational) education.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="605"/>
     <w:bookmarkStart w:name="z616" w:id="606"/>
     <w:p>
@@ -14422,51 +14312,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       manual change of electric drills, devices for means of control of insulation and ring current collector, work of electricians on maintenance and repair of electrical equipment at drilling rigs, installation and dismantling of electrical equipment, including special electrical equipment for drilling wells with electric drills using telemetric systems and remote monitoring of drilling wells.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="618"/>
     <w:bookmarkStart w:name="z629" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      77. Is obliged to  know:</w:t>
+      77. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="619"/>
     <w:bookmarkStart w:name="z630" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the technological process of drilling wells for oil, gas, thermal, iodine-bromine waters and other minerals;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="620"/>
     <w:bookmarkStart w:name="z631" w:id="621"/>
     <w:p>
@@ -14522,51 +14412,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       control circuit of electric drill and chisel feeder;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="623"/>
     <w:bookmarkStart w:name="z634" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      power supply and illumination lighting scheme, manual for electric drill, current lead, design and principle of operation of the built-in orientation machine for drilling inclined wells and manual for operation and maintenance of this device, technical rules for installation, repair, revision and operation of drilling equipment, air and cable networks , grounding device and its purpose;</w:t>
+      power supply and illumination lighting scheme, manual for electric drill, current lead, design and principle of operation of the built-in orientation machine for drilling inclined wells and manual for operation and maintenance of this device, technical rules for installation, repair, revision and operation of drilling equipment, air and cable networks, grounding device and its purpose;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="624"/>
     <w:bookmarkStart w:name="z635" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ways to increase power factor and ensure efficient use of electricity.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="625"/>
     <w:bookmarkStart w:name="z636" w:id="626"/>
     <w:p>
@@ -14642,71 +14532,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 32. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Wellbore Testing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Operator, </w:t>
-[...19 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>Operator, 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="628"/>
     <w:bookmarkStart w:name="z639" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -14912,71 +14782,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       participation in the installation of blowout equipment at the wellhead.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="639"/>
     <w:bookmarkStart w:name="z650" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      79. Is obliged to  know:</w:t>
+      79. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="640"/>
     <w:bookmarkStart w:name="z651" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      the geology of the field, the technological process of drilling wells for oil, gas and other minerals and testing  wells;</w:t>
+      the geology of the field, the technological process of drilling wells for oil, gas and other minerals and testing wells;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="641"/>
     <w:bookmarkStart w:name="z652" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the purpose, device, technical characteristics of the formation tester and sampler, the order of their assembly and disassembly;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="642"/>
     <w:bookmarkStart w:name="z653" w:id="643"/>
     <w:p>
@@ -15052,71 +14922,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 33. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Wellbore Testing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Operator, </w:t>
-[...19 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>Operator, 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="645"/>
     <w:bookmarkStart w:name="z656" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -15392,101 +15242,61 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wellbore </w:t>
-[...49 lines deleted...]
-        <w:t>, 3</w:t>
+        <w:t>Wellbore Cementing O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>perator, 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="659"/>
     <w:bookmarkStart w:name="z670" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -15682,91 +15492,61 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 35.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wellbore Cementing </w:t>
-[...39 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>Wellbore Cementing O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>perator, 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="669"/>
     <w:bookmarkStart w:name="z680" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -15812,51 +15592,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       assembly, disassembly, piping of injection lines with units and wellhead fittings;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="672"/>
     <w:bookmarkStart w:name="z683" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      pressure testing of low and high pressure lines;</w:t>
+      pressure testing of low- and high-pressure lines;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="673"/>
     <w:bookmarkStart w:name="z684" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       installation of a cementing head and pressure gauges, monitoring the work and readings of recording devices;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="674"/>
     <w:bookmarkStart w:name="z685" w:id="675"/>
     <w:p>
@@ -16102,91 +15882,61 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 36. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Cement Control Station Operator-</w:t>
-[...39 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>Cement Control Station Operator-Mechanic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="686"/>
     <w:bookmarkStart w:name="z697" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -16352,51 +16102,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       driving a car, refueling, carrying out preventive and current repairs of the station, car.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="695"/>
     <w:bookmarkStart w:name="z706" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      87. Is obliged to  know:</w:t>
+      87. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="696"/>
     <w:bookmarkStart w:name="z707" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       technological process of cementing wells, hydraulic fracturing;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="697"/>
     <w:bookmarkStart w:name="z708" w:id="698"/>
     <w:p>
@@ -16742,51 +16492,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       maintenance of equipment for cement trucks.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="712"/>
     <w:bookmarkStart w:name="z723" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      89. Is obliged to  know:</w:t>
+      89. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="713"/>
     <w:bookmarkStart w:name="z724" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       technological process and purpose of well cementing, hydraulic fracturing, water jet perforation and work on the intensification of oil production;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="714"/>
     <w:bookmarkStart w:name="z725" w:id="715"/>
     <w:p>
@@ -17052,51 +16802,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       preparation of the cementing unit for work at the facility;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="724"/>
     <w:bookmarkStart w:name="z735" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      assembly, disassembly, piping and crimping of high and low pressure lines;</w:t>
+      assembly, disassembly, piping and crimping of high- and low-pressure lines;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="725"/>
     <w:bookmarkStart w:name="z736" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       participation in the process of well cementing, hydraulic fracturing, chemical, heat treatment, well killing and flushing, installation of cement bridges;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="726"/>
     <w:bookmarkStart w:name="z737" w:id="727"/>
     <w:p>
@@ -17272,51 +17022,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       registration of documentation for the work performed.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="735"/>
     <w:bookmarkStart w:name="z746" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      92. Is obliged to  know:</w:t>
+      92. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="736"/>
     <w:bookmarkStart w:name="z747" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the process of drilling wells and oil, gas and other minerals;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="737"/>
     <w:bookmarkStart w:name="z748" w:id="738"/>
     <w:p>
@@ -17448,51 +17198,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 3. Occupational Characteristics of Oil and Gas Production Workers by Categories  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="744"/>
     <w:bookmarkStart w:name="z755" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section 1. Gas Collection Operator,  2 Category</w:t>
+        <w:t xml:space="preserve"> Section 1. Gas Collection Operator, 2 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="745"/>
     <w:bookmarkStart w:name="z756" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="746"/>
     <w:bookmarkStart w:name="z757" w:id="747"/>
     <w:p>
@@ -17628,51 +17378,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       performance of simple plumbing work.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="753"/>
     <w:bookmarkStart w:name="z764" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      94. Is obliged to  know:</w:t>
+      94. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="754"/>
     <w:bookmarkStart w:name="z765" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       basic information on the technology of production, collection and transportation of oil, gas and condensate;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="755"/>
     <w:bookmarkStart w:name="z766" w:id="756"/>
     <w:p>
@@ -17706,51 +17456,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the purpose, design and rules for servicing separators, pressure gas pipelines, gas distribution devices, shut-off devices, safety, check and control valves, pressure and level regulators, and other applied instrumentation.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="757"/>
     <w:bookmarkStart w:name="z768" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section 2. Gas Collection Operator,  3 Category </w:t>
+        <w:t xml:space="preserve"> Section 2. Gas Collection Operator, 3 Category </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="758"/>
     <w:bookmarkStart w:name="z769" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="759"/>
     <w:bookmarkStart w:name="z770" w:id="760"/>
     <w:p>
@@ -17826,51 +17576,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       determination of the thickness and quality of insulation of the walls of the apparatus and gas pipelines;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="763"/>
     <w:bookmarkStart w:name="z774" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      maintenance of air and cable lines of the remote control system in working condition;</w:t>
+      maintenance of air and cable lines of the remote-control system in working condition;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="764"/>
     <w:bookmarkStart w:name="z775" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       metal corrosion control;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="765"/>
     <w:bookmarkStart w:name="z776" w:id="766"/>
     <w:p>
@@ -17926,51 +17676,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       keeping logs of equipment and gas pipelines, gas production and use, technological gas losses. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="768"/>
     <w:bookmarkStart w:name="z779" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      96. Is obliged to  know:</w:t>
+      96. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="769"/>
     <w:bookmarkStart w:name="z780" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       technological processes of oil and gas production, oil and gas separation, gas-assembling communications scheme, gas properties, used inhibitors, features of collecting and transporting hydrogen sulfide gas;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="770"/>
     <w:bookmarkStart w:name="z781" w:id="771"/>
     <w:p>
@@ -18024,51 +17774,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       equipment and apparatus, technical characteristics and device used instrumentation, means of automation and remote control.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="773"/>
     <w:bookmarkStart w:name="z784" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section 3. Gas Collection Operator,  4 Category</w:t>
+        <w:t xml:space="preserve"> Section 3. Gas Collection Operator, 4 Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="774"/>
     <w:bookmarkStart w:name="z785" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. Characteristics of the work:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="775"/>
     <w:bookmarkStart w:name="z786" w:id="776"/>
     <w:p>
@@ -18444,51 +18194,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       preparation of the flushing unit for work at the facility, piping (connection) of the unit with the wellhead according to the technological scheme;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="791"/>
     <w:bookmarkStart w:name="z802" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      assembly and disassembly, piping and crimping of high and low pressure lines;</w:t>
+      assembly and disassembly, piping and crimping of high- and low-pressure lines;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="792"/>
     <w:bookmarkStart w:name="z803" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       maintenance of the mechanisms for washing, pressure testing and drainage of the bottom hole;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="793"/>
     <w:bookmarkStart w:name="z804" w:id="794"/>
     <w:p>
@@ -18604,51 +18354,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       production of the current repair of the flushing unit, car or tractor.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="799"/>
     <w:bookmarkStart w:name="z810" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      100. Is obliged to  know:</w:t>
+      100. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="800"/>
     <w:bookmarkStart w:name="z811" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       device and rules of operation of the vehicle or tractor, flushing pump, fittings and equipment of wells, the technological process of washing, pressure testing of wells;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="801"/>
     <w:bookmarkStart w:name="z812" w:id="802"/>
     <w:p>
@@ -18884,61 +18634,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">orking </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Substance </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> into</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve">into the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>eservoir</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="808"/>
     <w:bookmarkStart w:name="z819" w:id="809"/>
     <w:p>
@@ -19114,51 +18854,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       logging of water injection through wells, log of the equipment serviced and power consumption.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="817"/>
     <w:bookmarkStart w:name="z828" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      103. Is obliged to  know:</w:t>
+      103. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="818"/>
     <w:bookmarkStart w:name="z829" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the purpose, rules of operation and maintenance of pumps, air coolers and automatic ventilation systems, electric motors, equipment of a pumping station, used instrumentation and automation equipment;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="819"/>
     <w:bookmarkStart w:name="z830" w:id="820"/>
     <w:p>
@@ -19544,51 +19284,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       driving a car.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="833"/>
     <w:bookmarkStart w:name="z844" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      105. Is obliged to  know:</w:t>
+      105. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="834"/>
     <w:bookmarkStart w:name="z845" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       technological process of oil and gas production;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="835"/>
     <w:bookmarkStart w:name="z846" w:id="836"/>
     <w:p>
@@ -19704,51 +19444,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       when servicing steam mobile dewaxing plants and units mounted on the vehicle chassis, with a working steam pressure of up to 10 megapascals (up to 100 kilograms-force per square centimeter) inclusive - 5 category; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="841"/>
     <w:bookmarkStart w:name="z852" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      when servicing steam mobile dewaxing installations with a working vapor pressure of over 10 megapascals (over 100 kilogram-force per square centimeter) – 6 category. </w:t>
+      when servicing steam mobile dewaxing installations with a working vapor pressure of over 10 megapascals (over 100 kilogram-force per square centimeter) – 6 categories. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="842"/>
     <w:bookmarkStart w:name="z853" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106. Technical and vocational (secondary specialized, secondary vocational) education is required.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="843"/>
     <w:bookmarkStart w:name="z854" w:id="844"/>
     <w:p>
@@ -20034,51 +19774,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       driving a car.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="854"/>
     <w:bookmarkStart w:name="z865" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      108. Is obliged to  know:</w:t>
+      108. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="855"/>
     <w:bookmarkStart w:name="z866" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       the methods of operating oil, gas and injection wells;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="856"/>
     <w:bookmarkStart w:name="z867" w:id="857"/>
     <w:p>
@@ -20674,51 +20414,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       fundamentals of electrical engineering and plumbing in the volume of work performed, methods of repair of the engine, transmission and chassis of the lifting winches.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="884"/>
     <w:bookmarkStart w:name="z895" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      During the work on wells of I category of complexity and up to 1500 meters in depth inclusive - the 5 category;</w:t>
+      During the work on wells of I category of complexity and up to 1500 meters in depth inclusive - the 5 categories;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="885"/>
     <w:bookmarkStart w:name="z896" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       when working on wells of the II category of complexity and a depth of more than 1,500 meters to 4,000 meters inclusive - 6 category; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="886"/>
     <w:bookmarkStart w:name="z897" w:id="887"/>
     <w:p>
@@ -20844,71 +20584,61 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ressure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Maintenance </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> Maintenance Operator</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
@@ -21114,51 +20844,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       keeping a shift log of working agent injection into the reservoir.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="900"/>
     <w:bookmarkStart w:name="z911" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      113. Is obliged to  know:</w:t>
+      113. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="901"/>
     <w:bookmarkStart w:name="z912" w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       characteristics of the developed field and methods of its operation;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="902"/>
     <w:bookmarkStart w:name="z913" w:id="903"/>
     <w:p>
@@ -21284,81 +21014,71 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ressure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Maintenance </w:t>
-[...9 lines deleted...]
-        <w:t>Operator</w:t>
+        <w:t xml:space="preserve"> Maintenance Operator</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="906"/>
     <w:bookmarkStart w:name="z917" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -21484,51 +21204,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       elimination of minor malfunctions in means of protective automatics and instrumentation at distribution points.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="913"/>
     <w:bookmarkStart w:name="z924" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      115. Is obliged to  know:</w:t>
+      115. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="914"/>
     <w:bookmarkStart w:name="z925" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       technological process of extraction of oil, gas and gas condensate;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="915"/>
     <w:bookmarkStart w:name="z926" w:id="916"/>
     <w:p>
@@ -21674,51 +21394,51 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">perator, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="918"/>
     <w:bookmarkStart w:name="z929" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -21824,51 +21544,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       participation in the preparation of injection wells for overhaul and maintenance;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="924"/>
     <w:bookmarkStart w:name="z935" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      receiving injection wells from the repair, development and commissioning of them ; </w:t>
+      receiving injection wells from the repair, development and commissioning of them;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="925"/>
     <w:bookmarkStart w:name="z936" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       control over the work of automation, remote control and instrumentation;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="926"/>
     <w:bookmarkStart w:name="z937" w:id="927"/>
     <w:p>
@@ -21904,51 +21624,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       management of the watch.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="928"/>
     <w:bookmarkStart w:name="z939" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      117. Is obliged to  know:</w:t>
+      117. Is obliged to know:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="929"/>
     <w:bookmarkStart w:name="z940" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       characteristics of the developed field;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="930"/>
     <w:bookmarkStart w:name="z941" w:id="931"/>
     <w:p>
@@ -22134,91 +21854,61 @@
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>racturing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Treatment </w:t>
-[...39 lines deleted...]
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> Treatment Operator</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Category</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="937"/>
     <w:bookmarkStart w:name="z948" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>