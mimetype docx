--- v0 (2025-10-12)
+++ v1 (2026-01-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1754641" w14:textId="1754641">
+    <w:p w14:paraId="f0e9e4b" w14:textId="f0e9e4b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,131 +145,121 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of the Minister of Education and Science of the Republic of Kazakhstan dated September 21, 2018 № 484. It is registered in the Ministry of Justice of the Republic of Kazakhstan on October 12, 2018 № 17540.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...27 lines deleted...]
-      In accordance with subparagraph 25) of Article 5 of Article 5 of the Law of the Republic of Kazakhstan "On Education", </w:t>
+      In accordance with subparagraph 59) of Article 5 of the Law of the Republic of Kazakhstan "On education," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I HEREBY ORDER</w:t>
+        <w:t>I hereby ORDER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The preamble as amended by the order of the Minister of Enlightenment of the Republic of Kazakhstan dated 07.08.2023 № 250 (shall be enforced from the date of its first official publication).</w:t>
+        <w:t>      Footnote. Preamble – in the wording of the order of the Minister of Education of the Republic of Kazakhstan dated 30.04.2025 № 98 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -717,79 +707,79 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules on Holding a Competition for the Grant “The Best Organization of Technical and Vocational, Post-Secondary Education” with the Establishment of the Size of the Grant and the Procedure for Awarding it 1. General Provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. These Rules on Holding a Competition for the Grant “The Best Organization of Technical and Vocational, Post-Secondary Education” with the Establishment of the Size of the Grant and the Procedure for Awarding it (hereinafter referred to as the Rules) have been developed in accordance with subparagraph 25) of Article 5 of the Law of the Republic of Kazakhstan “On Education” and determine the procedure for holding the competition for the grant “The Best Organization of Technical and Vocational, Post-Secondary Education” with the establishment of the size of the grant and the procedure for awarding it.</w:t>
+      1. These Rules for the competition for the award of the grant "The best organization of technical and professional, post-secondary education" with the establishment of the size of the grant and the procedure for its award (hereinafter referred to as the Rules) have been developed in accordance with subparagraph 59) of Article 5 of the Law of the Republic of Kazakhstan "On education" and shall determine the procedure for holding a competition for awarding a grant "The best organization of technical and vocational, post-secondary education" with the establishment of the size of the grant and the procedure for its award.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 1 as amended by the order of the Minister of Enlightenment of the Republic of Kazakhstan dated 07.08.2023 № 250 (shall be enforced from the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 1 – in the wording of the order of the Minister of Education of the Republic of Kazakhstan dated 30.04.2025 № 98 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1889,55 +1879,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>