--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3661244" w14:textId="3661244">
+    <w:p w14:paraId="3bcf526" w14:textId="3bcf526">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,165 +131,155 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Education and Science of the Republic of Kazakhstan of September 27, 2018 No. 502. Registered with the Ministry of Justice of the Republic of Kazakhstan on September 28, 2018 No. 17449.</w:t>
+        <w:t>Order of the Minister of Education and Science of the Republic of Kazakhstan of September 27, 2018 № 502. Registered with the Ministry of Justice of the Republic of Kazakhstan on September 28, 2018 № 17449.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...47 lines deleted...]
-      In accordance with subparagraph 108) of Article 5 of the Law of the Republic of Kazakhstan “On Education” </w:t>
+      In accordance with subparagraph 94) of Article 5 of the Law of the Republic of Kazakhstan "On education," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I HEREBY ORDER</w:t>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>hereby</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ORDER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The preamble as amended by the Order of the Minister of Enlightenment of the Republic of Kazakhstan dated 01.08.2023 No. 238 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Preamble – in the wording of the order of the Minister of Education of the Republic of Kazakhstan dated 30.04.2025 № 98 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -744,51 +734,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Criteria for the reorganization of secondary education organizations established in the organizational and legal form of a state institution into the organizational and legal form of a state enterprise on the right of economic management</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Criteria - as amended by the Order of the Minister of Education and Science of the Republic of Kazakhstan dated 06.05.2022 No. 187 (shall be enforced ten calendar days after the day of its first official publication).</w:t>
+      Footnote. Criteria - as amended by the Order of the Minister of Education and Science of the Republic of Kazakhstan dated 06.05.2022 № 187 (shall be enforced ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Organizations of secondary education created in the organizational and legal form of a state institution may be reorganized into the organizational and legal form of a state enterprise on the right of economic management, subject to simultaneous compliance with the following criteria:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -850,55 +840,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>