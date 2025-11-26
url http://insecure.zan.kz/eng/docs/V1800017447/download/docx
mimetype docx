--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="97f1edf" w14:textId="97f1edf">
+    <w:p w14:paraId="aba90ec" w14:textId="aba90ec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,85 +145,55 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of the General Prosecutor of the Republic of Kazakhstan dated September 25, 2018 No. 118. Registered in the Ministry of Justice of the Republic of Kazakhstan on September 28, 2018 No. 17447.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...33 lines deleted...]
-        <w:t>translation</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with paragraph 1-1 of Article 33 of the Law of the Republic of Kazakhstan dated January 6, 2011 "On law enforcement service", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -325,51 +295,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) the state registration of this order at the Ministry of Justice of the Republic of Kazakhstan; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) within ten calendar days from the date of the state registration of this order, to send a copy in the Kazakh and Russian languages ​​to the Republican state enterprise on the basis of the right of economic management “Republican Center for Legal Information” of the Ministry of Justice of the Republic of Kazakhstan for official publication and inclusion into the Reference Control Bank of regulatory legal acts of the Republic of Kazakhstan; </w:t>
+      2) within ten calendar days from the date of the state registration of this order, to send a copy in the Kazakh and Russian languages to the Republican state enterprise on the basis of the right of economic management “Republican Center for Legal Information” of the Ministry of Justice of the Republic of Kazakhstan for official publication and inclusion into the Reference Control Bank of regulatory legal acts of the Republic of Kazakhstan; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) the placement of this order on the official Internet resource of the General Prosecutor's Office of the Republic of Kazakhstan. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -394,62 +364,63 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. This order shall come into force on the day of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7768"/>
-        <w:gridCol w:w="4232"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7768" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -462,51 +433,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Prosecutor General of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7768" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -514,51 +485,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4232" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1098,320 +1069,632 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        In the absence of candidates who have received a positive opinion from the competition commission at the internal competition, an interdepartmental competition shall be held.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      5. The main criteria for selecting candidates for vacant senior management positions are compliance with the Qualification Requirements for the categories of positions of employees of the prosecutor's office system of the Republic of Kazakhstan, approved by the order of the Prosecutor General of the Republic of Kazakhstan dated August 28, 2013 № 90 (registered in the State Register of Normative Legal Acts under № 8780) (hereinafter referred to as the Qualification Requirements), an impeccable reputation and the results of official activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 5 – as amended by Order № 1 of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Competitive selection for a senior management position shall be carried out by reviewing candidates for compliance with established Qualification Requirements, studying the competitiveness indicator (digital rating), passing a polygraph examination, conducting a psychological and sociological examination of the employee, testing knowledge of the current legislation of the Republic of Kazakhstan (hereinafter referred to as Computer testing), and an interview.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 6 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 2. Procedure and conditions of an internal competition </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-       5. The main criteria for the selection of candidates for vacant higher senior positions shall be the impeccable reputation, professional, business and personal qualities. At that, in the internal competition, the priority shall be given to the candidates who are in the personnel reserve for a higher senior position. </w:t>
+      7. The announcement of an internal competition shall be published on the Internet - resource of the prosecutor's office that announced the competition. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       6. Competitive selection for a higher senior position shall be carried out by examining the candidates for compliance with the Qualification requirements for the categories of positions of employees of the prosecution authorities (hereinafter referred to as the Qualification requirements), testing for knowledge of the current legislation of the Republic of Kazakhstan (hereinafter – the computer testing) and interviewing. </w:t>
+      8. An internal competition shall be held among the employees of the prosecution authorities who meet the qualification requirements for the announced position. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       The qualification requirements shall be approved by the order of the Prosecutor General of the Republic of Kazakhstan dated August 28, 2013, No. 90 (registered in the Register of the state registration of regulatory legal acts under No. 8780). </w:t>
+      9. An application for participation in the internal competition shall be submitted to the personnel service of the prosecutor's office that announced the competition, not later than five working days from the date of publication of the announcement, according to the form in Annex 1 to these Rules. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. The application shall be accompanied by a certificate of performance results reflecting key performance indicators and actual achievements, signed by the immediate supervisor, and a letter of recommendation from the official (hereinafter referred to as the Letter of recommendation) in the form in Appendix 2 to these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Letters of recommendation for employees of the Prosecutor General's Office shall be signed by the heads of the structural divisions of the Prosecutor General's Office or their deputies; for employees of the prosecutor's offices of regions and equivalent prosecutor's offices (cities of republican significance and the capital), the main military and transport prosecutor's offices, the Academy of Law Enforcement Agencies under the Prosecutor General's Office, the Committee on Legal Statistics and Special Accounts of the Prosecutor General's Office, the Committee for the Return of Assets of the Prosecutor General's Office - by the heads of the prosecutor's offices or their deputies; for employees of territorial and equivalent bodies of the Committee on Legal Statistics and Special Accounts of the Prosecutor General's Office - by the heads of territorial and equivalent bodies of the Committee on Legal Statistics and Special Accounts of the Prosecutor General's Office or their deputies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Chapter 2. Procedure and conditions of an internal competition </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 10 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       7. The announcement of an internal competition shall be published on the Internet - resource of the prosecutor's office that announced the competition. </w:t>
+      11. In the case of submission of an incomplete package of documents, specified in paragraph 10 of these Rules, as well as with violation of the period, stipulated by paragraph 9 of these Rules, the personnel service shall reject the application of the candidate to participate in the competition. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       8. An internal competition shall be held among the employees of the prosecution authorities who meet the qualification requirements for the announced position. </w:t>
+      12. The personnel service of the relevant prosecutor's office shall examine the candidates for compliance with the qualification requirements for an announced position, as well as their professional, business and personal qualities. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. If the candidate meets the Qualification Requirements for the advertised position, the candidate shall be sent to undergo computer testing, polygraph testing, and psychological-sociological examinations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The procedure for undergoing a polygraph examination shall be determined by the Decree of the Government of the Republic of Kazakhstan dated June 19, 2014, № 683 “On approval of the Rules for undergoing a polygraph examination in law enforcement agencies, civil defense agencies, and the state courier service of the Republic of Kazakhstan.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The procedure for conducting a psychological and sociological study was approved by the joint order of the Prosecutor General of the Republic of Kazakhstan dated March 27, 2025 № 39 dsp, the Chairman of the Anti-Corruption Agency of the Republic of Kazakhstan (Anti-Corruption Service) dated March 19, 2025 № 8 dsp, the Chairman of the Agency of the Republic of Kazakhstan for Financial Monitoring dated March 20, 2025 № 82- нқ dsp, the Minister of Internal Affairs of the Republic of Kazakhstan dated March 18, 2025 № 42 dsp and the Minister of Emergency Situations of the Republic of Kazakhstan dated March 26, 2025 № 10 dsp "On approval of the procedure and methods for conducting a psychological and sociological study.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 13 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. To obtain complete and objective information about candidates, lists for verification are sent to the internal security service of the prosecutor's office.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 14 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. The internal security service of the prosecutor's office, based on the results of examining the candidates, shall send the relevant information to the personnel service no later than five working days before the interview.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 15 - as amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Materials on candidates (service record, certificate of performance, letter of recommendation, results of computer testing and polygraph examination, competitiveness indicator (digital rating), as well as the conclusion on the results of psychological and sociological research shall be sent to the commission no later than three working days before the interview.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 16 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       9. An application for participation in the internal competition shall be submitted to the personnel service of the prosecutor's office that announced the competition, not later than five working days from the date of publication of the announcement, according to the form in Annex 1 to these Rules. </w:t>
-[...161 lines deleted...]
-       17. The candidate shall be notified of the date and time of the interview not later than three working days before it. </w:t>
+      17. The candidate shall be notified of the date and time of the interview not later than three working days before it. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 3. Procedure and conditions for an interdepartmental competition among</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -1431,909 +1714,1353 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Employees of other law enforcement agencies shall take part in an inter-departmental competition, subject to compliance with the qualification requirements for the position announced. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       19. An application for participation in an interdepartmental competition shall be submitted to the personnel service of the prosecutor's office that announced the competition, not later than ten working days from the date of publication of the announcement, according to the form in Annex 3 to these Rules. </w:t>
+      19. An application for participation in an interdepartmental competition shall be submitted to the personnel service of the prosecutor's office that announced the competition, not later than ten working days from the date of publication of the announcement, according to the form in Annex 3 to these Rules. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. The application shall be accompanied by a work record certified by the personnel department of the law enforcement agency, a certificate of performance results reflecting key performance indicators and actual achievements, a competitiveness indicator (digital rating) and a letter of recommendation, in the form according to Appendix 4 to these Rules, signed by the immediate supervisor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 20 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       20. The application shall be attached with a record of service, certified by the personnel service of the law enforcement agency, a certificate of performance results, reflecting the basic performance indicators and real achievements, and a letter of recommendation, in accordance with the form, specified in Annex 4 to these Rules, signed by the immediate supervisor. </w:t>
+      21. In the case of submission of an incomplete package of documents, specified in paragraph 20 of these Rules, as well as with violation of the period, provided for by paragraph 19 of these Rules, the personnel service shall reject the application of the candidate to participate in the competition. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       21. In the case of submission of an incomplete package of documents, specified in paragraph 20 of these Rules, as well as with violation of the period, provided for by paragraph 19 of these Rules, the personnel service shall reject the application of the candidate to participate in the competition. </w:t>
+      22. The personnel service of the relevant prosecutor's office shall examine the candidates for compliance with the qualification requirements for an announced position, as well as their business and personal qualities. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. If the candidate meets the Qualification Requirements for the advertised position, the candidate shall be sent to undergo polygraph and psychological-sociological examinations at the law enforcement agency in which he/she directly serves.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The human resources department of the prosecutor's office shall send a request to the relevant law enforcement agency for the provision of a polygraph and psychological-sociological examination report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      To determine the level of knowledge of the legislation of the Republic of Kazakhstan, the candidate shall be sent to undergo computer testing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 23 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. To obtain complete and objective information about an individual, lists of candidates for verification shall be sent to the internal security service of the prosecutor's office; if necessary, information shall be requested from the law enforcement agency at the candidate's place of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 24 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. The internal security service of the prosecutor's office, based on the results of examining the candidates, shall send the relevant information to the personnel service no later than five working days before the interview.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 25 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Materials on candidates (service record, certificate of performance, letter of recommendation, results of computer testing and polygraph examination, competitiveness indicator (digital rating), as well as a conclusion on the results of psychological and sociological research conducted shall be sent to the commission no later than three working days before the interview.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 26 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. The candidate shall be notified of the date and time of the interview not later than three working days before it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 4. Organization of computer testing</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Testing of candidates shall be carried out by the Prosecutor General's Office in the testing hall of the Prosecutor General's Office or in the regional prosecutor's office in the "Online" mode on an information system designed for computer testing in the Kazakh or Russian languages.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The testing process shall be carried out using videoconferencing with audio and video recording via secure communication channels of the Unified Transport Environment of the Prosecutor's Office.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 28 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. The candidate shall be tested by the computer testing Program for knowledge of the legislation of the Republic of Kazakhstan, in accordance with Annex 5 to these Rules.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       22. The personnel service of the relevant prosecutor's office shall examine the candidates for compliance with the qualification requirements for an announced position, as well as their business and personal qualities. </w:t>
+      30. Candidates who have an identity document of a citizen of the Republic of Kazakhstan with an individual identification number shall be allowed to pass the test. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       23. If the candidate meets the qualification requirements for an announced position, the candidate shall be sent for computer testing. </w:t>
+      31. Prior to testing, the representative of the personnel service shall conduct a briefing on the procedure for testing, if any questions arise, he makes relevant explanations. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       24. To obtain complete and objective information about the individual, the lists of candidates for verification shall be sent to the internal security service of the prosecutor's office, if necessary, information shall be requested from the law enforcement agency at the candidate’s place of work. </w:t>
+      32. A candidate who has an unsatisfactory state of health at the time of testing shall inform the representative of the personnel service before the start of testing. In this case, the testing of such a candidate shall be carried out at another time during this day or on another day. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       25. The internal security service of the prosecution authority, based on the results of the examination of candidates, shall send the relevant information to the personnel service not later than five working days before the interview. </w:t>
-[...195 lines deleted...]
-       34. In case of violation of the requirements of paragraph 33 of these Rules, the representative of the personnel service shall stop the testing, remove the candidates who committed the violation from the testing room and draw up the corresponding act in any form. The test results of the candidate shall be canceled.</w:t>
+      33. During the testing, the candidates shall not be allowed to leave the test room, talk with other candidates, exchange materials, use receiving, transmitting electronic devices (including cell phones, PDAs and other electronic equipment), paper media. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. In case of violation of the requirements of paragraph 33 of these Rules, the representative of the personnel service shall stop the testing, remove the candidates who committed the violation from the testing room and draw up the corresponding act in any form. The test results of the candidate shall be canceled.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Time to complete the test shall be 90 minutes (120 questions). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       When the time, allotted for the tests, ends, the program automatically closes. </w:t>
+      When the time, allotted for the tests, ends, the program automatically closes. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       36. The test thresholds shall be at least 70% of the correct answers from the total number of questions. </w:t>
-[...17 lines deleted...]
-       37. Counting the correct answers of testing shall be carried out automatically using a computer program.</w:t>
+      36. The test thresholds shall be at least 70% of the correct answers from the total number of questions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Counting the correct answers of testing shall be carried out automatically using a computer program.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       38. After completion of testing, the candidates shall receive the test results with an indication of their last name, first name and patronymic (if any), date, time spent, number of correct answers. </w:t>
+      38. After completion of testing, the candidates shall receive the test results with an indication of their last name, first name and patronymic (if any), date, time spent, number of correct answers. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       39. Test results shall be valid for one year from the date of testing. </w:t>
+      39. Test results shall be valid for one year from the date of testing. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 5. The interview procedure</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       40. Interviews with candidates shall be conducted by a commission of the prosecutor's office, the composition of which is approved by its head. </w:t>
+      40. Interviews with candidates shall be conducted by a commission of the prosecutor's office, the composition of which is approved by its head. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. The commission shall include heads of departments of the prosecutor's office, representatives of the internal security service, the personnel service and other employees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The secretary of the commission shall be a representative of the personnel service of the prosecutor's office, who provides organizational support for its work and shall not take part in voting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Psychologists, experts who are not employees of the prosecutor's office and who have experience in certain specialties, including in the scientific field, as well as specialists in the selection and promotion of personnel, may be invited to participate in the work of the commission; their opinions shall be advisory in nature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 41 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       41. The commission shall include the heads of divisions of the prosecution authority, representatives of the internal security service, personnel service and other employees. </w:t>
+      42. The commission should include at least five members. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       The secretary of the commission shall be a representative of the personnel service of the prosecutor's office, who provides organizational support for its work and does not participate in the voting. </w:t>
-[...17 lines deleted...]
-       Psychologists, experts who are not employees and workers of the prosecutor's office, who have experience in certain specialties, including in the scientific field, as well as specialists for the selection and promotion of personnel, may be invited to participate in the commission’s work; their opinion is advisory.</w:t>
+      43. A meeting of a commission shall be deemed valid if it is attended by at least two thirds of the total number of members of the commission. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Candidates who meet the Qualification Requirements for the advertised position, have positive results in computer testing, and have passed a polygraph and psychological-sociological examination shall be admitted to the interview.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Positive results of computer testing shall be understood to mean results whose value is not lower than that established in paragraph 36 of these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 44 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       42. The commission should include at least five members. </w:t>
+      45. Candidates admitted to the interview, shall pass it at the prosecutor's office, which announced the competition, in accordance with the schedule posted on its Internet resource. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       43. A meeting of a commission shall be deemed valid if it is attended by at least two thirds of the total number of members of the commission. </w:t>
+      The interview can be conducted online through video conferencing with audio - video logging over the secured communication channels of the Unified transport environment of the prosecution authorities. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       44. Candidates who meet the qualification requirements for an announced position and have positive computer test results shall be allowed to be interviewed. </w:t>
+      46. Following the results of the interview, the commission shall take one of the following decisions: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       The positive results of computer testing shall be the results that are not lower than those established by paragraph 36 of these Rules. </w:t>
+      1) to recommend for appointment to the announced vacant position; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       45. Candidates admitted to the interview, shall pass it at the prosecutor's office, which announced the competition, in accordance with the schedule posted on its Internet resource. </w:t>
+      2) to refuse to appoint to the announced vacant position. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. The interview with candidates shall be drawn up in the form of a protocol and recorded using technical recording equipment (audio and/or video), of which the candidates are warned at the beginning of the interview.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 47 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. The minutes of the interview with the candidate shall be signed by the chairman, members of the commission.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       The interview can be conducted online through video conferencing with audio - video logging over the secured communication channels of the Unified transport environment of the prosecution authorities. </w:t>
+      A note shall be made in the minutes of the commission meeting about the use of recording equipment by the commission. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       46. Following the results of the interview, the commission shall take one of the following decisions: </w:t>
+      49. The materials, recorded during the interview with the help of technical means of recording shall be stored in the personnel service of the prosecutor’s office for at least one year after the end of the competition. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       1) to recommend for appointment to the announced vacant position; </w:t>
+      50. A candidate shall receive a positive opinion of the commission if a majority of those present from the commission vote for him. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       2) to refuse to appoint to the announced vacant position. </w:t>
+      In case of equality of votes in voting, the vote of the chairman of the commission shall be decisive. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       47. Interviews with candidates shall be made in the form of a minutes and shall be recorded using technical means of recording (audio and (or) video). </w:t>
-[...17 lines deleted...]
-       48. The minutes of the interview with the candidate shall be signed by the chairman, members of the commission.</w:t>
+      51. The personnel service of the prosecutor's office shall notify the candidates of the decision taken by the commission within three working days from the date of its meeting. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      52. Excluded by the order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      53. Excluded by the order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 6. Final provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       A note shall be made in the minutes of the commission meeting about the use of recording equipment by the commission. </w:t>
-[...141 lines deleted...]
-       54. The decision of the commission may be appealed in a higher prosecution authority (superior official) or in a court. </w:t>
+      54. The decision of the commission may be appealed in a higher prosecution authority (superior official) or in a court. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2520,51 +3247,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (name of the position) </w:t>
+      (Name of the position) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       I am familiar (I agree) with the conditions and the procedure of an internal competition for a vacant position in the prosecution authorities of the Republic of Kazakhstan, agree and undertake to comply with them. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2986,87 +3713,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (name of the position)</w:t>
+      (Name of the position)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       I recommend _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (last name, first name, patronymic (if any) of the candidate, name of the position)</w:t>
+      (Last name, first name, patronymic (if any) of the candidate, name of the position)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3148,51 +3875,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (professional, business and personal qualities of the candidate; examples, confirming that the candidate has the listed qualities)</w:t>
+      (Professional, business and personal qualities of the candidate; examples, confirming that the candidate has the listed qualities)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Additional information:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3451,51 +4178,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (name of the position)</w:t>
+      (Name of the position)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       I am familiar (I agree) with the conditions and the procedure of an inter-departmental competition for a vacant position in the prosecution authorities of the Republic of Kazakhstan, agree and undertake to comply with them. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3615,787 +4342,1082 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (Last name, first name patronymic (if available)) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "____"_______________</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20____ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Contact phone / Email ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">20____ </w:t>
-[...107 lines deleted...]
-       To participate in an inter-departmental competition for an announced vacant position</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Annex 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the Rules for the conduct of a competition for higher senior positions of the system of prosecution authorities of the Republic of Kazakhstan </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Form </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A letter of recommendation for a candidate to participate in an interdepartmental competition </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      To participate in an inter-departmental competition for an announced vacant position</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Name of the position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I recommend ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Last name, first name, patronymic (if any) of the candidate, name of the position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The candidate has such qualities as</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Professional, business and personal qualities of the candidate; examples, confirming that the candidate has the listed qualities)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Additional information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Position signature Last name, first name, patronymic (if available) of the recommender.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________________________________________________________</w:t>
-[...377 lines deleted...]
-      Program of computer testing for knowledge of the legislation of the Republic of Kazakhstan </w:t>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appendix 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the Rules for conducting </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">competitions for senior </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>management positions in the prosecutor's office system of the Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z127" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Computer testing program for knowledge of the legislation of the Republic of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Appendix 5 - as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11184"/>
-        <w:gridCol w:w="1116"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11184" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Program </w:t>
+              <w:t>
+Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Number of questions </w:t>
+              <w:t>
+Number of questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11184" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...26 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-Laws of the Republic of Kazakhstan: </w:t>
-[...27 lines deleted...]
-the Ethical Code of Civil Servants of the Republic of Kazakhstan (Rules of Official Ethics of Civil Servants), approved by the Decree of the President of the Republic of Kazakhstan dated December 29, 2015 No. 153 (10 questions). </w:t>
+The test on knowledge of the legislation of the Republic of Kazakhstan shall include questions on knowledge of: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>The Criminal Code of the Republic of Kazakhstan (20 questions), the Criminal Procedure Code of the Republic of Kazakhstan (20 questions), the Civil Code of the Republic of Kazakhstan (10 questions), the Civil Procedure Code of the Republic of Kazakhstan (10 questions), the Administrative Procedural Code of the Republic of Kazakhstan (10 questions), the Code of the Republic of Kazakhstan on Administrative Offenses (10 questions), the Constitutional Law "On the Prosecutor's Office" (10 questions), the Laws of the Republic of Kazakhstan: "On Law Enforcement Service" (10 questions), "On Combating Corruption" (10 questions), the Ethical Code of Employees of Law Enforcement Agencies, Civil Defense Agencies and the State Courier Service of the Republic of Kazakhstan, approved by the Decree of the President of the Republic of Kazakhstan dated January 2, 2023 № 81 (10 questions).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-120 </w:t>
+              <w:t>
+120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>