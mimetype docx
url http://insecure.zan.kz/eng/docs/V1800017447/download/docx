--- v1 (2025-11-26)
+++ v2 (2026-01-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aba90ec" w14:textId="aba90ec">
+    <w:p w14:paraId="f53d024" w14:textId="f53d024">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -364,63 +364,62 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. This order shall come into force on the day of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="3960"/>
+        <w:gridCol w:w="7768"/>
+        <w:gridCol w:w="4232"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -433,51 +432,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Prosecutor General of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -485,51 +484,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3960" w:type="dxa"/>
+            <w:tcW w:w="4232" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1070,139 +1069,139 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        In the absence of candidates who have received a positive opinion from the competition commission at the internal competition, an interdepartmental competition shall be held.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. The main criteria for selecting candidates for vacant senior management positions are compliance with the Qualification Requirements for the categories of positions of employees of the prosecutor's office system of the Republic of Kazakhstan, approved by the order of the Prosecutor General of the Republic of Kazakhstan dated August 28, 2013 № 90 (registered in the State Register of Normative Legal Acts under № 8780) (hereinafter referred to as the Qualification Requirements), an impeccable reputation and the results of official activities.</w:t>
+      5. The main criteria for selecting candidates for vacant senior management positions are the compliance with the Qualification Requirements for the categories of positions of employees of the Prosecutor General's Office of the Republic of Kazakhstan, approved by the Order of the Prosecutor General of the Republic of Kazakhstan dated August 28, 2013 № 90 (registered in the Register of State Registration of Regulatory Legal Acts № 8780) (hereinafter referred to as the Qualification Requirements), impeccable reputation and performance results.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 5 – as amended by Order № 1 of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 5 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Competitive selection for a senior management position shall be carried out by reviewing candidates for compliance with established Qualification Requirements, studying the competitiveness indicator (digital rating), passing a polygraph examination, conducting a psychological and sociological examination of the employee, testing knowledge of the current legislation of the Republic of Kazakhstan (hereinafter referred to as Computer testing), and an interview.</w:t>
+      6. Competitive selection for a senior management position is carried out by reviewing candidates for compliance with established Qualification requirements, studying the competitiveness index (digital rating), passing a polygraph examination, conducting a psychological and sociological study of an employee, testing knowledge of the current legislation of the Republic of Kazakhstan (hereinafter referred to as computer testing), and interviewing.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 6 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 6 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1260,97 +1259,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. An application for participation in the internal competition shall be submitted to the personnel service of the prosecutor's office that announced the competition, not later than five working days from the date of publication of the announcement, according to the form in Annex 1 to these Rules. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. The application shall be accompanied by a certificate of performance results reflecting key performance indicators and actual achievements, signed by the immediate supervisor, and a letter of recommendation from the official (hereinafter referred to as the Letter of recommendation) in the form in Appendix 2 to these Rules.</w:t>
-[...17 lines deleted...]
-      Letters of recommendation for employees of the Prosecutor General's Office shall be signed by the heads of the structural divisions of the Prosecutor General's Office or their deputies; for employees of the prosecutor's offices of regions and equivalent prosecutor's offices (cities of republican significance and the capital), the main military and transport prosecutor's offices, the Academy of Law Enforcement Agencies under the Prosecutor General's Office, the Committee on Legal Statistics and Special Accounts of the Prosecutor General's Office, the Committee for the Return of Assets of the Prosecutor General's Office - by the heads of the prosecutor's offices or their deputies; for employees of territorial and equivalent bodies of the Committee on Legal Statistics and Special Accounts of the Prosecutor General's Office - by the heads of territorial and equivalent bodies of the Committee on Legal Statistics and Special Accounts of the Prosecutor General's Office or their deputies.</w:t>
+      10. The application shall be accompanied by a certificate of performance reflecting the main performance indicators and real achievements, signed by the immediate supervisor, and a letter of recommendation from the official (hereinafter referred to as the letter of recommendation) in accordance with Appendix 2 to these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Letters of recommendation for employees of the Prosecutor General's Office are signed by the heads of structural divisions of the Prosecutor General's Office or their deputies, for employees of regional prosecutor's offices and equivalent prosecutor's offices (cities of republican significance and the capital), the main military and transport Prosecutor's offices, the Academy of Law Enforcement Agencies at the Prosecutor General's Office, the Committee on Legal Statistics and Special Accounts of the Prosecutor General's Office, the Committee on Asset Recovery of the General Prosecutor's Office – by the heads of prosecutor's offices or their deputies, for employees of territorial and equivalent bodies of the Committee on Legal Statistics and Special Accounts of the Prosecutor General's Office – by the heads of territorial and equivalent bodies of the Committee on Legal Statistics and Special Accounts of the Prosecutor General's Office or their deputies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 10 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 10 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1373,296 +1372,296 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. The personnel service of the relevant prosecutor's office shall examine the candidates for compliance with the qualification requirements for an announced position, as well as their professional, business and personal qualities. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...36 lines deleted...]
-      The procedure for conducting a psychological and sociological study was approved by the joint order of the Prosecutor General of the Republic of Kazakhstan dated March 27, 2025 № 39 dsp, the Chairman of the Anti-Corruption Agency of the Republic of Kazakhstan (Anti-Corruption Service) dated March 19, 2025 № 8 dsp, the Chairman of the Agency of the Republic of Kazakhstan for Financial Monitoring dated March 20, 2025 № 82- нқ dsp, the Minister of Internal Affairs of the Republic of Kazakhstan dated March 18, 2025 № 42 dsp and the Minister of Emergency Situations of the Republic of Kazakhstan dated March 26, 2025 № 10 dsp "On approval of the procedure and methods for conducting a psychological and sociological study.</w:t>
+        <w:t xml:space="preserve">
+      13. If the candidate meets the Qualification requirements for the announced position, the candidate is sent to undergo computer testing, polygraphic and psychological-sociological research. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The procedure for passing a polygraph examination is determined by the Decree of the Government of the Republic of Kazakhstan dated June 19, 2014 № 683 "On approval of the Rules for passing a polygraph examination in law enforcement agencies, civil protection agencies, and the State Courier Service of the Republic of Kazakhstan."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The procedure for conducting a psychological and sociological study was approved by joint order of the Prosecutor General of the Republic of Kazakhstan dated March 27, 2025 № 39 dsp, Chairman of the Agency of the Republic of Kazakhstan for Combating Corruption (Anti-Corruption Service) dated March 19, 2025 № 8 dsp, Chairman of the Agency of the Republic of Kazakhstan for Financial Monitoring dated March 20, 2025 № 82-nk dsp, the Minister of Internal Affairs of the Republic of Kazakhstan dated March 18, 2025 № 42 dsp and the Minister of Emergency Situations of the Republic of Kazakhstan dated March 26, 2025 № 10 dsp “On approval of the procedure and methods of conducting psychological and sociological research”.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 13 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 13 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. To obtain complete and objective information about candidates, lists for verification are sent to the internal security service of the prosecutor's office.</w:t>
+      14. In order to obtain complete and objective information about candidates, the lists for verification are sent to the Prosecutor's office's own security service.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 14 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 14 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. The internal security service of the prosecutor's office, based on the results of examining the candidates, shall send the relevant information to the personnel service no later than five working days before the interview.</w:t>
+      15. Based on the results of the examination of candidates, the Prosecutor's Office's own security service sends the relevant information to the HR department no later than five working days before the interview.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 15 - as amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 15 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Materials on candidates (service record, certificate of performance, letter of recommendation, results of computer testing and polygraph examination, competitiveness indicator (digital rating), as well as the conclusion on the results of psychological and sociological research shall be sent to the commission no later than three working days before the interview.</w:t>
+      16. Materials on candidates (track record, certificate of performance, letter of recommendation, results of computer testing and polygraph examination, competitiveness indicator (digital rating), as well as the conclusion based on the results of psychological and sociological research conducted) are sent to the commission no later than three working days before the interview.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 16 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 16 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1732,79 +1731,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. An application for participation in an interdepartmental competition shall be submitted to the personnel service of the prosecutor's office that announced the competition, not later than ten working days from the date of publication of the announcement, according to the form in Annex 3 to these Rules. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. The application shall be accompanied by a work record certified by the personnel department of the law enforcement agency, a certificate of performance results reflecting key performance indicators and actual achievements, a competitiveness indicator (digital rating) and a letter of recommendation, in the form according to Appendix 4 to these Rules, signed by the immediate supervisor.</w:t>
+      20. The application shall be accompanied by a track record certified by the HR service of the law enforcement agency, a certificate of performance reflecting the main performance indicators and real achievements, an indicator of competitiveness (digital rating) and a letter of recommendation, in accordance with Annex 4 to these Rules, signed by the immediate supervisor.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 20 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 20 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1828,295 +1827,295 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. The personnel service of the relevant prosecutor's office shall examine the candidates for compliance with the qualification requirements for an announced position, as well as their business and personal qualities. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. If the candidate meets the Qualification Requirements for the advertised position, the candidate shall be sent to undergo polygraph and psychological-sociological examinations at the law enforcement agency in which he/she directly serves.</w:t>
-[...35 lines deleted...]
-      To determine the level of knowledge of the legislation of the Republic of Kazakhstan, the candidate shall be sent to undergo computer testing.</w:t>
+      23. If the candidate meets the Qualification Requirements for the announced position, the candidate is sent to undergo polygraph and psychological and sociological research at the law enforcement agency in which he directly serves.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The personnel service of the prosecutor's office sends a request to the relevant law enforcement agency for the provision of a conclusion of polygraphic and psychological-sociological research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      To determine the level of knowledge of the legislation of the Republic of Kazakhstan, the candidate is sent for computer testing.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 23 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 23 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. To obtain complete and objective information about an individual, lists of candidates for verification shall be sent to the internal security service of the prosecutor's office; if necessary, information shall be requested from the law enforcement agency at the candidate's place of work.</w:t>
+      24. In order to obtain complete and objective information about the person, the lists of candidates are sent to the Prosecutor's office's own security service for verification, and, if necessary, information is requested from the law enforcement agency at the candidate's place of work.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 24 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 24 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. The internal security service of the prosecutor's office, based on the results of examining the candidates, shall send the relevant information to the personnel service no later than five working days before the interview.</w:t>
+      25. Based on the results of the examination of candidates, the Prosecutor's Office's own security service sends the relevant information to the HR department no later than five working days before the interview.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 25 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 25 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Materials on candidates (service record, certificate of performance, letter of recommendation, results of computer testing and polygraph examination, competitiveness indicator (digital rating), as well as a conclusion on the results of psychological and sociological research conducted shall be sent to the commission no later than three working days before the interview.</w:t>
+      26. Materials on candidates (track record, certificate of performance, letter of recommendation, results of computer testing and polygraph examination, competitiveness indicator (digital rating), as well as the conclusion based on the results of psychological and sociological research conducted) are sent to the commission no later than three working days before the interview.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 26 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 26 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2138,97 +2137,97 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 4. Organization of computer testing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28. Testing of candidates shall be carried out by the Prosecutor General's Office in the testing hall of the Prosecutor General's Office or in the regional prosecutor's office in the "Online" mode on an information system designed for computer testing in the Kazakh or Russian languages.</w:t>
-[...17 lines deleted...]
-      The testing process shall be carried out using videoconferencing with audio and video recording via secure communication channels of the Unified Transport Environment of the Prosecutor's Office.</w:t>
+      28. Candidates are tested by the Prosecutor General's Office in the testing room of the Prosecutor General's Office or in the regional Prosecutor's Office online on an information system designed for computer testing in Kazakh or Russian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The testing process is carried out by using videoconferencing with audio - video logging over secure communication channels of the Unified Transport Environment of the Prosecutor's Office.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 28 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 28 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2466,115 +2465,115 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Interviews with candidates shall be conducted by a commission of the prosecutor's office, the composition of which is approved by its head. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      41. The commission shall include heads of departments of the prosecutor's office, representatives of the internal security service, the personnel service and other employees.</w:t>
-[...35 lines deleted...]
-      Psychologists, experts who are not employees of the prosecutor's office and who have experience in certain specialties, including in the scientific field, as well as specialists in the selection and promotion of personnel, may be invited to participate in the work of the commission; their opinions shall be advisory in nature.</w:t>
+      41. The commission includes heads of departments of the prosecutor's office, representatives of the internal security service, personnel service and other employees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The secretary of the commission is a representative of the HR service of the prosecutor's office, who provides organizational support for its work and does not participate in voting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Psychologists, experts who are not employees and workers of the prosecutor's office, who have experience in certain specialties, including in the scientific field, as well as specialists in personnel selection and promotion, may be invited to participate in the work of the commission, their opinion is advisory.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 41 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 41 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2598,97 +2597,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. A meeting of a commission shall be deemed valid if it is attended by at least two thirds of the total number of members of the commission. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44. Candidates who meet the Qualification Requirements for the advertised position, have positive results in computer testing, and have passed a polygraph and psychological-sociological examination shall be admitted to the interview.</w:t>
-[...17 lines deleted...]
-      Positive results of computer testing shall be understood to mean results whose value is not lower than that established in paragraph 36 of these Rules.</w:t>
+      44. Candidates who meet the Qualification Requirements for the announced position, have positive computer test results, and have passed polygraph and psychological and sociological research are allowed to be interviewed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Positive results of computer testing are defined as results whose value is not lower than that specified in paragraph 36 of these Rules.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 44 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 44 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2766,79 +2765,79 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) to refuse to appoint to the announced vacant position. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      47. The interview with candidates shall be drawn up in the form of a protocol and recorded using technical recording equipment (audio and/or video), of which the candidates are warned at the beginning of the interview.</w:t>
+      47. An interview with candidates is recorded in the form of a protocol and recorded using technical means of recording (audio and/or video), the candidates are informed about it at the beginning of the interview.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 47 – as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 47 is amended by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2944,51 +2943,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      52. Excluded by the order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      52. Excluded by the Order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      53. Excluded by the order of the Prosecutor General of the Republic of Kazakhstan dated 02.05.2025 № 1 (shall come into effect upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
@@ -3228,70 +3227,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Please allow me to participate in an internal competition for a vacant position.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...18 lines deleted...]
-      (Name of the position) </w:t>
+        <w:t xml:space="preserve">
+      _________________________________________________________________________. (Name of the position) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       I am familiar (I agree) with the conditions and the procedure of an internal competition for a vacant position in the prosecution authorities of the Republic of Kazakhstan, agree and undertake to comply with them. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3494,52 +3475,52 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"____"_______________ 20____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Contact phone / Email ____________________________</w:t>
+        <w:t xml:space="preserve">
+      Contact phone / Email </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3695,231 +3676,231 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       To participate in an internal competition for the announced vacancy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      __________________________________________________________________________(Name of the position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I recommend _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Last name, first name, patronymic (if any) of the candidate, name of the position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (Name of the position)</w:t>
-[...52 lines deleted...]
-        <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      The candidate has such qualities as</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The candidate has such qualities as</w:t>
-[...16 lines deleted...]
-        <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...18 lines deleted...]
-      (Professional, business and personal qualities of the candidate; examples, confirming that the candidate has the listed qualities)</w:t>
+        <w:t xml:space="preserve">
+      (Professional, business and personal qualities of the candidate; examples, confirming that the </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      candidate has the listed qualities)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Additional information:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4196,51 +4177,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Name of the position)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      I am familiar (I agree) with the conditions and the procedure of an inter-departmental competition for a vacant position in the prosecution authorities of the Republic of Kazakhstan, agree and undertake to comply with them. </w:t>
+      I am familiar (I agree) with the conditions and the procedure of an inter-departmental </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      competition for a vacant position in the prosecution authorities of the Republic of Kazakhstan, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      agree and undertake to comply with them. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       The application is attached with the following documents: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4357,287 +4374,256 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "____"_______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">20____ </w:t>
+        <w:t xml:space="preserve">
+      20____ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Contact phone / Email ____________________________</w:t>
-      </w:r>
-[...30 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="8352"/>
+        <w:gridCol w:w="5728"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="8352" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="5728" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Annex 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="8352" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="5728" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">to the Rules for the conduct of a competition for higher senior positions of the system of prosecution authorities of the Republic of Kazakhstan </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="8352" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="5728" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Form </w:t>
             </w:r>
@@ -4671,87 +4657,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       To participate in an inter-departmental competition for an announced vacant position</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________________________________________________________</w:t>
+        <w:t>
+      ___________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Name of the position)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      I recommend ____________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      I recommend </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Last name, first name, patronymic (if any) of the candidate, name of the position)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4922,52 +4909,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (Professional, business and personal qualities of the candidate; examples, confirming that the candidate has the listed qualities)</w:t>
+        <w:t xml:space="preserve">
+      (Professional, business and personal qualities of the candidate; examples, confirming that the </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      candidate has the listed qualities)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Additional information:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5044,380 +5049,330 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="8373"/>
+        <w:gridCol w:w="5707"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="8373" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="5707" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appendix 5 </w:t>
+              <w:t>Appendix 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Rules for conducting </w:t>
-[...25 lines deleted...]
-              <w:t>management positions in the prosecutor's office system of the Republic of Kazakhstan</w:t>
+              <w:t>to the Rules of the competition for higher-level senior positions of the system of the Prosecutor 's Office of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z127" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Computer testing program for knowledge of the legislation of the Republic of Kazakhstan</w:t>
-      </w:r>
-[...17 lines deleted...]
-      Footnote. Appendix 5 - as amended by Order of the Prosecutor General of the Republic of Kazakhstan dated May 2, 2025, № 1 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="11184"/>
+        <w:gridCol w:w="1116"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11184" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Number of questions</w:t>
+              <w:t xml:space="preserve">
+Number of questions </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11184" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...17 lines deleted...]
-              <w:t>The Criminal Code of the Republic of Kazakhstan (20 questions), the Criminal Procedure Code of the Republic of Kazakhstan (20 questions), the Civil Code of the Republic of Kazakhstan (10 questions), the Civil Procedure Code of the Republic of Kazakhstan (10 questions), the Administrative Procedural Code of the Republic of Kazakhstan (10 questions), the Code of the Republic of Kazakhstan on Administrative Offenses (10 questions), the Constitutional Law "On the Prosecutor's Office" (10 questions), the Laws of the Republic of Kazakhstan: "On Law Enforcement Service" (10 questions), "On Combating Corruption" (10 questions), the Ethical Code of Employees of Law Enforcement Agencies, Civil Defense Agencies and the State Courier Service of the Republic of Kazakhstan, approved by the Decree of the President of the Republic of Kazakhstan dated January 2, 2023 № 81 (10 questions).</w:t>
+              <w:t>
+the test of knowledge of the legislation of the Republic of Kazakhstan includes the questions about:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+the Criminal Code of the Republic of Kazakhstan (20 questions), the Criminal Procedure Code of the Republic of Kazakhstan (20 questions), the Civil Code of the Republic of Kazakhstan (10 questions), the Civil Procedure Code of the Republic of Kazakhstan (10 questions), the Administrative Procedural Code of the Republic of Kazakhstan (10 questions), the Code of the Republic of Kazakhstan on Administrative Offenses (10 questions), the Constitutional Law "On the Prosecutor's Office" (10 questions), the Laws of the Republic of Kazakhstan: "On Law Enforcement Service" (10 questions), "On Combating Corruption" (10 questions), the Code of Ethics for Law Enforcement Officers, Civil Protection Agencies and the State Courier Service of the Republic of Kazakhstan, approved by the Decree of the President of the Republic of Kazakhstan dated January 2, 2023 № 81 (10 questions).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="1116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-120</w:t>
+              <w:t xml:space="preserve">
+120 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5449,55 +5404,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>