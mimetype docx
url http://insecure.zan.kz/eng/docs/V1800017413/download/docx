--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="760ac1d" w14:textId="760ac1d">
+    <w:p w14:paraId="10e5ad6" w14:textId="10e5ad6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,129 +105,157 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
+        <w:t>Invalidated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
         <w:t>Unofficial translation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Finance of the Republic of Kazakhstan dated September 21, 2018 № 840. It is registered in the Ministry of Justice of the Republic of Kazakhstan on September 24, 2018 № 17413.</w:t>
-[...46 lines deleted...]
-      In accordance with paragraph 7 of Article 116 of the Budget Code of the Republic of Kazakhstan of December 4, 2008 I DO HEREBY ORDER:</w:t>
+        <w:t>Order of the Minister of Finance of the Republic of Kazakhstan dated September 21, 2018 № 840. It is registered in the Ministry of Justice of the Republic of Kazakhstan on September 24, 2018 № 17413. Abrogated by the Order of the Minister of Finance of the Republic of Kazakhstan dated April 29, 2025 № 210.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Abrogated by the Order of the Minister of Finance of the Republic of Kazakhstan dated 29.04.2025 № 210 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In accordance with paragraph 7 of Article 116 of the Budget Code of the Republic of Kazakhstan of December 4, 2008 I DO HEREBY ORDER:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. That the enclosed Rules for Certification of Officials of Administrators of Republican Budget Programs and Local Authorized Bodies on the Execution of the Budget of a Region, a City of Republican Significance, the Capital, Authorized to Maintain Accounting Records and Prepare Financial Statements shall be approved.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -334,127 +364,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. This Order shall enter into force on January 1, 2019 and shall be subject to official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7788"/>
-        <w:gridCol w:w="4212"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7788" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Minister of Finance</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">of the Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4212" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -552,51 +594,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Approved</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>by Order # 840 of the Minister of</w:t>
+              <w:t>by Order № 840 of the Minister of</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Finance of the</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -887,51 +929,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The organization shall conduct training in training programs developed by the central authorized body for budget execution and posted on its Internet resource www.minfin.gov.kz.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. The organization shall develop modules both in the state and Russian languages ​​taking into account the legislation of the Republic of Kazakhstan in the field of accounting and financial reporting and shall coordinate with the central authorized body for budget execution.</w:t>
+      4. The organization shall develop modules both in the state and Russian languages taking into account the legislation of the Republic of Kazakhstan in the field of accounting and financial reporting and shall coordinate with the central authorized body for budget execution.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The exam shall be chosen by the candidates in the state or Russian languages.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
@@ -1147,51 +1189,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) those candidates, having Certificate "State Auditor" issued by the National State Auditor Certification Commission in accordance with the Law of the Republic of Kazakhstan dated November 12, 2015 "On State Audit and Financial Control" (hereinafter referred to as the Law) and (or) international certificates: the Certificate in International Public Sector (Serf IPSER), The Chartered Institute Of Public Finance &amp; Accountancy (CIPFA) shall be exempt from exams in the discipline "Accounting and Financial Reporting in Public Institutions in Accordance with International Financial Reporting Standards for the Public Sector";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) candidates with a certificate of Professional Accountant" issued by an accredited organization in accordance with the Law of the Republic of Kazakhstan dated February 28, 2007 "On Accounting and Financial Reporting" and (or) certificate "State Auditor", issued by the National State Auditor Certification Commission in accordance with the Law , and (or) the certificate of qualification "Auditor", issued by the certified Qualification Commission in accordance with the Law "On Auditing Activities" of the Republic of Kazakhstan dated November 20, 1998 and (or ) the Diploma in the International Financial Reporting (DipIFR ACCA) international certificate, shall be exempt from the examinations in the discipline "Accounting and Financial Reporting in the Quasi-Public Sector in Accordance with International Financial Reporting Standards. "</w:t>
+      2) candidates with a certificate of Professional Accountant" issued by an accredited organization in accordance with the Law of the Republic of Kazakhstan dated February 28, 2007 "On Accounting and Financial Reporting" and (or) certificate "State Auditor", issued by the National State Auditor Certification Commission in accordance with the Law , and (or) the certificate of qualification "Auditor", issued by the certified Qualification Commission in accordance with the Law "On Auditing Activities" of the Republic of Kazakhstan dated November 20, 1998 and (or ) the Diploma in the International Financial Reporting (DipIFR ACCA) international certificate, shall be exempt from the examinations in the discipline "Accounting and Financial Reporting in the Quasi-Public Sector in Accordance with International Financial Reporting Standards. "</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. The room for the examination shall be equipped with video recording.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
@@ -1207,51 +1249,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. The examination commission shall be formed by the organization for each discipline from an odd number (at least three people) of specialists from among whom the chairman of the commission shall be elected.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. The examination, being held by the organization, shall be attended by observers. .</w:t>
+      11. The examination, being held by the organization, shall be attended by observers.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Exam duration shall be three hours (180 minutes).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
@@ -1387,51 +1429,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The results of the examinations shall be documented by the protocol of the examination committee signed by the chairman and all its members.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Candidates who receive a positive result shall be issued a certificate of training and passing an exam for officials of administrators of republican budget programs and local authorized bodies for executing the budget of a region, city of republican significance, the capital, authorized to maintain accounting records and prepare financial statements in accordance with the Annex to these Rules .</w:t>
+      Candidates who receive a positive result shall be issued a certificate of training and passing an exam for officials of administrators of republican budget programs and local authorized bodies for executing the budget of a region, city of republican significance, the capital, authorized to maintain accounting records and prepare financial statements in accordance with the Annex to these Rules.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Candidates who do not pass the exam may re-take it no earlier than one month from the day they receive a negative result.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
@@ -1800,55 +1842,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № _____</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z61" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Issued by _____________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      Issued by </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z62" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        (surname, name, patronymic (if any))</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z63" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1880,55 +1940,73 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        (signature) (full name)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z65" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Head of the organization ___________ ____________________________________________</w:t>
+        <w:t xml:space="preserve">
+      Head of the organization ___________ </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z66" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        (signature) (full name)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z67" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2026,55 +2104,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2404,35 +2504,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>