--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d6f3a5c" w14:textId="d6f3a5c">
+    <w:p w14:paraId="0382ffd" w14:textId="0382ffd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,127 +105,135 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 			</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="888888"/>
         </w:rPr>
+        <w:t>Invalidated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
         <w:t>Unofficial translation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Deputy Prime Minister of the Republic of Kazakhstan - Minister of Agriculture of the Republic of Kazakhstan dated December 25, 2017 No. 513. Registered with the Ministry of Justice of the Republic of Kazakhstan on January 17, 2018 No. 16243.</w:t>
+        <w:t>Order of the Deputy Prime Minister of the Republic of Kazakhstan - Minister of Agriculture of the Republic of Kazakhstan dated December 25, 2017 № 513. Registered with the Ministry of Justice of the Republic of Kazakhstan on January 17, 2018 № 16243. Abrogated by the order of the Acting Minister of Water Resources and Irrigation of the Republic of Kazakhstan dated July 31, 2025 № 190-NK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...30 lines deleted...]
-        <w:t>translation</w:t>
+        <w:t>
+      Footnote. Abrogated by the order of the Acting Minister of Water Resources and Irrigation of the Republic of Kazakhstan dated 31.07.2025 № 190-NK (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with paragraph 2 of Article 69 of the Budget Code of the Republic of Kazakhstan dated December 4, 2008 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -235,221 +245,222 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       1. To approve the attached natural norms of chemical reagents, laboratory glassware and field equipment during monitoring and assessment of the ameliorative state of irrigated lands.</w:t>
+      1. To approve the attached natural norms of chemical reagents, laboratory glassware and field equipment during monitoring and assessment of the ameliorative state of irrigated lands.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       2. The committee on water resources of the Ministry of Agriculture of the Republic of Kazakhstan, in accordance with the procedure established by legislation, shall ensure:</w:t>
+      2. The committee on water resources of the Ministry of Agriculture of the Republic of Kazakhstan, in accordance with the procedure established by legislation, shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       1) state registration of this order at the Ministry of Justice of the Republic of Kazakhstan;</w:t>
+      1) state registration of this order at the Ministry of Justice of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       2) within ten calendar days from the date of state registration of this order sending its copy on paper and electronic form in the Kazakh and Russian languages ​​to the Republican state enterprise on the right of economic management "Republican Center for Legal Information" for official publication and inclusion into the Standard control bank of regulatory legal acts of the Republic of Kazakhstan;</w:t>
+      2) within ten calendar days from the date of state registration of this order sending its copy on paper and electronic form in the Kazakh and Russian languages to the Republican state enterprise on the right of economic management "Republican Center for Legal Information" for official publication and inclusion into the Standard control bank of regulatory legal acts of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       3) within ten calendar days after the state registration of this order, sending its copy for official publication in periodicals;</w:t>
+      3) within ten calendar days after the state registration of this order, sending its copy for official publication in periodicals;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       4) placement of this order on the Internet resource of the Ministry of Agriculture of the Republic of Kazakhstan;</w:t>
+      4) placement of this order on the Internet resource of the Ministry of Agriculture of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       5) within ten working days after the state registration of this order, submission of information about implementation of measures provided for in subparagraphs 1), 2), 3) and 4) of this paragraph to the Legal department of the Ministry of Agriculture of the Republic of Kazakhstan.</w:t>
+      5) within ten working days after the state registration of this order, submission of information about implementation of measures provided for in subparagraphs 1), 2), 3) and 4) of this paragraph to the Legal department of the Ministry of Agriculture of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       3. Control over implementation of this order shall be entrusted to the supervising Vice-Minister of agriculture of the Republic of Kazakhstan.</w:t>
+      3. Control over implementation of this order shall be entrusted to the supervising Vice-Minister of agriculture of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       4. This order shall be enforced upon expiry of ten calendar days after its first official publication.</w:t>
+      4. This order shall be enforced upon expiry of ten calendar days after its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7790"/>
-        <w:gridCol w:w="4210"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -462,51 +473,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Deputy Prime-Minister</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -519,51 +530,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -576,51 +587,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      - Minister of Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7790" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -628,51 +639,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4210" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -951,125 +962,126 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Natural standards of chemical reagents, laboratory utensils and field equipment during monitoring and assessment of irrigated land reclamation condition</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. Natural standards- in the wording of the order of the Minister of Agriculture of the Republic of Kazakhstan dated 21.01.2021  № 18 (shall enter into force upon expiry of  ten calendar days after the day of its first official publication).</w:t>
+      Footnote. Natural standards- in the wording of the order of the Minister of Agriculture of the Republic of Kazakhstan dated 21.01.2021 № 18 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="404"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="2082"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №r/n</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1098,51 +1110,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Unit of measurement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1245,128 +1257,128 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Distribution area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Characteristics specifying the definition and application of natural standards</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1395,51 +1407,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1542,51 +1554,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1667,87 +1679,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Subsection 1. Laboratory analysis of groundwater</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1776,51 +1788,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1918,218 +1930,242 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Republican State Institution "Zone Hydrogeological and Reclamation Center" of the Ministry of Agriculture of the Republic of Kazakhstan (hereinafter referred to as  ZHGRC) Republican State Institution "South Kazakhstan Hydrogeological and Reclamation Expedition" of the Ministry of Agriculture of the Republic of Kazakhstan (hereinafter referred to as SKHGRE)</w:t>
-[...3 lines deleted...]
-            </w:r>
+Republican State Institution "Zone Hydrogeological and Reclamation Center" of the Ministry of Agriculture of the Republic of Kazakhstan (hereinafter referred to as ZHGRC) Republican State Institution "South Kazakhstan Hydrogeological and Reclamation Expedition" of the Ministry of Agriculture of the Republic of Kazakhstan (hereinafter referred to as SKHGRE)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Republican State Institution "Kyzylorda Hydrogeological and Reclamation Expedition" of the Ministry of Agriculture of the Republic of Kazakhstan (hereinafter referred to as KHGRE)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, ammonium chloride, infusion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2158,51 +2194,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2282,128 +2318,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to define magnesium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25% solution, special purity, (r = 0.8), packing 1 liter (hereinafter referred to as l), ammonium hydroxide, synthetic alcohol</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2432,51 +2468,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2556,128 +2592,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine sulphates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2706,51 +2742,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2830,128 +2866,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine chlorine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, potassium chromate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2980,51 +3016,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3104,128 +3140,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 molar solution free of silver ions for silver chloride electrode</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3254,51 +3290,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3378,128 +3414,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 for washing utensils</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, packing 0.5 kilograms (hereinafter referred to as kg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3528,85 +3564,89 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0, 01</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0, 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -3666,128 +3706,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 for the determination of sulphates for the determination of carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 heliantine, acid orange</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3816,51 +3856,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3940,128 +3980,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ammonium purpurate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4090,51 +4130,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4214,128 +4254,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, caustic alkali</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4364,85 +4404,89 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0, 125</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0, 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -4502,128 +4546,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium for the definition of magnesium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, table salt, galite, sodium chloride</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4652,51 +4696,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4776,142 +4820,146 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine sulphates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure hydrochloric acid,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (r = 1,180 …1,185)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4940,51 +4988,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5064,128 +5112,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine chlorine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, silver nitrate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5214,51 +5262,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5338,128 +5386,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 for washing utensils</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, (r=1,75)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5488,51 +5536,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5612,128 +5660,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5762,51 +5810,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5886,142 +5934,146 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0,1</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6050,51 +6102,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6174,162 +6226,166 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine chlorine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Standard - Trilon B titer</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -6338,51 +6394,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6462,128 +6518,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium for the definition of magnesium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6612,51 +6668,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6736,128 +6792,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рН 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6886,51 +6942,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7010,128 +7066,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рН 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7160,51 +7216,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7284,128 +7340,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рН 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7434,51 +7490,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7558,128 +7614,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 particularly pure, 70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7708,51 +7764,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7832,128 +7888,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, purgen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7982,51 +8038,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8106,51 +8162,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to define magnesium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8189,87 +8245,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Subsection 2. Laboratory analysis of surface water</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8298,51 +8354,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8446,128 +8502,128 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ZHGRC, SKHGRE, KHGRE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, ammonium chloride, infusion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8596,51 +8652,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8720,128 +8776,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to define magnesium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25% solution, special purity, (r = 0.8), packing 1 l ammonium hydroxide, butter alcohol</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8870,51 +8926,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8994,128 +9050,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine sulphates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9144,51 +9200,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9268,128 +9324,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine chlorine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, potassium chromate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9418,51 +9474,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9542,162 +9598,166 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 molar solution free of silver ions for silver chloride electrode</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Potassium permanganate</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -9706,51 +9766,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9830,128 +9890,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 for washing utensils</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, packing 0.5 kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9980,51 +10040,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10104,128 +10164,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 for the determination of sulphates for the determination of carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 heliantine, acid orange</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10254,51 +10314,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10378,128 +10438,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ammonium purpurate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10528,51 +10588,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10652,128 +10712,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, caustic alkali</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10802,51 +10862,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10926,128 +10986,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine magnesium calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, table salt, galite, sodium chloride</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11076,51 +11136,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11200,128 +11260,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine sulphates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure hydrochloric acid, (r = 1.180... 1.185)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11350,51 +11410,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11474,128 +11534,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine chlorine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, silver nitrate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11624,51 +11684,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11748,128 +11808,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 for washing utensils</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure (r = 1.75)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11898,51 +11958,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12022,128 +12082,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12172,51 +12232,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12296,128 +12356,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12446,51 +12506,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12570,128 +12630,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine chlorine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12720,51 +12780,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12844,128 +12904,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium for the definition of magnesium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12994,51 +13054,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13118,128 +13178,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рН 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13268,51 +13328,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13392,128 +13452,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рН 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13542,51 +13602,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13666,128 +13726,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рН 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13816,51 +13876,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13940,128 +14000,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 particularly pure, 70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14090,51 +14150,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14214,128 +14274,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, purgen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14364,51 +14424,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14488,51 +14548,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to define magnesium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14571,87 +14631,87 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Subsection 3. Laboratory analysis of soil</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14680,51 +14740,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14828,128 +14888,128 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ZHGRC, SKHGRE, KHGRE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, ammonium chloride, infusion</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14978,51 +15038,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15102,142 +15162,146 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to define magnesium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25% solution, special purity, (r = 0.8),</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 packing 1 ammonium hydroxide, saturated alcohol</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15266,51 +15330,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15390,128 +15454,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine sulphates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15540,51 +15604,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15664,128 +15728,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine chlorine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, potassium chromate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15814,51 +15878,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15938,128 +16002,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
-[...29 lines deleted...]
-3 molar solution free of silver ions for silver chloride electrode</w:t>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 molar solutions free of silver ions for silver chloride electrode</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16088,51 +16152,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16212,128 +16276,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 for washing utensils</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, packing 0.5 kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16362,51 +16426,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16486,128 +16550,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 for the determination of carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 heliantine, acid orange</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16636,51 +16700,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16760,128 +16824,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ammonium purpurate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16910,51 +16974,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17034,128 +17098,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, caustic alkali</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17184,51 +17248,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17308,128 +17372,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine magnesium calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, table salt, galite, sodium chloride</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17458,51 +17522,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17582,128 +17646,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine sulphates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure hydrochloric acid, (r = 1.180... 1.185)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17732,51 +17796,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17856,128 +17920,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine chlorine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, silver nitrate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18006,51 +18070,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18130,128 +18194,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 for washing utensils</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure (r = 1.75)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18280,51 +18344,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18404,128 +18468,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18554,51 +18618,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18678,128 +18742,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18828,51 +18892,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18952,128 +19016,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine chlorine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19102,51 +19166,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19226,128 +19290,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine magnesium calcium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 normality of solution 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19376,51 +19440,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19500,128 +19564,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рН 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19650,51 +19714,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19774,128 +19838,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рН 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19924,51 +19988,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20048,128 +20112,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine the hydrogen index</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 рН 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20198,51 +20262,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 milliliter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20322,128 +20386,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 particularly pure, 70%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20472,51 +20536,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20596,128 +20660,128 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to determine carbonates and bicarbonates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 chemically pure, purgen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20746,51 +20810,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 gram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1368" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20870,51 +20934,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 to define magnesium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2082" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20953,123 +21017,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Section 2. Standards of laboratory utensils for laboratory tests per 1000 conditional tests</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Bottle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21135,51 +21199,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21251,123 +21315,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass with plastic lid, volume 50,000 milliliters (hereinafter referred to as ml)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Burette</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21433,51 +21497,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21525,123 +21589,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass with division, 25 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Funnel В-100-150-ХС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21707,51 +21771,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21799,123 +21863,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, outer diameter 100 millimeters (hereinafter referred to as mm), total height 150 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Funnel V-100-200-KhS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21981,51 +22045,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22073,123 +22137,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, outer diameter 100 mm in, total height 200 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Funnel В-150-230-ХС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22255,51 +22319,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22347,123 +22411,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, outer diameter 150 mm, total height 230 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Funnel dividing, VD-3-500-KhS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22529,51 +22593,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22621,123 +22685,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, 500 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Rubber pear, 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22803,51 +22867,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22895,123 +22959,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 rubber, soft tip, 50 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Rubber pear, 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23077,51 +23141,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23169,123 +23233,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 rubber, with soft tip, 100 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Glass flask, 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23351,51 +23415,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23443,123 +23507,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, heat-resistant, flat-bottomed with a long throat, 250 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Glass flask, 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23625,51 +23689,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23717,123 +23781,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, heat-resistant, flat-bottomed with a long throat, 500 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Erlenmeyer glass flask, 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23899,51 +23963,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23991,123 +24055,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, heat-resistant, flat-bottomed with wide throat, 50 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Erlenmeyer glass flask, 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24173,51 +24237,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24265,123 +24329,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, heat-resistant, flat-bottomed with wide throat, 100 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Erlenmeyer glass flask, 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24447,51 +24511,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24539,123 +24603,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, heat-resistant, flat-bottomed with wide throat, 250 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Porcelain mug</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24721,51 +24785,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24813,123 +24877,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 porcelain with spout, 500 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Glass stick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24995,51 +25059,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25087,123 +25151,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, diameter 7 mm, length 300 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Glass pipette, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25269,51 +25333,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25361,123 +25425,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass measuring, 5 ml, fission price 0.1 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Glass pipette, 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25543,51 +25607,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25635,123 +25699,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass measuring, 10 ml, fission price 0.1 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Glass pipette, 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25817,51 +25881,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25909,123 +25973,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass measuring, 25 ml, fission price 0.2 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Glass pipette, 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26091,51 +26155,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26183,123 +26247,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, 100 ml, without division</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A glass В-1-50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26365,51 +26429,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26457,123 +26521,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, tall, with spout and with one mark, 50 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A glass V-1-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26639,51 +26703,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26731,123 +26795,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, high, with spout and with one mark, 100 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A glass B-1-250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26913,51 +26977,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27005,123 +27069,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, tall, with spout and with one mark, 250 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A glass Н-1-1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27187,51 +27251,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27279,123 +27343,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, high, with spout and with one mark, 1000 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A glass В-1-2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27461,51 +27525,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27553,123 +27617,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, tall, with spout and with one mark, 2000 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Mortar with pestle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27735,51 +27799,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27827,123 +27891,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 porcelain, 500 ml, pestle length 14 centimeters (hereinafter referred to as sm),</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Cylinder 3-50-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28009,51 +28073,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28101,123 +28165,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, three-dimensional with spout, 50 ml, 2nd class accuracy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Cylinder 3-100-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28283,51 +28347,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28375,123 +28439,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, three-dimensional with spout, 100 ml, 2nd class accuracy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Cylinder 3-250-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28557,51 +28621,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28649,123 +28713,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, 3-D with spout, 250 ml, 2nd class precision</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Cylinder 1-500-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28831,51 +28895,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28923,123 +28987,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, one-dimensional with spout, 500 ml, 2nd class accuracy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Cylinder 1-1000-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29105,51 +29169,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29197,123 +29261,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, one-dimensional with spout, 1000 ml, 2nd class accuracy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Washing bottle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29379,51 +29443,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29471,123 +29535,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass, with glass nozzle, capacity 250 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Drip</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29653,51 +29717,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29745,123 +29809,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 glass with pipette, 20 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Desalted “White ribbon” filter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29927,51 +29991,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30019,137 +30083,141 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 paper, diameter 18sm, medium filtration</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Desalted filter "Blue ribbon"</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30215,51 +30283,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30307,123 +30375,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 paper, diameter 18sm, slow filtration</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Filter paper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30489,51 +30557,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30614,53 +30682,57 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Section 3. Position standards of field equipment </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -30679,123 +30751,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Subsection 1. Common use (for 1 field brigade)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Tent for 4 people</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30861,51 +30933,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30977,123 +31049,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 waterproof with anti-mosquito filter, frame of dismountable alloy tubes, tent dimensions at least 220 * 285 * 235sm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Set of folding furniture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31159,51 +31231,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31251,123 +31323,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 table and 4 chairs made of low-melting material, disassembled in the case</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Gas stove</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31433,51 +31505,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31525,123 +31597,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2- confluent, complete with 5 l gas cylinder, field</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Roulette</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31707,51 +31779,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31799,123 +31871,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 stainless steel tape, with a division price of 1 cm, on the drum, with a handle up to 30 meters long (hereinafter referred to as m)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Flashlight</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31981,51 +32053,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32073,123 +32145,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 portable battery, moisture-resistant, LED, type of charge from the network</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Soldering lamp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32255,51 +32327,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32347,123 +32419,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 nozzle type lamp, thermal power within 0.5-3 kilowatts, with fuel supply adjustment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Kettle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32529,51 +32601,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32621,123 +32693,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 metal, field with handle, volume up to 5 l</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Cutting board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32803,51 +32875,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32895,123 +32967,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 wooden, size 40x25sm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Knife</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33077,51 +33149,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33169,123 +33241,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 stainless steel with plastic handle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Thermos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33351,51 +33423,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33443,123 +33515,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 stainless steel, portable, up to 5 l</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Kettle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33625,51 +33697,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33717,123 +33789,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 metal, with handle, volume up to 3 l</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Pan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33899,51 +33971,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33991,123 +34063,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 metal with handles, volume 5 l</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Bayonet shovel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34173,51 +34245,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34265,123 +34337,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 hardened metal ladle coated with matte paint, dimensions 280 x 220 mm, ergonomic cuttings</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Scoop shovel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34447,51 +34519,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34539,123 +34611,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 hardened metal ladle coated with matte paint, dimensions 280 x 230 mm, ergonomic cuttings</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Axe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34721,51 +34793,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34813,123 +34885,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 with a metal blade rigidly fixed on a wooden or plastic handle, walking</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Rope</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34995,51 +35067,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35087,123 +35159,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 from deep or chemical fibers, up to 10 m long</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Galvanized bucket</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35269,51 +35341,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35361,123 +35433,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 galvanized, volume up to 12 liters</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Plastic bucket</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35543,51 +35615,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35635,123 +35707,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 plastic with lid, volume up to 12 liters</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Universal first aid kit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35817,51 +35889,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35951,123 +36023,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Subsection 2. Individual use (per employee's 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 folding bed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36133,51 +36205,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36249,123 +36321,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 framework of strong alloy pipe, maximum load up to 90 kg, weight up to 5.5 kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Bed linen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36431,51 +36503,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36523,123 +36595,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 cotton, dimensions: blanket - 160 * 220 cm, sheet - 180 * 260 cm, pillowcase - 70 * 70 cm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Sleeping bag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36705,51 +36777,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36797,137 +36869,141 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 synthetic filler double-layer, length up to 230 cm, weight up to 2.5 kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Rucksack</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36993,51 +37069,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37085,123 +37161,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 anatomical "back," raincoat, volume up to 70 liters</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Towel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37267,51 +37343,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37348,134 +37424,134 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-rustic towel , 120x60 sm</w:t>
+rustic towel, 120x60 sm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Flask</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37541,51 +37617,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37633,123 +37709,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 metal, camping, volume up to 2 liters</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Mug </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37815,51 +37891,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37907,123 +37983,123 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 metal, 0,5 l</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Spoon-fork</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38089,51 +38165,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1813" w:type="dxa"/>
+            <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38182,64 +38258,50 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 stainless steel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -38252,55 +38314,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -38630,35 +38714,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>