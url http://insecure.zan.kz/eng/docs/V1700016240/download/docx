--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="85b39b4" w14:textId="85b39b4">
+    <w:p w14:paraId="6dc9fd4" w14:textId="6dc9fd4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,137 +131,147 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Energy of the Republic of Kazakhstan of December 21, 2017 No. 466. Registered with the Ministry of Justice of the Republic of Kazakhstan on January 17, 2018 No. 16240.</w:t>
+        <w:t>Order of the Minister of Energy of the Republic of Kazakhstan of December 21, 2017 № 466. Registered with the Ministry of Justice of the Republic of Kazakhstan on January 17, 2018 № 16240.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Unofficial translation </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z0" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      In accordance with subparagraph 5-5) of Article 6 of the Law of the Republic of Kazakhstan “On Supporting the Use of Renewable Energy Sources” </w:t>
+        <w:t>
+      In accordance with subparagraph 355) of paragraph 15 of the Regulation on the Ministry of Energy of the Republic of Kazakhstan, approved by the Resolution of the Government of the Republic of Kazakhstan dated September 19, 2014, № 994,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I HEREBY ORDER</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HEREBY </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ORDER:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The preamble is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 11.10.2023 № 361 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Preamble is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 23.09.2024, № 334 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -307,51 +317,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) state registration of this order at the Ministry of Justice of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) within ten calendar days from the date of state registration of this order sending its copy on paper and electronic form in the Kazakh and Russian languages ​​to the Republican state enterprise on the right of economic management “Republican Center for Legal Information” of the Ministry of Justice of the Republic of Kazakhstan for official publication and inclusion in Standard control bank of regulatory legal acts of the Republic of Kazakhstan;</w:t>
+      2) within ten calendar days from the date of state registration of this order sending its copy on paper and electronic form in the Kazakh and Russian languages to the Republican state enterprise on the right of economic management “Republican Center for Legal Information” of the Ministry of Justice of the Republic of Kazakhstan for official publication and inclusion in Standard control bank of regulatory legal acts of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) within ten calendar days from the date of state registration of this order, sending its copy for official publication in periodicals;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -926,81 +936,81 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General Provisions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1. These Rules for organizing and conducting auctions, including the qualification requirements for auction participants, the content and procedure for submitting an application, types of financial support for an application to participate in the auction and the conditions for their deposit and return, the procedure for summing up results and determining winners (hereinafter - the Rules ) have been developed in accordance with subparagraph 5-5) of Article 6 of the Law of the Republic of Kazakhstan “On Supporting the Use of Renewable Energy Sources” (hereinafter  -the Law) and shall determine the procedure for organizing and conducting auctions, including the qualification requirements for auction participants, the content and procedure for submitting applications, types of financial support for applications to participate in the auction and the conditions for their deposit and return, the procedure for summing up the results and determining the winners. </w:t>
+        <w:t>
+      1. These Rules for the organization and conduct of auction trading, including the qualification requirements imposed on auction participants, the content and procedure for submitting an application, types of financial security for an application to participate in the auction and the conditions for their payment and return, the procedure for summing up the results and determining the winners (hereinafter - the Rules) have been developed in accordance with subparagraph 355) of paragraph 15 of the Regulation on the Ministry of Energy of the Republic of Kazakhstan and shall determine the procedure for organizing and conducting auction trading, including the qualification requirements imposed on auction participants, the content and procedure for submitting an application, types of financial security for an application to participate in the auction and the conditions for their payment and return, the procedure for summing up the results and determining the winners.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 1 is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 11.10.2023 № 361 (shall be enforced upon  expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 1 is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 23.09.2024 № 334 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1009,956 +1019,996 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The following basic concepts and definitions shall apply herein:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) auction price – the price for the purchase of electrical energy produced by an object using renewable energy sources or by a facility for energy utilization of waste, determined by the results of auction bidding and not exceeding the level of the corresponding marginal auction price set by the single electricity purchaser.</w:t>
+      1) auction price – the price for the purchase of electric energy produced by a facility using renewable energy sources or a facility for the energy utilization of waste, determined based on the results of auction trading and not exceeding the level of the corresponding maximum auction price by a single purchaser of electric energy;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
-[...15 lines deleted...]
-      2) auction bidding - the process organized and performed by the auction organiser in the electronic system through an auction and aimed at selecting projects for the construction of new renewable energy facilities, considering the plan for the location of these facilities, waste energy recovery facilities and determination of auction prices for electricity produced by renewable energy facilities, waste energy recovery facilities;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) auction trading - a process organized and conducted by the organizer of auction trading in an electronic system based on an auction and aimed at selecting projects for the construction of new facilities for the use of renewable energy sources, including those equipped with electrical energy storage systems, taking into account the plan for the placement of these facilities, facilities for the energy utilization of waste and the determination of auction prices for electrical energy produced by facilities for the use of renewable energy sources, facilities for the energy utilization of waste;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) auction winners register - a document formed by the organiser of the auction following the outcomes of the auction and confirming the auction outcomes;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
-[...15 lines deleted...]
-      3) auction winners register - a document formed by the organiser of the auction following the outcomes of the auction and confirming the auction outcomes;</w:t>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) auction bidder (hereinafter - bidder) - an applicant that has registered with the organiser of the auction and received the status of a bidder;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z13" w:id="12"/>
-[...15 lines deleted...]
-      4) auction bidder (hereinafter - bidder) - an applicant that has registered with the organiser of the auction and received the status of a bidder;</w:t>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) the organizer of auction trading (hereinafter - the Organizer) is a legal entity determined by the authorized body, carrying out organization and conduct of auction trading in the manner prescribed by the Law of the Republic of Kazakhstan “On Support of the Use of Renewable Energy Sources” (hereinafter - the Law);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z14" w:id="13"/>
-[...15 lines deleted...]
-      5) auction organiser (hereinafter referred to as the Organiser) - a legal entity determined by the competent authority, responsible for organizing and conducting the auction as provided by the Law;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) bank guarantee - a written document executed under the Rules for Issuing Bank Guarantees and Sureties by Second-Tier Banks, approved by Resolution № 21 of the Board of the National Bank of the Republic of Kazakhstan of January 28, 2017 (registered in the Register of State Registration of Regulatory Legal Acts under № 14915), and issued by a bank to a customer (debtor person) based on its application to a third party (creditor person), whereby the bank undertakes to pay a limited amount of money to a third party (creditor person);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z15" w:id="14"/>
-[...15 lines deleted...]
-      6) bank guarantee - a written document executed under the Rules for Issuing Bank Guarantees and Sureties by Second-Tier Banks, approved by Resolution № 21 of the Board of the National Bank of the Republic of Kazakhstan of January 28, 2017 (registered in the Register of State Registration of Regulatory Legal Acts under № 14915), and issued by a bank to a customer (debtor person) based on its application to a third party (creditor person), whereby the bank undertakes to pay a limited amount of money to a third party (creditor person);</w:t>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) minimum installed capacity - the amount of installed capacity below which the participant will not implement a new renewable energy facility project;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z16" w:id="15"/>
-[...15 lines deleted...]
-      7) minimum installed capacity - the amount of installed capacity below which the participant will not implement a new renewable energy facility project;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) the beneficiary is the person in whose favour the payment and/or transfer is made;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
-[...15 lines deleted...]
-      8) the beneficiary is the person in whose favour the payment and/or transfer is made;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) debtor - a legal person on behalf whereof the issuing bank issues a bank guarantee or stand-by letter of credit in favour of the beneficiary;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
-[...15 lines deleted...]
-      9) debtor - a legal person on behalf whereof the issuing bank issues a bank guarantee or stand-by letter of credit in favour of the beneficiary;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) a one-sided auction is a form of auction organisation aimed at determining the winners, by sequentially selecting bidders' bids from a ranked list of bidders;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
-[...15 lines deleted...]
-      10) a one-sided auction is a form of auction organisation aimed at determining the winners, by sequentially selecting bidders' bids from a ranked list of bidders;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) renewable energy sources (hereinafter- RES) – energy sources that are continuously replenished by natural processes, including the following types: solar radiation energy, wind energy, hydrodynamic energy of water; geothermal energy: heat from the ground, underground waters, rivers, and reservoirs; as well as anthropogenic sources of primary energy resources: consumption waste, biomass, biogas, and other fuels from consumption waste, used for the production of electrical and/or thermal energy.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
-[...15 lines deleted...]
-      11) renewable energy sources (hereinafter- RES) – energy sources that are continuously replenished by natural processes, including the following types: solar radiation energy, wind energy, hydrodynamic energy of water; geothermal energy: heat from the ground, underground waters, rivers, and reservoirs; as well as anthropogenic sources of primary energy resources: consumption waste, biomass, biogas, and other fuels from consumption waste, used for the production of electrical and/or thermal energy.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) a settlement and financial centre for the support of renewable energy sources (hereinafter - the settlement - financial centre) is a legal entity determined by the authorized body, which is a party to contracts for the purchase and sale of electrical energy produced by facilities using renewable energy sources and facilities for the energy utilization of waste, in accordance with the legislation of the Republic of Kazakhstan in force prior to the date of entry into force of the Law;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
-[...15 lines deleted...]
-      12) settlement and financial centre for supporting renewable energy sources (hereinafter – settlement and financial centre) – a legal entity designated by the authorized body, acting as a party to the contracts for the purchase and sale of electrical energy produced by renewable energy source facilities and waste-to-energy facilities, in accordance with subparagraph 4) of Article 1 of the Law;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) maximum permissible capacity of RES facilities - the maximum permissible capacity of solar and wind power plants to be connected to the electricity grid, measured according to the technical capacity of the electricity system;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
-[...15 lines deleted...]
-      13) maximum permissible capacity of RES facilities - the maximum permissible capacity of solar and wind power plants to be connected to the electricity grid, measured according to the technical capacity of the electricity system;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) a facility for the use of renewable energy sources - technical devices intended for the production of electrical energy using renewable energy sources, and the structures and infrastructure associated with them, technologically necessary for the operation of a facility for the use of renewable energy sources and located on the balance sheet of the owner of the facility for the use of renewable energy sources;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
-[...15 lines deleted...]
-      14) RES facility - technical devices intended for the production of electricity and (or) heat using RES, and related facilities and infrastructure technologically necessary for the operation of a RES facility and on the balance sheet of the owner of the RES facility;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) energy waste management is the process of thermal treatment of waste to reduce its volume and generate energy, including its use as secondary and/or energy resources, except for biogas and other fuels from organic waste;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z24" w:id="23"/>
-[...15 lines deleted...]
-      15) energy waste management is the process of thermal treatment of waste to reduce its volume and generate energy, including its use as secondary and/or energy resources, except for biogas and other fuels from organic waste;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) energy waste management facility - a set of technical devices and facilities for energy waste management and the associated facilities and infrastructure technologically necessary for energy waste management;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
-[...15 lines deleted...]
-      16) energy waste management facility - a set of technical devices and facilities for energy waste management and the associated facilities and infrastructure technologically necessary for energy waste management;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) environmental protection authority - the central executive body responsible for the administration and inter-sectoral coordination of environmental protection and the use of natural resources, and its territorial bodies;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
-[...15 lines deleted...]
-      17) environmental protection authority - the central executive body responsible for the administration and inter-sectoral coordination of environmental protection and the use of natural resources, and its territorial bodies;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) an applicant - a legal entity or consortium planning to participate in the auction;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
-[...15 lines deleted...]
-      18) an applicant - a legal entity or consortium planning to participate in the auction;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) standby letter of credit is an obligation of the bank to pay an amount to the beneficiary under the letter of credit upon the occurrence of an event (default of the debtor to the beneficiary). Standby Letter of Credit shall be issued through SWIFT;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
-[...15 lines deleted...]
-      19) standby letter of credit is an obligation of the bank to pay an amount to the beneficiary under the letter of credit upon the occurrence of an event (default of the debtor to the beneficiary). Standby Letter of Credit shall be issued through SWIFT;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) a ranked list - a list of bids from bidders, ordered in ascending order of prices indicated in the bids;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z29" w:id="28"/>
-[...15 lines deleted...]
-      20) a ranked list - a list of bids from bidders, ordered in ascending order of prices indicated in the bids;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) purchase agreement - an agreement for the purchase of electricity from an energy producing organisation using RES or energy waste management at auction prices, signed between the Settlement and Financial Centre and the energy producing organisation using RES or energy waste management;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z30" w:id="29"/>
-[...15 lines deleted...]
-      21) purchase agreement - an agreement for the purchase of electricity from an energy producing organisation using RES or energy waste management at auction prices, signed between the Settlement and Financial Centre and the energy producing organisation using RES or energy waste management;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) trading system - a complex of organisational, technical, software components enabling auctioning via the internet;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z31" w:id="30"/>
-[...15 lines deleted...]
-      22) trading system - a complex of organisational, technical, software components enabling auctioning via the internet;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) trading session – a process whereby bidders submit bids, set prices, determine auction volumes and build a register of winning bidders;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
-[...15 lines deleted...]
-      23) trading session – a process whereby bidders submit bids, set prices, determine auction volumes and build a register of winning bidders;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) competent authority - the central executive body responsible for guidance and inter-sectoral coordination in the field of renewable energy support;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z33" w:id="32"/>
-[...15 lines deleted...]
-      24) competent authority - the central executive body responsible for guidance and inter-sectoral coordination in the field of renewable energy support;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) marginal auction price - maximum auction price for electricity;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
-[...15 lines deleted...]
-      25) marginal auction price - maximum auction price for electricity;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) the connection point to the electricity grid is the place where the renewable energy facility, the energy waste disposal facility of the energy producing organisation is physically connected to the electricity grid of the energy transmitting organisation.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z35" w:id="34"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 2 as reworded by Order № 74 of the Minister of Energy of the Republic of Kazakhstan dated 09.03.2021 (shall be put into effect upon expiry of twenty-one calendar days after the date of its first official publication); with amendments introduced by the order of the Acting Minister of Energy of the Republic of Kazakhstan dated 04.03.2024, № 102 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 2 as reworded by Order № 74 of the Minister of Energy of the Republic of Kazakhstan dated 09.03.2021 (shall be put into effect upon expiry of twenty-one calendar days after the date of its first official publication); with amendments introduced by the order of the Acting Minister of Energy of the Republic of Kazakhstan dated 04.03.2024, № 102 (shall be enforced upon expiry of ten calendar days after the date of its first official publication); dated 23.09.2024 № 334 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="35"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1. Selection of projects for construction of new facilities for the use of renewable energy sources and determination of the auction prices of electric power generated by facilities for the use of renewable energy sources is carried out by organizing and holding an auction with the prepared basic parameters of the project for construction of new facilities for the use of renewable energy sources (hereinafter - the documentation) and / or without documentation. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The rules were supplemented with paragraph 2-1 in accordance with the order of the Minister of Energy of the Republic of Kazakhstan dated 27.06.2019 № 228 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-2. The selection of energy waste management projects and the determination of auction prices for electricity generated by energy waste management facilities shall be made by organising and holding an auction with prepared basic information on the construction of energy waste management facilities by groups of settlements for the implementation of energy waste management facilities as per paragraph 6 of chapter 2 hereof.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The rules were supplemented with paragraph 2-1 in accordance with the order of the Minister of Energy of the Republic of Kazakhstan dated 27.06.2019 № 228 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The Rules as supplemented by paragraph 2-2 under Order № 74 of the Minister of Energy of the Republic of Kazakhstan dated 09.03.2021 (shall be enforced upon expiry of twenty-one calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
-[...15 lines deleted...]
-      2-2. The selection of energy waste management projects and the determination of auction prices for electricity generated by energy waste management facilities shall be made by organising and holding an auction with prepared basic information on the construction of energy waste management facilities by groups of settlements for the implementation of energy waste management facilities as per paragraph 6 of chapter 2 hereof.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 2. The procedure for organization and conduct of auction bidding</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 1. Preparation for auction bidding</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The authorized body shall, no less than one (1) month prior to the proposed date of the auction trading, develop and publish on its website an auction schedule for the calendar year in the format set forth in Appendix 1 to these Rules (hereinafter - the Schedule). The information contained in the Schedule shall not be subject to adjustment.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Rules as supplemented by paragraph 2-2 under Order № 74 of the Minister of Energy of the Republic of Kazakhstan dated 09.03.2021 (shall be enforced upon expiry of twenty-one calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 3 is in the wording of the Order of the Minister of Energy of the Republic of Kazakhstan dated 03.03.2025 № 114-н/қ (shall be enforced on 01.03.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
-[...55 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1. To prepare the documentation, the authorized body in January of the current year provides the settlement and financial center with information on the types of facilities for the use of renewable energy sources, their location (indicating land plots) and the volume of installed capacity for the next two years. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In January of the current year, the system operator, at the request of the authorized body, provides the settlement and financial center with information on possible points of connection to electric power networks for auctions with documentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Footnote. The rules were supplemented with paragraph 3-1 in accordance with the order of the Minister of Energy of the Republic of Kazakhstan dated 27.06.2019 № 228 (shall be enforced upon expiry of ten calendar days after the day of its first official publication). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-2. Settlement and financial center sends the Organizer the documentation indicating its value no later than 3 (three) months before the planned date of the auction for placement on the official Internet resource.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In January of the current year, the system operator, at the request of the authorized body, provides the settlement and financial center with information on possible points of connection to electric power networks for auctions with documentation.</w:t>
+      Upon receipt of the documentation, the Organizer announces the date of the auction within 3 (three) working days.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Footnote. The rules were supplemented with paragraph 3-1 in accordance with the order of the Minister of Energy of the Republic of Kazakhstan dated 27.06.2019 № 228 (shall be enforced upon expiry of ten calendar days after the day of its first official publication). </w:t>
+        <w:t>      Footnote. The rules were supplemented with paragraph 3-2 in accordance with the order of the Minister of Energy of the Republic of Kazakhstan dated 27.06.2019 № 228 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="41"/>
-[...15 lines deleted...]
-      3-2. Settlement and financial center sends the Organizer the documentation indicating its value no later than 3 (three) months before the planned date of the auction for placement on the official Internet resource.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-3. The documentation includes:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:p>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) initial data, marketing research for construction of a new facility for the use of RES, including an assessment of the resource potential;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2047,596 +2097,674 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. The rules were supplemented with paragraph 3-3 in accordance with the order of the Minister of Energy of the Republic of Kazakhstan dated 27.06.2019 № 228 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. The Schedule contains information about the land plots planned to be allocated for construction of the RES facility and the points of connection to the electrical networks of power transmitting organizations, indicating the maximum allowable power and the number of possible connections.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Local executive bodies of regions, cities of republican significance and the capital shall carry out, in accordance with subparagraph 3-1) of Article 7 of the Law, the reservation of land plots for planned construction of objects for the use of renewable energy sources until the winners of the auction are granted rights to the land plot, in accordance with the Land Code of the Republic of Kazakhstan (hereinafter- the Land Code) and shall forward the relevant information to the authorized body in the form according to Table 1 of the Schedule.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z45" w:id="44"/>
-[...15 lines deleted...]
-      5. Local executive bodies of regions, cities of republican significance and the capital shall carry out, in accordance with subparagraph 3-1) of Article 7 of the Law, the reservation of land plots for planned construction of objects for the use of renewable energy sources until the winners of the auction are granted rights to the land plot, in accordance with the Land Code of the Republic of Kazakhstan (hereinafter- the Land Code) and shall forward the relevant information to the authorized body in the form according to Table 1 of the Schedule.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 5 is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 11.10.2023 № 361 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. The points of connection to the electrical network submitted by power transmitting organizations to the authorized body are reserved for the planned construction of facilities for the use of RES until the conclusion by the winner of the auction bidding of the contract on connection of facilities for the use of RES and (or) issue of technical conditions for connection to the electrical network and send the relevant information to the authorized body in the form according to table 2 of the Schedule.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. From the moment of the Schedule publication until completion of all auctions planned according to the Schedule, the power transmitting organizations suspend the acceptance of applications for the receipt of technical conditions for connection to the electrical network on the reserved points of connection to the electrical network, specified in the Schedule.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Construction and operation of the facility for the use of RES shall be carried out in accordance with the legislation of the Republic of Kazakhstan in the field of architectural, urban planning and construction activities and electric energy.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      At the same time, the construction of the facility for the use of RES shall be carried out using new generating equipment (previously not being in operation).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 5 is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 11.10.2023 № 361 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 8 is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 11.09.2018 № 360 (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="45"/>
-[...55 lines deleted...]
-      8. Construction and operation of the facility for the use of RES shall be carried out in accordance with the legislation of the Republic of Kazakhstan in the field of architectural, urban planning and construction activities and electric energy.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. Auction trading for the selection of projects on construction of solar and wind power plants shall be conducted in accordance with information on the possibility of connecting to power grid points and reserved land plots for the planned construction projects specified in the Schedule.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      At the same time, the construction of the facility for the use of RES shall be carried out using new generating equipment (previously not being in operation).</w:t>
+      In this case, in order to participate in the auction trading specified in part 1 of this paragraph, the provision of documents stipulated by subparagraphs 7) - 9) of paragraph 19 of these Rules shall not be carried out.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 8 is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 11.09.2018 № 360 (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. The Rules as supplemented by paragraph 8-1 under Order № 262 of the Minister of Energy of the Republic of Kazakhstan dated 13.08.2021 (shall be effective sixty calendar days after the date of its first official publication); is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 03.03.2025 № 114-н/қ (shall be enforced on 01.03.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="48"/>
-[...15 lines deleted...]
-      8-1. Auction bids for the selection of solar and wind power plant projects shall be held as per the information on the possibility to connect to the power grid points and reserved land plots for the planned facilities indicated in the Schedules.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Acceptance of documents and registration of applicants in the auction bidding shall be made by the Organizer within the time specified in the Schedule approved by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:p>
-[...14 lines deleted...]
-      However, no documents stipulated in sub-paragraphs 7) to 9) of paragraph 19 hereof shall be submitted to participate in the auction.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. To register in the trading system database, the applicant shall submit the following documents in electronic form on the Organizer’s official website:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for projects on the construction of facilities using renewable energy sources with an installed capacity of up to 499 MW inclusive in accordance with subparagraphs 1), 2), 3), 4), 5), 7), 8), 9) and 10) of paragraph 19 of these Rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for projects on the construction of facilities using renewable energy sources with an installed capacity of over 499 MW in accordance with subparagraphs 1), 2), 3), 4), 5), 7) and 8) of paragraph 19-1 of these Rules.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Rules as supplemented by paragraph 8-1 under Order № 262 of the Minister of Energy of the Republic of Kazakhstan dated 13.08.2021 (shall be effective sixty calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 10 is in the wording of the Order of the Minister of Energy of the Republic of Kazakhstan dated 03.03.2025 № 114-н/қ (shall be enforced on 01.03.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="49"/>
-[...35 lines deleted...]
-      10. For registration in the database of the trading system, the applicant shall apply to the official Internet resource of the Organizer for online registration and provide the Organizer with electronic documents in accordance with subparagraphs 1) - 5) of paragraph 19 of these Rules.</w:t>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. The applicant shall provide to the accounting and financial center the original of documents on financial security of application for participation in auction bidding no later than 2 (two) working days prior to the date of the beginning of auction bidding according to paragraph 4 of these Rules.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z52" w:id="51"/>
-[...15 lines deleted...]
-      11. The applicant shall provide to the accounting and financial center the original of documents on financial security of application for participation in auction bidding no later than 2 (two) working days prior to the date of the beginning of auction bidding according to paragraph 4 of these Rules.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. When providing the documents by the applicant in accordance with subparagraphs 1) - 5) of paragraph 19 of these Rules, concluding the contract between the applicant and the Organizer and payment for the services of the Organizer, the Organizer shall assign the status of the participant of auction bidding to the applicant.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z53" w:id="52"/>
-[...15 lines deleted...]
-      12. When providing the documents by the applicant in accordance with subparagraphs 1) - 5) of paragraph 19 of these Rules, concluding the contract between the applicant and the Organizer and payment for the services of the Organizer, the Organizer shall assign the status of the participant of auction bidding to the applicant.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 12 is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 11.09.2018 № 360 (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. The organizer shall stop accepting documents from applicants 5 (five) working days prior to the start date of the auction bidding in accordance with the schedule of the auction bidding, approved by the authorized body.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. The participant not later than 5 (five) working days before the start of the auction bidding shall notify the Organizer of the change of requisites, the list of the participant staff members, having the access to the trading system.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 12 is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 11.09.2018 № 360 (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 14 is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 11.09.2018 № 360 (shall be enforced upon expiry of twenty-one calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="53"/>
-[...35 lines deleted...]
-      14. The participant not later than 5 (five) working days before the start of the auction bidding shall notify the Organizer of the change of requisites, the list of the participant staff members, having the access to the trading system.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. A password granting the right of access to the trading system shall not be subject to transfer to third parties.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:p>
-[...57 lines deleted...]
-      15. A password granting the right of access to the trading system shall not be subject to transfer to third parties.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Tariffs for the services of the Organizer shall be set in accordance with the legislation of the Republic of Kazakhstan and be paid on the basis of the contract, concluded between the applicant and the organizer (hereinafter - the Contract).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z57" w:id="56"/>
-[...15 lines deleted...]
-      16. Tariffs for the services of the Organizer shall be set in accordance with the legislation of the Republic of Kazakhstan and be paid on the basis of the contract, concluded between the applicant and the organizer (hereinafter - the Contract).</w:t>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. The contract shall contain:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z58" w:id="57"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) the subject of the Contract, types of services provided by the Organizer, terms and procedure for payment;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2725,70 +2853,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. Paragraph 17 is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 11.10.2023 № 361 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="58"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. In order to organize and conduct auction bidding, the Organizer shall:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ensure the efficiency of the trading system for conducting auction bidding;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2853,392 +2981,772 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) interact with the authorized body and accounting financial center on the issues, related to organization and conduct of auction bidding;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) publish on the official Internet resource the Register of auction winners.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18-1. Settlement and financial center creates a tender commission for consideration of applications of potential suppliers for participation in the auction, admission and determination of the developer of documentation in accordance with the terms of reference. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The rules were supplemented with paragraph 18-1 in accordance with the order of the Minister of Energy of the Republic of Kazakhstan dated 27.06.2019 № 228 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 2. Qualification requirements for the participants of auction bidding</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Compliance with the qualification requirements imposed on participants in auction trading for projects to construct renewable energy facilities with an installed capacity of up to 499 MW shall be confirmed by providing the following documents:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) copies of the Charter;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) copies of the certificate of state registration/re-registration of a legal entity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) copies of the decision of the relevant body of the legal entity on the appointment of the first head;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) a power of attorney for a representative (if the interests are represented by someone other than the first head);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) information about the details of a legal entity (bank details, address, contact phone numbers, email address);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) financial security for the application on participation in the auction trading;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) a copy of the technical specifications for connection to the electrical network, issued and agreed upon in accordance with the Electric Grid Rules, or an indication of the connection point to the electrical network in accordance with the Schedule;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) copies of title documents for the land plot in accordance with the Land Code of the Republic of Kazakhstan or an indication of the land plot in accordance with the Schedule.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In this case, for projects on the construction of facilities using the hydrodynamic energy of water, waste, biomass, biogas and other fuels from waste for the production of electrical energy, copies of title documents for the land plot with the corresponding intended purpose on which the construction of the facility is planned shall be provided;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) a copy of the letter of approval from the System operator of the "Power plant output scheme" with a declared electric capacity of 5 MW or more, developed in accordance with the Power Grid Regulations or indicating the point of connection to the electric grid in accordance with the schedule;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) letters of confirmation of the Participant’s familiarization with the documentation posted on the Organizer’s Internet resource, for participants taking part in the auction trading with documentation.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The rules were supplemented with paragraph 18-1 in accordance with the order of the Minister of Energy of the Republic of Kazakhstan dated 27.06.2019 № 228 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 19 is in the wording of the Order of the acting Minister of Energy of the Republic of Kazakhstan dated 11.12.2024 № 454 (shall be enforced upon expiry of sixty calendar days after the date of its first official publication); with amendments introduced by the Order of the Minister of Energy of the Republic of Kazakhstan dated 03.03.2025 № 114-н/қ (shall be enforced on 01.03.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-1. Compliance with the qualification requirements for participants in auction trading for projects to construct renewable energy facilities with an installed capacity exceeding 499 MW shall be confirmed by providing the following documents:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) a copy of the Charter;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) a copy of the certificate of state registration/re-registration of a legal entity;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) a copy of the decision of the relevant body of the legal entity on the appointment of the first head;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) a power of attorney for a representative (if the interests are represented by someone other than the first head);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) information about the details of a legal entity (bank details, address, contact phone numbers, email address);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z458" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) financial security for the application for participation in the auction;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) documents confirming the experience in investing, constructing and commissioning facilities for the use of renewable energy sources of the relevant type with an installed capacity in total of at least 100 MW in the Republic of Kazakhstan in accordance with paragraph 19-2 of these Rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) the structure of owners up to the ultimate beneficiaries as of the date not earlier than the start of the period for accepting documents with supporting documents, where the shares (interest in the authorized capital) of the ultimate owners - citizens of the Republic of Kazakhstan and/or legal entities of the Republic of Kazakhstan without foreign participation constitute (constitutes) at least 51% (fifty-one percent) and provide (provides) the ability to determine the decisions of the Auction Participant.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...204 lines deleted...]
-      10) a letter of confirmation on the Participant’s familiarization with the documentation posted on the Organizer’s Internet resource for participants taking part in auctions with the documentation.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The Rules have been supplemented with paragraph 19-1 in accordance with the Order of the Acting Minister of Energy of the Republic of Kazakhstan dated 11.12.2024 № 454 (shall be enforced upon expiry of sixty calendar days after the date of its first official publication); with amendments introduced by the Order of the Minister of Energy of the Republic of Kazakhstan dated 03.03.2025 № 114-н/қ (shall be enforced on 01.03.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-2. Experience in investing in, constructing and commissioning renewable energy facilities of the relevant type in the Republic of Kazakhstan means ownership, directly or indirectly, on the date of commissioning of a renewable energy facility of the type corresponding to the auction trading, of at least 20% of the shares (interest in the authorized capital) of a legal entity registered in the Republic of Kazakhstan that was the owner of the specified renewable energy facility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A participant in auction trading for the projects on construction of renewable energy facilities with an installed capacity exceeding 499 MW shall confirm that he/she or individuals and/or legal entities that directly or indirectly own at least 51% of the shares (interests in the authorized capital) of the Participant in the auction trading in aggregate have the experience specified in subparagraph 7) of paragraph 19-1 of these Rules by providing copies of acts on commissioning of renewable energy facilities registered with authorized state bodies, information on registered legal entities as of the date of registration of the specified acts, and copies of registration or constituent documents as of the date of registration of the specified acts.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 19 is in the wording of the order of the Minister of Energy of the Republic of Kazakhstan dated 11.10.2023 № 361 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The Rules have been supplemented with paragraph 19-2 in accordance with the Order of the acting Minister of Energy of the Republic of Kazakhstan dated 11.12.2024 № 454 (shall be enforced upon expiry of sixty calendar days after the date of its first official publication); is in the wording of the Order of the Minister of Energy of the Republic of Kazakhstan dated 03.03.2025 № 114-н/қ (shall be enforced on 01.03.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19-3. The winner of the auction trading for the projects on construction of renewable energy facilities with an installed capacity exceeding 499 MW shall, simultaneously with the renewable energy facility, ensure the construction and commissioning of an electrical energy storage system with a capacity of at least 30% of the installed capacity of the renewable energy facility and a capacity sufficient to supply power for two hours and maintain it for the duration of the electricity purchase Contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The project is being implemented without the assignment of rights and obligations under the electricity purchase contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The Rules have been supplemented by paragraph 19-3 in accordance with Order № 454 of the Acting Minister of Energy of the Republic of Kazakhstan dated 11.12.2024 (shall be enforced upon expiry of sixty calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Financial security of an application for participation in auction bidding in the form of a Bank guarantee or a standby letter of credit shall be issued in favor of the accounting and financial center.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z64" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Paragraph 3. Content and procedure of application</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z65" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4081,116 +4589,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. The Participant’s application, submitted for participation in the auction bidding in the trading system shall not be deleted.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z77" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. Participants at their discretion, before the end of the time for accepting bids for participation in the auction, change the previously filed bid by submitting a new bid.</w:t>
+      32. Participants, at their own discretion, before the end of the period for accepting applications for participation in the auction trading, may change a previously submitted application by submitting a new application.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      At the same time, participants indicate the price in the new order lower than in the previous one, and the volume of the previously filed bid cannot be changed.</w:t>
-[...17 lines deleted...]
-      Within the main period of time 30 (thirty) minutes of the trading session, the step of price change is not less than 5 (five) tiyn per 1 (one) kilowatt-hour, from the period of extending the trading session for 5 (five) minutes, the step of price change is not less than 50 (fifty) tiyn per 1 (one) kilowatt-hour.</w:t>
+      In this case, participants shall indicate a price in the new application that is lower than in the previous minimum application, and the volume of the previously submitted application shall not be subject to change.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      During the main time of 30 (thirty) minutes of the trading session, the price change step is not less than 5 (five) tiyn per 1 (one) kilowatt-hour and not more than 2 (two) tenge per 1 (one) kilowatt-hour from the minimum price, from the period of extension of the trading session by 5 (five) minutes, the price change step will be not less than 50 (fifty) tiyn per 1 (one) kilowatt-hour, but not more than 2 (two) tenge per 1 (one) kilowatt-hour per minute from the minimum price.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 32 as amended by the order of the Acting Minister of Energy of the Republic of Kazakhstan dated 24.08.2022 № 284 (shall be enforced upon expiry of sixty calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 32 is in the wording of Order № 454 of the acting Minister of Energy of the Republic of Kazakhstan dated 11.12.2024 (shall be enforced upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z78" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4589,116 +5097,134 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) a standby letter of credit.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z89" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. The amount of financial security of the application for participation is:</w:t>
+      43. The amount of financial security for the application for participation shall be:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) in the auction without documentation - 2000 (two thousand) tenge per 1 (one) kilowatt of installed capacity, multiplied by the installed capacity of the facility for the use of renewable energy sources specified in the application for participation in the auction.</w:t>
-[...17 lines deleted...]
-      2) in the auction with documentation - 5,000 (five thousand) tenge per 1 (one) kilowatt of installed capacity, multiplied by the installed capacity of the facility for the use of renewable energy sources specified in the Schedule.</w:t>
+      1) in auction trading without documentation for projects on the construction of renewable energy facilities with an installed capacity of up to 499 MW inclusive - 2,000 (two thousand) tenge per 1 (one) kilowatt of installed capacity, multiplied by the installed capacity of the renewable energy facility specified in the application for participation in the auction trading;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) in auction trading with documentation - 5000 (five thousand) tenge per 1 (one) kilowatt of installed capacity, multiplied by the installed capacity of the renewable energy facility specified in the Schedule;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) in auction trading without documentation for projects on the construction of renewable energy facilities with an installed capacity of over 499 MW - 5,000 (five thousand) tenge per 1 (one) kilowatt of installed capacity, multiplied by the installed capacity of the renewable energy facility specified in the application for participation in the auction trading.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Footnote. Paragraph 43 as amended by the order of the Minister of Energy of the Republic of Kazakhstan dated 27.06.2019 № 228 (shall be enforced upon expiry of ten calendar days after the day of its first official publication). </w:t>
+        <w:t>      Footnote. Paragraph 43 is in the wording of the Order № 454 of the acting Minister of Energy of the Republic of Kazakhstan dated 11.12.2024 (shall be enforced upon expiry of sixty calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z90" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5927,54 +6453,114 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z107" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      56-2. Winners of auction trading without documentation on the selection of projects using hydrodynamic energy of water, biomass, biogas and other fuels from organic waste used for the production of electrical energy will not be allowed to participate in subsequent auctions specified in the auction schedule for the calendar year with re-uploaded documents in accordance with subparagraphs 7) and 8) of paragraph 19 of the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The Rules have been supplemented by paragraph 56-2 in accordance with Order № 454 of the acting Minister of Energy of the Republic of Kazakhstan dated 11.12.2024 (shall be enforced upon expiry of sixty calendar days after its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       57. Based on the results of auctions, the Organizer, within 1 (one) hour after the closing of the trading session, shall send electronic notifications about the results of the conducted auctions to the Participants. Written notifications shall be sent to the participants no later than 18-00 Astana time the next working day.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7064,187 +7650,375 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 3. Final provision</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
     <w:bookmarkStart w:name="z134" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      61. The conduct of auction bidding may be suspended for a period of up to 30 minutes in case of the following circumstances:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>61. The conduct of auction trading may be suspended during a trading session for a period of up to 30 minutes if the following circumstances occur for the Organizer of the auction trading:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) technical problems on the server equipment or failures in the electronic system, which led to malfunction of the trading system;</w:t>
-[...76 lines deleted...]
-    <w:bookmarkStart w:name="z136" w:id="133"/>
+      1) technical malfunctions and (or) failures in the trading system, leading to complete or partial inoperability of the trading system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) technical problems with Internet communication channels.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) interruption in the power supply to the trading floor and (or) server equipment of the trading system (for a period of up to 30 minutes).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 61 is in the wording of the Order of the Minister of Energy of the Republic of Kazakhstan dated 03.03.2025 № 114-н/қ (shall be enforced on 01.03.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. If the auction is suspended, the Organizer shall promptly inform the participants via the Participant's e-mail specified in the trading system about the reason for the suspension of the auction trading, indicating the time within which the auction process will be resumed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 62 is in the wording of the Order of the Minister of Energy of the Republic of Kazakhstan dated 03.03.2025 № 114-н/қ (shall be enforced on 01.03.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. The conduct of an auction trading may be cancelled by an act of the auction Organizer if the following circumstances occur:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) it takes more than 30 minutes to resolve the technical problems specified in paragraph 61 of these Rules;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) a long-term (for a period of more than 30 minutes) interruption in the power supply to the trading floor and (or) server equipment of the trading system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) the occurrence of circumstances that prevent the auction from being held, independent of the actions and/or inactions of the auction Organizer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 63 is in the wording of the Order of the Minister of Energy of the Republic of Kazakhstan dated 03.03.2025 № 114-н/қ (shall be enforced on 01.03.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. In case of cancellation of the auction bidding for the reasons, specified in paragraph 63 of these Rules, the repeated auction bidding shall be held on the next working day after the date of conduct of the auction bidding. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z137" w:id="134"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z137" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64-1. If the auction is declared invalid for the reasons specified in paragraph 51 of these Rules, the Organizer shall notify the authorized body about this in the manner prescribed by paragraph 59 of these Rules. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Repeated auctions shall be held no later than 3 (three) months from the date the auction was declared invalid, no more than once.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7333,70 +8107,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Footnote. The rules were supplemented with paragraph 64-1 in accordance with the order of the Minister of Energy of the Republic of Kazakhstan dated 27.06.2019 № 228 (shall be enforced upon expiry of ten calendar days after the day of its first official publication); as amended by the order of the Minister of Energy of the Republic of Kazakhstan dated 11.10.2023 № 361 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="135"/>
+    <w:bookmarkStart w:name="z138" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Disputes arising in the course of organization and conduct of auction bidding shall be resolved in accordance with the civil legislation of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11062,55 +11836,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>