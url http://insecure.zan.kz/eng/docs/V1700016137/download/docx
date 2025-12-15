--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8a477ea" w14:textId="8a477ea">
+    <w:p w14:paraId="8eaf03d" w14:textId="8eaf03d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -186,99 +186,109 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Footnote. The heading is in the wording of the order of the Minister of Education of the Republic of Kazakhstan dated 05.07.2023 № 197 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      In accordance with subparagraph 97) of part one of Article 5 of the Law of the Republic of Kazakhstan “On Education” </w:t>
+      In accordance with subparagraph 75) of Article 5 of the Law of the Republic of Kazakhstan “On Education”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I HEREBY ORDER</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HEREBY </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ORDER:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The preamble is in the wording of the order of the Minister of Education of the Republic of Kazakhstan dated 05.07.2023 № 197 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Preamble - as amended by Order № 98 of the Minister of Education of the Republic of Kazakhstan dated April 30, 2025 (shall enter into force ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -344,51 +354,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The following orders shall be declared to be no longer in force:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Order № 440 of the Minister of Education and Science of the Republic of Kazakhstan dated October 30, 2013 "On Approval of the Methodology for Per Capita Regulatory Financing of Secondary Education" (registered in the Register of State Registration of Regulatory Legal Acts under № 8885, published in Kazakhstanskaya Pravda newspaper in № 339 (27613)of December 19, 2013);</w:t>
+      1) Order № 440 of the Minister of Education and Science of the Republic of Kazakhstan dated October 30, 2013 "On Approval of the Methodology for Per Capita Regulatory Financing of Secondary Education" (registered in the Register of State Registration of Regulatory Legal Acts under № 8885, published in Kazakhstanskaya Pravda newspaper in № 339 (27613) of December 19, 2013);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Order № 520 of the Acting Minister of Education and Science of the Republic of Kazakhstan dated August 25, 2016 “On Amending Order № 440 of the Minister of Education and Science of the Republic of Kazakhstan dated October 30, 2013 “On Approval of the Methodology for Per Capita Regulatory Financing of Secondary Education” (registered in the Register of State Registration of Regulatory Legal Acts under № 14254, published in "Adilet", the legal information system on October 10, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1032,80 +1042,80 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General provisions </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1. This Methodology for per capita standard financing of preschool education and training, secondary education, as well as technical and vocational, post-secondary education, taking into account credit technology of education (hereinafter - the Methodology) has been developed in accordance with subparagraph 97) of part one of Article 5 of the Law of the Republic of Kazakhstan “On Education” "(hereinafter - the Law), shall determine a unified approach when calculating the per capita standard for financing preschool education and training, secondary education, as well as technical and vocational, post-secondary education, taking into account credit technology of education and shall be used to plan the volume of per capita standard financing of educational organizations and the volume of state educational order. </w:t>
+        <w:t>
+      1. This Methodology for per capita standard financing of pre-school education and training, secondary education, as well as technical and vocational, post-secondary education taking into account the credit technology of education (hereinafter referred to as the Methodology) has been developed in accordance with subparagraph 75) of Article 5 of the Law of the Republic of Kazakhstan "On Education" (hereinafter referred to as the Law), shall define a unified approach to calculating the per capita standard for financing pre-school education and training, secondary education, as well as technical and vocational, post-secondary education taking into account the credit technology of education and shall be used for planning the volume of per capita standard financing of educational organizations and the volume of state educational orders.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 1 is in the wording of the order of the Minister of Education of the Republic of Kazakhstan dated 05.07.2023 № 197 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 1 – as amended by Order № 98 of the Minister of Education of the Republic of Kazakhstan dated April 30, 2025 (shall enter into force ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1427,51 +1437,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Vpf – the volume of per capita standard financing of PE&amp;T, calculated by the formula:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Vпф = ∑(Nz * Kontz),</w:t>
+      Vпф = ∑ (Nz * Kontz),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       where:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11795,55 +11805,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>