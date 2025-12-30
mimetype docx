--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="da443f2" w14:textId="da443f2">
+    <w:p w14:paraId="8c115ec" w14:textId="8c115ec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,151 +145,121 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order Acting Of the Minister of Foreign Affairs of the Republic of Kazakhstan of December 6, 2017 No. 11-1-2 / 576. Registered in the Ministry of Justice of the Republic of Kazakhstan on December 25, 2017 No. 16116.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...47 lines deleted...]
-      In accordance with subparagraph 1) of Article 10 of the Law of the Republic of Kazakhstan "On State Services" and with paragraph 62 of the Consular Charter of the Republic of Kazakhstan approved by the Decree of the President of the Republic of Kazakhstan dated April 25, 2016 No. 240 </w:t>
+      In accordance with subparagraph 1) of Article 10 of the Law of the Republic of Kazakhstan "On State Services" and with paragraph 62 of the Consular Charter of the Republic of Kazakhstan approved by the Decree of the President of the Republic of Kazakhstan dated April 25, 2016 № 240 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>I HEREBY ORDER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Preamble as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Preamble as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -774,51 +744,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Annex 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>to Order No. 11-1-2/576 of the</w:t>
+              <w:t>to Order № 11-1-2/576 of the</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Acting Minister of Foreign Affairs</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -862,97 +832,97 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The rules for legalization of documents (hereinafter - the Rules) developed in accordance with paragraph 62 of the Consular Charter of the Republic of Kazakhstan, approved by Decree No. 240 of the President of the Republic of Kazakhstan of April 25, 2016 and determine the procedure for legalization of documents.</w:t>
+      1. The rules for legalization of documents (hereinafter - the Rules) developed in accordance with paragraph 62 of the Consular Charter of the Republic of Kazakhstan, approved by Decree № 240 of the President of the Republic of Kazakhstan of April 25, 2016 and determine the procedure for legalization of documents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. These Rules regulate the procedure for the provision of the state service "Legalization of documents” (hereinafter referred to as the state service) in accordance with Article 10 of the Law of the Republic of Kazakhstan "On State Services".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Rules as added with paragraph 1-1 in accordance with the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 29.04.2020 No. 11-1-4/141 (shall be enforced upon expiry of ten calendar days after the date of its first official publication); as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Rules as added with paragraph 1-1 in accordance with the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 29.04.2020 № 11-1-4/141 (shall be enforced upon expiry of ten calendar days after the date of its first official publication); as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1226,51 +1196,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Rules as added with paragraph 6-1 in accordance with the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Rules as added with paragraph 6-1 in accordance with the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1346,97 +1316,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Documents issued by foreign organizations and institutions must be translated into the state or Russian language and certified by a translator or an organization providing translation services.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Documents certified by notaries of the Republic of Kazakhstan and intended to perform actions outside the Republic of Kazakhstan must comply with the requirements established by Chapter 10 of the Rules for notarial office work, approved by order of the Minister of Justice of the Republic of Kazakhstan dated January 31, 2012 No. 32 (registered in the Register of State Registration of Regulatory Legal Acts No. 7445).</w:t>
+      Documents certified by notaries of the Republic of Kazakhstan and intended to perform actions outside the Republic of Kazakhstan must comply with the requirements established by Chapter 10 of the Rules for notarial office work, approved by order of the Minister of Justice of the Republic of Kazakhstan dated January 31, 2012 № 32 (registered in the Register of State Registration of Regulatory Legal Acts № 7445).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The list of basic requirements for the provision of the state service, including the characteristics of the process, the form, content and result of the provision, as well as other information, taking into account the specifics of the provision of state services, is given in Appendix 1 to these Rules.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 7 as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 7 as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1974,51 +1944,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 18 as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 18 as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2070,51 +2040,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Rules as added with paragraph 18-1 in accordance with the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Rules as added with paragraph 18-1 in accordance with the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2286,51 +2256,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Rules as added with paragraph 21-1 in accordance with the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Rules as added with paragraph 21-1 in accordance with the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2454,51 +2424,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Rules as added with paragraph 22 in accordance with the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 29.04.2020 No. 11-1-4/141 (shall be enforced upon expiry of ten calendar days after the date of its first official publication); as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Rules as added with paragraph 22 in accordance with the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 29.04.2020 № 11-1-4/141 (shall be enforced upon expiry of ten calendar days after the date of its first official publication); as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2598,69 +2568,87 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> List of main requirements to the provision of the state service "Legalization of documents"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The heading as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
-[...17 lines deleted...]
-      Footnote. Rules added with Annex 1 according to the order of the Minister of Foreign Affairs of RK dated 29.04.2020 No. 11-1-4/141 (shall enter into force upon expiry of ten calendar days after the day of its first official publication); as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      Footnote. The heading as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. Rules added with Annex 1 according to the order of the Minister of Foreign Affairs of RK dated 29.04.2020 № 11-1-4/141 (shall enter into force upon expiry of ten calendar days after the day of its first official publication); as amended by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The list is amended by the Order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated 30.09.2025 № 11-1-4/577 (effective from 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2750,68 +2738,50 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ministry of Foreign Affairs of the Republic of Kazakhstan and foreign institutions of the Republic of Kazakhstan (hereinafter referred to as the service provider)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3348,105 +3318,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The amount of payment charged to the service recipient in the state service provision and the methods of its collection in cases provided by the legislation of the Republic of Kazakhstan</w:t>
+The amount of payment charged to the service recipient for the provision of public service and the methods of its collection in cases provided for by the legislation of the Republic of Kazakhstan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The state service shall be provided to individuals on a paid basis at the rates of the consular fee, in accordance with the Code of the Republic of Kazakhstan "On taxes and other obligatory payments to the budget (Tax Code)" and the order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated May 20, 2019 No. 11-1- 4/227 "On approval of consular fee rates for consular activities in the territory of a foreign state" (registered in the Register of State Registration of Normative Legal Acts under No. 18702). Payment of the consular fee shall be carried out in cash or non-cash form through second-tier banks or organizations that carry out certain types of banking operations.</w:t>
-[...17 lines deleted...]
-The conditions for exemption from paying the consular fee shall be regulated in accordance with the Code of the Republic "On taxes and other obligatory payments to the budget (Tax Code)".</w:t>
+The state service is provided to individuals on a paid basis at consular fee rates in accordance with the Tax Code of the Republic of Kazakhstan and the Order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated May 20, 2019 № 11-1-4/227 "On approval of consular fee rates for performing consular actions on the territory of a foreign state" (registered in the Register of State Registration of Regulatory Legal Acts under № 18702).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Payment of the consular fee is carried out in cash or non-cash form through second-tier banks or organizations engaged in certain types of banking operations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+The conditions for exemption from payment of the consular fee are regulated in accordance with the Tax Code of the Republic of Kazakhstan. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3970,51 +3976,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Documents issued by foreign organizations and institutions must be translated into the state or Russian language and certified by a translator or an organization providing translation services.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Documents certified by notaries of the Republic of Kazakhstan and intended to perform actions outside the Republic of Kazakhstan must comply with the requirements established by Chapter 10 of the Rules for notarial office work, approved by order of the Minister of Justice of the Republic of Kazakhstan dated January 31, 2012 No. 32 (registered in the Register of State Registration of Regulatory Legal Acts No. 7445).</w:t>
+Documents certified by notaries of the Republic of Kazakhstan and intended to perform actions outside the Republic of Kazakhstan must comply with the requirements established by Chapter 10 of the Rules for notarial office work, approved by order of the Minister of Justice of the Republic of Kazakhstan dated January 31, 2012 № 32 (registered in the Register of State Registration of Regulatory Legal Acts № 7445).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4445,51 +4451,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 11-1-2/576</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The right top corner of Annex 1 - in the wording of the order of the Minister of Foreign Affairs of RK dated 29.04.2020 No. № 11-1-4/141 (shall enter into force upon expiry of  ten calendar days after the day of its first official publication).</w:t>
+      Footnote. The right top corner of Annex 1 - in the wording of the order of the Minister of Foreign Affairs of RK dated 29.04.2020 № № 11-1-4/141 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Legalization inscription of the Department of Consular Service of the Ministry of Foreign Affairs of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4797,51 +4803,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 11-1-2/576</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The right top corner of Annex 2 - in the wording of the order of the Minister of Foreign Affairs of the RK dated 29.04.2020 No. № 11-1-4/141 (shall enter into force upon expiry of  ten calendar days after the day of its first official publication).</w:t>
+      Footnote. The right top corner of Annex 2 - in the wording of the order of the Minister of Foreign Affairs of the RK dated 29.04.2020 № № 11-1-4/141 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Legalization inscription of the foreign institution of the Republic of Kazakhstan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5271,51 +5277,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 11-1-2/576</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The right top corner of Annex 3 - in the wording of the order of the Minister of Foreign Affairs of the RK dated 29.04.2020 No. № 11-1-4/141 (shall enter into force upon expiry of  ten calendar days after the day of its first official publication).</w:t>
+      Footnote. The right top corner of Annex 3 - in the wording of the order of the Minister of Foreign Affairs of the RK dated 29.04.2020 № № 11-1-4/141 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Register of documents having been legalized</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -5716,55 +5722,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6090,31 +6096,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>