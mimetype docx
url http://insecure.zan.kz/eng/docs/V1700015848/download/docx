--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a9b2a84" w14:textId="a9b2a84">
+    <w:p w14:paraId="f8e2493" w14:textId="f8e2493">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -146,107 +146,129 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of the Chairman of the Statistics Committee of the Ministry of National Economy of the Republic of Kazakhstan dated September 8, 2017 No. 125. Registered with the Ministry of Justice of the Republic of Kazakhstan on October 5, 2017 No. 15848.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> and sub-paragraph 258) of paragraph 17 of the Regulation on the Ministry of National Economy of the Republic of Kazakhstan, approved by Decree of the Government of the Republic of Kazakhstan No. 1011 dated September 24, 2014, I DO HEREBY ORDER:</w:t>
+      In accordance with subparagraph 5) of Article 12 of the Law of the Republic of Kazakhstan "On State Statistics", subparagraph 34) of paragraph 15 of the Regulation on the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by the Decree of the President of the Republic of Kazakhstan dated October 5, 2020 № 427 and subparagraph 20) of paragraph 15 of the Regulation on the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan, approved by the Order of the Chairman of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated October 23, 2020 № 9-nk, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>I HEREBY ORDER:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. The preamble is in the wording of the order of the Head of the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan dated 29.08.2025 № 25 (effective from 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. That the enclosed Methodology for Assessing the Volume of Illegal Activities shall be approved.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -375,62 +397,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. This order shall become effective ten calendar days after the day of its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7779"/>
-        <w:gridCol w:w="4221"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7779" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -443,51 +466,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Chairman of the Committee</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7779" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -500,51 +523,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      on Statistics of the Ministry</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7779" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -557,51 +580,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of National Economy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7779" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -609,51 +632,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      of the Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1002,2116 +1025,2028 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Republic of Kazakhstan </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 125of September 8, 2017 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkStart w:name="z182" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Methodology for Assessing the Volume of Illegal Activities</w:t>
+        <w:t xml:space="preserve"> Methodology for estimating the volume of illegal activity Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. The Methodology for Assessing the Volume of Illegal Activities (hereinafter referred to as the Methodology) refers to the statistical methodology, which has been formed in accordance with international standards and approved in compliance with the Law of the Republic of Kazakhstan dated March 19, 2010 “On State Statistics”.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+      1. The methodology for estimating the volume of illegal activity (hereinafter referred to as the Methodology) refers to a statistical methodology developed in accordance with international standards and approved in accordance with the Law of the Republic of Kazakhstan "On State Statistics".</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. This Methodology is used by the Statistics Committee of the Ministry of National Economy of the Republic of Kazakhstan (hereinafter referred to as the Committee) when assessing the volume of illegal activities in accordance with international standards and for the purposes of the System of National Accounts (hereinafter - SNA).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+      2. This Methodology is used by the Bureau of National Statistics of the Agency for Strategic Planning and Reforms of the Republic of Kazakhstan (hereinafter referred to as the Bureau) in assessing the volume of illegal activities in accordance with international standards and for the purposes of the System of National Accounts (hereinafter referred to as the SNA).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The purpose of this Methodology is to assess the impact of illegal activities on sectors of the economy.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+      3. The purpose of this Methodology is to assess the impact of illegal activities on economic sectors, that is, to determine their shares in the formation of Gross Domestic Product.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+        <w:t>
+      4. The 2008 SNA prepared by the International Monetary Fund, the Organization for Economic Cooperation and Development, the Statistical Office of the European Communities, the United Nations and the World Bank was used as a methodological basis.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. The following definitions are used in this Methodology:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) intermediate consumption - the value of goods and services that are transformed or completely consumed in the production process in the reporting period;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+      1) intermediate consumption – the cost of goods and services that are transformed or fully consumed in the production process during the reporting period;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) gross value added (hereinafter referred to as GVA) - characterizes the final result of production activities and represents the value added by processing in this production process. It shall be calculated at the industry level as the difference between output and intermediate consumption, shall include the cost of fixed capital consumed in the production process;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+      2) gross value added (hereinafter referred to as GVA) – characterizes the final result of production activities and represents the value added by processing in this production process. It is calculated at the industry level as the difference between output and intermediate consumption, and includes the cost of fixed capital consumed in the production process;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) gross domestic product (hereinafter referred to as GDP) is one of the most important indicators of the system of national accounts characterizing the final result of the country's economic activity;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+      3) gross domestic product (hereinafter referred to as GDP) is one of the most important indicators of the system of national accounts, characterizing the final result of a country's economic activity;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) institutional unit - an economic unit that is capable of owning assets on its own behalf, accepting obligations, participating in economic activities and entering into transactions with other units;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+      4) an institutional unit is an economic unit that is able to own assets on its own behalf, assume obligations, participate in economic activities and enter into transactions with other units;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) SNA - is a system of statistical indicators built in the form of a specific set of accounts and tables characterizing the results of the country's economic activity.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+      5) the SNA is a system of statistical indicators designed in the form of a specific set of accounts and tables characterizing the results of a country's economic activity.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. The information base for assessing the volume of illegal activities shall be:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+      6. The information base for assessing the volume of illegal activities is:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) official statistical information;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) administrative data of administrative sources.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+      2) administrative data from administrative sources.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 2. Methodological approach to assessing the volume of illegal activities in accordance with the System of National Accounts 2008</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+        <w:t xml:space="preserve"> Chapter 2. Methodological approach to estimating the volume of illegal activities in accordance with the 2008 System of National Accounts</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Unobservable activities shall include activities that are not covered in the collection of information from the main sources used in compiling national accounts.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+      7. Unobservable activities include production activities that are not covered when collecting information from the main sources used in the preparation of national accounts.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Unobservable activities shall be divided into the following groups: hidden (shady), illegal, informal.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+      8. Unobserved activities are divided into the following groups: hidden (shadow), illegal, informal.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Illegal activities shall include the production of goods and services that are prohibited by law or which are illegal, when they are carried out by manufacturers who do not have an appropriate license (permit).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+      9. Illegal activities include the production of goods and services prohibited by the legislation of the Republic of Kazakhstan or carried out by manufacturers without a corresponding license (permit) in cases where the availability of such licenses is mandatory in accordance with the legislation of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. The criteria for illegal activity shall be the general criteria for classifying the type of activity in GDP calculations. The criteria for classifying activities as illegal shall be as follows:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+      10. The criteria for classifying types of activities as illegal are:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) coverage of the type of activity by the boundaries of the SNA production sphere:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+      1) compliance with the characteristics of production activities covered by the boundaries of the SNA;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      the production of individual or collective goods and services provided to institutional units that are not their producers, or intended to be provided, including the production of goods and services used in the production of goods and services;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+      2) the fact of carrying out a type of activity in violation of the legislation of the Republic of Kazakhstan (including the absence of a license, registration outside the established procedure, or an outright ban on carrying out this type of activity).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      production for own final use of goods held by their producers for their own final consumption or gross capital formation;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+      11. Illegal activities are classified into the following two categories:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      production for own final consumption of housing services by persons living in their own housing, as well as domestic and personal services provided by paid servants;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+      1) production, sale or movement of goods and services, the sale or possession of which is prohibited by the legislation of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) нарушение законодательства Республики Казахстан.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+      2) production, sale or movement of goods and services by producers who do not have the appropriate license (permit) or are not registered in accordance with the procedure established by the legislation of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapter 3. Assessment of illegal activities Paragraph 1. Calculation of indicators of production of goods and services, the sale or possession of which is prohibited by the legislation of the Republic of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Illegal activities shall be classified into the following two categories:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+      12. This Methodology considers the following types of production of goods and services, the sale or possession of which is prohibited by the legislation of the Republic of Kazakhstan:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) production of goods and services, the sale or possession of which is prohibited by the legislation of the Republic of Kazakhstan;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+      drug trafficking (production and distribution of heroin, cannabinoids, opium, synthetic narcotic drugs);</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) production of goods and services by manufacturers who do not have an appropriate license (permit) or are not registered in the manner established by the legislation of the Republic of Kazakhstan.</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+      illicit trafficking in precious metals;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. The following types of production of goods and services, the sale or possession of which is prohibited by the legislation of the Republic of Kazakhstan, shall be considered in this Methodology:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+      manufacture, acquisition, transfer, sale, storage of weapons;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      drug business (production and distribution of heroin, cannabinoids, opium);</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+      prostitution;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      prostitution.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+      illegal gambling business.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+        <w:t xml:space="preserve">
+      13. Illegal drug-related activities include the production of drugs within the country, export and import, as well as activities for their delivery and sale to consumers. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Calculation of heroin consumption:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1092200" cy="368300"/>
+            <wp:extent cx="1841500" cy="304800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1092200" cy="368300"/>
+                      <a:ext cx="1841500" cy="304800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                        (1)</w:t>
+        <w:t>, (1)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       where:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      C is the total amount of heroin (seized and consumed) (grams);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A – information on the seizure of narcotic drugs for the year (grams);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N is the number of drug addicts (person);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D is the average amount of narcotic drugs consumed per year by one drug addict (gram).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Next, the volume of imports into the country is estimated:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="241300" cy="279400"/>
+            <wp:extent cx="1562100" cy="850900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="241300" cy="279400"/>
+                      <a:ext cx="1562100" cy="850900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – drug use by all drug addicts per year (gr);</w:t>
+        <w:t>, (2)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I is the import (gram);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      C is the total amount of heroin (grams);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="279400" cy="279400"/>
+            <wp:extent cx="444500" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="279400" cy="279400"/>
+                      <a:ext cx="444500" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – number of drug addicts (persons);</w:t>
+        <w:t xml:space="preserve">  – street purity of heroin (%);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="266700" cy="266700"/>
+            <wp:extent cx="571500" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="266700" cy="266700"/>
+                      <a:ext cx="571500" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – the average amount of drugs used per year by one drug addict (gr). </w:t>
+        <w:t>– wholesale purity of heroin (%).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Next, the volume of imports into the country shall be estimated: </w:t>
+        <w:t>
+      The main resulting indicator, which is compared with GDP, is GVA:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1155700" cy="622300"/>
+            <wp:extent cx="2959100" cy="355600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1155700" cy="622300"/>
+                      <a:ext cx="2959100" cy="355600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                        (2)</w:t>
+        <w:t>, (3)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       where:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      GVA is GVA (million tenge);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="152400" cy="266700"/>
+            <wp:extent cx="406400" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="152400" cy="266700"/>
+                      <a:ext cx="406400" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – import (gr); </w:t>
+        <w:t xml:space="preserve">  – domestic production (million tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      TM – trade margin (million tenge);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      IC – intermediate consumption (million tenge).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Intermediate consumption in the drug business is insignificant and is estimated at 10% of the trade margin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      To determine the trade margin, drug consumption and import are recalculated in value terms. Drug imports are priced at wholesale prices, while consumption is priced at retail prices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="241300" cy="279400"/>
+            <wp:extent cx="2108200" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="241300" cy="279400"/>
+                      <a:ext cx="2108200" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – consumption of heroin (gr);</w:t>
+        <w:t xml:space="preserve"> , (4)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="406400" cy="355600"/>
+            <wp:extent cx="431800" cy="254000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="406400" cy="355600"/>
+                      <a:ext cx="431800" cy="254000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – heroine street frequency (%);</w:t>
+        <w:t>trade margin (million tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="444500" cy="355600"/>
+            <wp:extent cx="241300" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="444500" cy="355600"/>
+                      <a:ext cx="241300" cy="266700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – wholesale heroine frequency (%).</w:t>
+        <w:t xml:space="preserve"> consumption (grams);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...34 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1701800" cy="304800"/>
+            <wp:extent cx="279400" cy="317500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1701800" cy="304800"/>
+                      <a:ext cx="279400" cy="317500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                              (3)</w:t>
+        <w:t xml:space="preserve">  retail price (tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...124 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1879600" cy="330200"/>
+            <wp:extent cx="279400" cy="317500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1879600" cy="330200"/>
+                      <a:ext cx="279400" cy="317500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                        (4)</w:t>
+        <w:t xml:space="preserve">  wholesale price (tenge).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      where:</w:t>
-[...147 lines deleted...]
-      15. The calculation of the production of cannabinoids shall be formed on the condition that all domestic consumption of cannabinoids is satisfied through domestic production.</w:t>
+      15. The calculation of the release of cannabinoids is based on the condition that all domestic consumption of cannabinoids is met by domestic production.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1701800" cy="330200"/>
+            <wp:extent cx="2870200" cy="317500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1701800" cy="330200"/>
+                      <a:ext cx="2870200" cy="317500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                              (5)</w:t>
+        <w:t xml:space="preserve"> , (5)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3132,1082 +3067,1298 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="355600" cy="393700"/>
+            <wp:extent cx="406400" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="355600" cy="393700"/>
+                      <a:ext cx="406400" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – domestic production of marijuana and anasha/cannabis (tenge);</w:t>
+        <w:t>– domestic production of marijuana (tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A – information on the seizure of narcotic drugs for the year (grams);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N is the number of drug addicts (person);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D is the average amount of narcotic drugs consumed per year by one drug addict (gram);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="279400" cy="279400"/>
+            <wp:extent cx="368300" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="279400" cy="279400"/>
+                      <a:ext cx="368300" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – number of drug addicts (persons);</w:t>
+        <w:t xml:space="preserve">  – wholesale price of marijuana (tenge per gram).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="266700" cy="266700"/>
+            <wp:extent cx="2997200" cy="381000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="266700" cy="266700"/>
+                      <a:ext cx="2997200" cy="381000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – average amount of drugs consumed per year by one drug addict (gr);</w:t>
+        <w:t xml:space="preserve">  , (6)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      where: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="317500" cy="355600"/>
+            <wp:extent cx="685800" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="317500" cy="355600"/>
+                      <a:ext cx="685800" cy="279400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – wholesale price of marijuana and anasha/cannabis (tenge per gr).</w:t>
+        <w:t xml:space="preserve"> – GVA (million tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2146300" cy="304800"/>
+            <wp:extent cx="406400" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2146300" cy="304800"/>
+                      <a:ext cx="406400" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                        (6)</w:t>
+        <w:t xml:space="preserve">  – domestic production (million tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...34 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="622300" cy="279400"/>
+            <wp:extent cx="533400" cy="292100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="622300" cy="279400"/>
+                      <a:ext cx="533400" cy="292100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – gross value added (million tenge);</w:t>
+        <w:t xml:space="preserve">  – trade margin (million tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="355600" cy="393700"/>
+            <wp:extent cx="381000" cy="292100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="355600" cy="393700"/>
+                      <a:ext cx="381000" cy="292100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – domestic production (million tenge);</w:t>
+        <w:t>– intermediate consumption (million tenge).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="457200" cy="266700"/>
+            <wp:extent cx="2476500" cy="381000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="457200" cy="266700"/>
+                      <a:ext cx="2476500" cy="381000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – trade margin (million tenge);</w:t>
+        <w:t xml:space="preserve">  , (7)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      TM is the trade margin (tenge);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      C is consumption (grams);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – retail price (tenge per gram);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – wholesale price (tenge per gram);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Opium production is calculated on the condition that the volume of drugs consumed is fully imported.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="317500" cy="279400"/>
+            <wp:extent cx="2374900" cy="355600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="317500" cy="279400"/>
+                      <a:ext cx="2374900" cy="355600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – intermediate consumption (million tenge).</w:t>
+        <w:t xml:space="preserve">  , (8)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I – opium imports (tenge);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A – information on the seizure of narcotic drugs for the year (grams);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N is the number of drug addicts (person);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D is the average amount of narcotic drugs consumed per year by one drug addict (gram);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1803400" cy="330200"/>
+            <wp:extent cx="368300" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1803400" cy="330200"/>
+                      <a:ext cx="368300" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                        (7)</w:t>
+        <w:t xml:space="preserve"> – wholesale price (tenge per gram).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      where:</w:t>
-[...129 lines deleted...]
-      16. The calculation of the release of opium shall be formed on the condition that the amount of drugs consumed is fully imported.</w:t>
+      The approach to determining GVA and trade margins is similar to that of other types of drugs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1346200" cy="317500"/>
+            <wp:extent cx="2286000" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1346200" cy="317500"/>
+                      <a:ext cx="2286000" cy="279400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                        (8)</w:t>
+        <w:t xml:space="preserve">  , (9)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4228,448 +4379,574 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="152400" cy="266700"/>
+            <wp:extent cx="685800" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="152400" cy="266700"/>
+                      <a:ext cx="685800" cy="279400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – import of opium (tenge);</w:t>
+        <w:t xml:space="preserve"> – GVA (million tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – trade margin (million tenge);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – intermediate consumption (million tenge).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="279400" cy="279400"/>
+            <wp:extent cx="2159000" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="279400" cy="279400"/>
+                      <a:ext cx="2159000" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – number of drug addicts (persons);</w:t>
+        <w:t xml:space="preserve">  , (10)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      TM is the trade margin (tenge);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      I is the import (gram);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="266700" cy="266700"/>
+            <wp:extent cx="304800" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="266700" cy="266700"/>
+                      <a:ext cx="304800" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – the average amount of drugs consumed per year by one drug addict (grams);</w:t>
+        <w:t xml:space="preserve">  – retail price (tenge per gram);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="317500" cy="355600"/>
+            <wp:extent cx="330200" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="317500" cy="355600"/>
+                      <a:ext cx="330200" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – wholesale price (tenge per gr).</w:t>
+        <w:t xml:space="preserve"> – wholesale price (tenge per gram).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      The approach to determining GVA and trade margins shall be the same as in other types of drugs. </w:t>
+        <w:t>
+      17. The calculation of the output of synthetic narcotic drugs is formed on the condition that all domestic consumption of synthetic narcotic drugs is satisfied by domestic production.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1676400" cy="279400"/>
+            <wp:extent cx="2857500" cy="381000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId31"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1676400" cy="279400"/>
+                      <a:ext cx="2857500" cy="381000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                        (9)</w:t>
+        <w:t xml:space="preserve">  , (11)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4690,2104 +4967,2498 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="622300" cy="279400"/>
+            <wp:extent cx="406400" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId32"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="622300" cy="279400"/>
+                      <a:ext cx="406400" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – gross value added (million tenge);</w:t>
+        <w:t xml:space="preserve">  – domestic production of synthetic narcotic drugs (tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A – information on the seizure of narcotic drugs for the year (grams);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N is the number of drug addicts (person);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      D is the average amount of narcotic drugs consumed per year by one drug addict (gram);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="457200" cy="266700"/>
+            <wp:extent cx="330200" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId33"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="457200" cy="266700"/>
+                      <a:ext cx="330200" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>– trade margin (million tenge);</w:t>
+        <w:t xml:space="preserve">  – retail price of synthetic narcotic drugs (tenge per gram).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="317500" cy="279400"/>
+            <wp:extent cx="1752600" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId34"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="317500" cy="279400"/>
+                      <a:ext cx="1752600" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – intermediate consumption (million tenge). </w:t>
+        <w:t>, (12)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1651000" cy="342900"/>
+            <wp:extent cx="685800" cy="279400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId35"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1651000" cy="342900"/>
+                      <a:ext cx="685800" cy="279400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                        (10)</w:t>
+        <w:t xml:space="preserve"> – GVA (million tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...52 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="152400" cy="266700"/>
+            <wp:extent cx="406400" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId36"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="152400" cy="266700"/>
+                      <a:ext cx="406400" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – import (gr);</w:t>
+        <w:t xml:space="preserve">  – domestic production (million tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – intermediate consumption (million tenge).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The calculation of the production of all narcotic goods is given in appendix 1 to this Methodology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Illegal trafficking of precious metals and precious stones, raw materials containing precious metals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The output uses data on the amount of damage caused, generated under Article 295-1 "Illicit trafficking in precious metals and precious stones, raw materials containing precious metals" of the Criminal Code of the Republic of Kazakhstan (hereinafter referred to as the Criminal Code of the Republic of Kazakhstan).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When calculating intermediate consumption, the share of intermediate consumption by type of activity "Production of basic precious and non-ferrous metals" is used. GVA is defined as the difference between gross output and intermediate consumption. The calculation of illicit trafficking in precious metals and precious stones, and raw materials containing precious metals is given in appendix 1 to this Methodology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Illegal manufacture, acquisition, transfer, sale, and storage of weapons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The output uses data on the amount of damage caused, generated under Article 287 "Illegal acquisition, transfer, sale, storage, transportation or carrying of weapons, ammunition, explosives and explosive devices" and Article 288 "Illegal manufacture of weapons" of the Criminal Code of the Republic of Kazakhstan. When calculating intermediate consumption, the share of intermediate consumption by type of activity "Production of finished metal products, except machinery and equipment" is used. GVA is defined as the difference between gross output and intermediate consumption. The calculation of the illegal manufacture, acquisition, transfer, sale, and storage of weapons is given in appendix 1 to this Methodology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Illegal prostitution-related activities are calculated based on the following indicators: gross output, intermediate consumption, GVA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Calculations are made for each region separately, due to the difference in prices for this type of service between different regions, and are aggregated across the country as a whole.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The main way to determine the output of prostitution services is to determine it from the supply side (resources) based on data on the number of employees and their average earnings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The output of prostitution services is calculated according to the following formula:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="266700" cy="355600"/>
+            <wp:extent cx="2997200" cy="419100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId37"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="266700" cy="355600"/>
+                      <a:ext cx="2997200" cy="419100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – retail price (tenge per gr);</w:t>
+        <w:t>, (13)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="317500" cy="355600"/>
+            <wp:extent cx="622300" cy="355600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="317500" cy="355600"/>
+                      <a:ext cx="622300" cy="355600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> –wholesale price (tenge per gr);</w:t>
+        <w:t>– output of prostitution services (tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...94 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2209800" cy="355600"/>
+            <wp:extent cx="584200" cy="355600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId39"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2209800" cy="355600"/>
+                      <a:ext cx="584200" cy="355600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                        (11)</w:t>
+        <w:t xml:space="preserve">  – number of employees (people);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...34 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="533400" cy="393700"/>
+            <wp:extent cx="279400" cy="355600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId40"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="533400" cy="393700"/>
+                      <a:ext cx="279400" cy="355600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – output of prostitution services (tenge);</w:t>
+        <w:t xml:space="preserve"> – average price per service (tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="495300" cy="355600"/>
+            <wp:extent cx="508000" cy="355600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId41"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="495300" cy="355600"/>
+                      <a:ext cx="508000" cy="355600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – number of employees (persons);</w:t>
+        <w:t xml:space="preserve"> – the number of visits per year (units).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The calculations use official data on registered and accounted employees and apply the latency coefficient of the number of people who are most likely to be engaged in this type of activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The intermediate consumption of prostitution activities include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) rent for the rented apartment used in customer service;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) rent for the premises, which is paid by the holders of sex salons, saunas, massage parlors;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) expenses for clothing, cosmetics, contraceptives and special equipment;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) expenses for transportation, equipment and advertising (website maintenance).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The share of intermediate consumption is estimated at 30% of output for this type of service. GVA is defined as the difference between gross output and intermediate consumption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The calculation of prostitution services is given in appendix 1 to this Methodology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Organization of illegal gambling business.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The amount of damage caused is used as the output, which is formed under Article 307 "Organization of illegal gambling" of the Criminal Code of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When calculating intermediate consumption, the share of intermediate consumption by type of activity "Art, entertainment and recreation" is used. GVA is defined as the difference between gross output and intermediate consumption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The calculation of the organization of illegal gambling is given in appendix 1 to this Methodology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraph 2.Calculation of indicators of production of goods and services by manufacturers who do not have a license (permit) or are not registered in accordance with the procedure established by the legislation of the Republic of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. This Methodology considers the following types of production of goods and services by manufacturers who do not have the appropriate license (permit) or are not registered in accordance with the established procedure:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      poaching;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      production of illegal alcoholic beverages;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      production of illegal tobacco products;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      transportation, purchase, sale, storage of oil and petroleum products, as well as oil refining without documents confirming the legality of their origin;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      unauthorized use of mineral resources;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      production of unauthorized copies of creative originals;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      smuggling;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      illegal activity of intermediaries in the provision of pornography and webcam models.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Poaching. This type of activity is divided into the following subtypes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) illegal logging;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) illegal hunting;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) illegal fishing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Based on data on seized products (wood, animal carcasses), taking into account market prices, the output of illegal logging and illegal hunting is estimated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="266700" cy="355600"/>
+            <wp:extent cx="1587500" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId42"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="266700" cy="355600"/>
+                      <a:ext cx="1587500" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – average price for a service (tenge);</w:t>
+        <w:t xml:space="preserve"> , (14)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      O – output (tenge);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="444500" cy="355600"/>
+            <wp:extent cx="482600" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId43"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="444500" cy="355600"/>
+                      <a:ext cx="482600" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – number of visits per year (units).</w:t>
+        <w:t xml:space="preserve">  – the volume of confiscated products (m3 or pieces);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...374 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1244600" cy="355600"/>
+            <wp:extent cx="292100" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId44"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1244600" cy="355600"/>
+                      <a:ext cx="292100" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                        (12)</w:t>
+        <w:t xml:space="preserve"> – the average price (tenge per 1 m3 or piece).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      where:</w:t>
+      The data of intermediate consumption in the legal production of the relevant industry is used as the share of intermediate consumption. GVA is calculated as the difference between output and intermediate consumption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The assessment of illegal fishing is based on data on the production, export, import and consumption of fish in the country. Data on illegal fishing is calculated by comparing consumption on the one hand (use) and the balance of exports and production within the country on the other hand (resources).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The products in question include the following product positions: "Live fish", "Fresh or chilled fish, except for fish fillets and other fish meat", "Frozen fish, except for fish fillets and other fish meat", "Fillets of fish and other fish meat (including minced meat), fresh, chilled or frozen", "Dried, salted or in brine; hot or cold smoked fish; fine and coarse fish meal and fish pellets suitable for human consumption."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When determining production, data on the production of products in the manufacturing industry are used for the item "Fish, fresh, chilled or frozen".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When calculating the volume of illegal fishing, the volume of legal production of fish products is determined:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="266700" cy="279400"/>
+            <wp:extent cx="2641600" cy="381000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId45"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="266700" cy="279400"/>
+                      <a:ext cx="2641600" cy="381000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – output (tenge);</w:t>
+        <w:t>, (15)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="393700" cy="393700"/>
+            <wp:extent cx="355600" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId46"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="393700" cy="393700"/>
+                      <a:ext cx="355600" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – volume of confiscated products (m</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> or pieces);</w:t>
+        <w:t>– legal production of fish products in the country (thousand tons);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="266700" cy="355600"/>
+            <wp:extent cx="393700" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId47"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="266700" cy="355600"/>
+                      <a:ext cx="393700" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – average price (tenge per 1 m</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> or piece).</w:t>
+        <w:t xml:space="preserve">  – domestic production (thousand tons);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The data on intermediate consumption in the legal production of the relevant industry shall be used as a share of intermediate consumption. The GVA shall be calculated as the difference between output and intermediate consumption.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z145" w:id="66"/>
+      I – import (thousand tons);</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The assessment of illegal fishing shall be based on the data on production, export, import and consumption of fish in the country. Data on illegal fishing shall be calculated using the ratio of consumption on the one hand (use) and the balance of exports and production within the country on the other hand (resources).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z146" w:id="67"/>
+      E – exports (thousands of tons);</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The products in question shall include the following headings: “Live Fish”, “Fresh or Chilled Fish, except for the Fish Fillets and other Fish Meat”, “Frozen Fish, Except for Fish Fillets and Other Fish Meat”, “Fish Fillet and Other Fish Meat (including Minced Meat), Fresh, Chilled or Frozen”,“Fish, Dried, Salted or in Brine; Hot or Cold Smoked Fish; Fine and Coarse Fish Meal and Fish Pellets Suitable for Human Consumption”.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z147" w:id="68"/>
+      C – fish catch (thousands of tons).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      When determining production, the data on production in the manufacturing industry shall be used for the position “Fish, Fresh, Chilled or Frozen”.</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
+      The total consumption of fish products in a country is determined based on data on fish consumption per capita.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1930400" cy="330200"/>
+            <wp:extent cx="1905000" cy="381000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId48"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1930400" cy="330200"/>
+                      <a:ext cx="1905000" cy="381000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                  (13)</w:t>
+        <w:t xml:space="preserve">  , (16)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -6808,1784 +7479,1568 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="317500" cy="393700"/>
+            <wp:extent cx="457200" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId49"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="317500" cy="393700"/>
+                      <a:ext cx="457200" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – legal production of fish products in the country (thousand tons);</w:t>
+        <w:t xml:space="preserve">  – illegal fishing (thousands of tons);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="355600" cy="393700"/>
+            <wp:extent cx="457200" cy="304800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId50"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="355600" cy="393700"/>
+                      <a:ext cx="457200" cy="304800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – domestic production (thousand tons);</w:t>
+        <w:t xml:space="preserve">  – total fish consumption in the country (thousand tons);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="152400" cy="266700"/>
+            <wp:extent cx="393700" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId51"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="152400" cy="266700"/>
+                      <a:ext cx="393700" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – import (thousand tons);</w:t>
+        <w:t xml:space="preserve">  – legal production of fish products in the country (thousands of tons).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The distribution of illegal fishing by region uses the structure of fish consumption obtained as a result of household surveys.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When assessing illegal fishing in value terms, an expert assessment of the value of fish is used. When calculating intermediate consumption, the share of intermediate consumption by type of activity "Fishing and aquaculture" is used. GVA is defined as the difference between gross output and intermediate consumption. The calculation by type of poaching is given in Appendix 2 to this Methodology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Production of illegal alcoholic beverages. The assessment of illegal production of alcoholic beverages is based on data on the production, export, import and consumption of alcoholic beverages in the country. By comparing consumption on the one hand (use) and the balance of exports and domestic production on the other hand (resources), data on the illegal production of alcoholic beverages are calculated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When assessing the illegal production of alcoholic beverages, the following commodity items are considered: "Whiskey", "Rum and taffia", "Gin and juniper tincture", "Other alcoholic beverages".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The physical volume of alcoholic beverages is converted to alcohol with 40% alcohol content.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When calculating the volume of illegal production of alcoholic beverages, the volume of legal production of alcoholic beverages is determined:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="241300" cy="266700"/>
+            <wp:extent cx="2082800" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId52"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="241300" cy="266700"/>
+                      <a:ext cx="2082800" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – export (thousand tons);</w:t>
+        <w:t>, (17)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="241300" cy="279400"/>
+            <wp:extent cx="355600" cy="368300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId53"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="241300" cy="279400"/>
+                      <a:ext cx="355600" cy="368300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – catch of fish (thousand tons).</w:t>
+        <w:t>– legal production of alcoholic beverages in the country (thousand liters);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...34 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1460500" cy="342900"/>
+            <wp:extent cx="393700" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId54"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1460500" cy="342900"/>
+                      <a:ext cx="393700" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                  (14)</w:t>
+        <w:t xml:space="preserve">  – domestic production (thousand liters);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      where:</w:t>
+      I – import (thousand liters);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      E – export (thousand liters).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="393700" cy="393700"/>
+            <wp:extent cx="1943100" cy="381000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId55"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="393700" cy="393700"/>
+                      <a:ext cx="1943100" cy="381000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – illegal fishing (thousand tons);</w:t>
+        <w:t xml:space="preserve">  , (18)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="406400" cy="279400"/>
+            <wp:extent cx="457200" cy="406400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId56"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="406400" cy="279400"/>
+                      <a:ext cx="457200" cy="406400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – total fish consumption in the country (thousand tons);</w:t>
+        <w:t>– illegal production (thousand liters);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="317500" cy="393700"/>
+            <wp:extent cx="457200" cy="304800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId57"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="317500" cy="393700"/>
+                      <a:ext cx="457200" cy="304800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – legal production of fish products in the country (thousand tons).</w:t>
+        <w:t xml:space="preserve">  – total consumption (thousand liters);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...116 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1524000" cy="304800"/>
+            <wp:extent cx="393700" cy="393700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId58"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1524000" cy="304800"/>
+                      <a:ext cx="393700" cy="393700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,                  (15)</w:t>
+        <w:t xml:space="preserve"> – legal production (thousands of liters)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      where:</w:t>
+      When distributing illegal alcohol production by region, the structure of household spending on alcohol is used, obtained as a result of household surveys.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      In terms of value, illegal alcohol production is estimated in terms of regions at vodka prices below market prices. When calculating intermediate consumption, the proportion of intermediate consumption by type of activity "Beverage production" is used. GVA is defined as the difference between gross output and intermediate consumption. The calculation of the production of illegal alcoholic beverages is given in appendix 2 to this Methodology. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Production of illegal tobacco products. The assessment of illegal tobacco production is based on data on the production, export, import and consumption of tobacco products in the country. To calculate the illegal production of tobacco products, the coefficient of the detected volume of illegal tobacco products is used (the average value for 3 years).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="317500" cy="393700"/>
+            <wp:extent cx="2362200" cy="330200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId59"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="317500" cy="393700"/>
+                      <a:ext cx="2362200" cy="330200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – legal production of alcohol in the country (thousand litres);</w:t>
+        <w:t xml:space="preserve"> , (19)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="355600" cy="393700"/>
+            <wp:extent cx="292100" cy="355600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId60"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="355600" cy="393700"/>
+                      <a:ext cx="292100" cy="355600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – domestic production (thousand litres);</w:t>
+        <w:t>– illegal production of tobacco products (million tenge);</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...55 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-        <w:br/>
+      C – consumption (million pieces);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...55 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-        <w:br/>
+      K is the coefficient of the detected volume of illegal tobacco products (%);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...55 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      P is the average price per pack (tenge).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      where:</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="left"/>
+      When calculating intermediate consumption, the share of intermediate consumption by type of activity "Tobacco production" is used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-        <w:br/>
+      GVA is defined as the difference between gross output and intermediate consumption. The calculation of illegal tobacco production is given in appendix 2 to this Methodology.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...55 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-        <w:br/>
+      26. Transportation, purchase, sale, storage of oil and petroleum products, as well as oil refining without documents confirming the legality of their origin. The output uses data on the amount of damage caused, generated under Article 197 "Transportation, purchase, sale, storage of oil and petroleum products, as well as oil refining without documents confirming the legality of their origin" of the Criminal Code of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...55 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-        <w:br/>
+      When calculating intermediate consumption, the share of intermediate consumption by type of activity "Pipeline transport activity" is used. GVA is defined as the difference between gross output and intermediate consumption. The calculation of transportation, purchase, sale, storage of oil and petroleum products, as well as oil refining without documents confirming the legality of their origin is given in Appendix 2 to this Methodology.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...55 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z178" w:id="75"/>
+      27. Unauthorized use of mineral resources. The output uses data on the amount of damage caused, generated under Article 334 "Unauthorized use of mineral resources" of the Criminal Code of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The structure of household spending on alcohol, obtained as a result of household surveys, shall be used, when distributing illegal production of alcohol products by region</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z179" w:id="76"/>
+      When calculating intermediate consumption, the share of intermediate consumption by type of activity "Mining of metal ores" is used. GVA is defined as the difference between gross output and intermediate consumption. The calculation of unauthorized use of subsurface resources is given in Appendix 2 to this Methodology.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In cost terms, illegal production of alcoholic beverages shall be estimated by region in terms of vodka prices below market prices. When calculating the intermediate consumption, the share of intermediate consumption shall be used for the type of activity “Production of Beverages”. GVA shall be defined as the difference between gross output and intermediate consumption. The calculation of the production of goods and services by manufacturers who do not have a license (permit) or are unregistered in the prescribed manner is given in Appendix 2 to this Methodology.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z180" w:id="77"/>
+      28. Production of unauthorized copies of creative originals. The SNA reflects the illegal copying of copyrighted materials for the purpose of subsequent sale. The output is the value of the seized counterfeit products seized in accordance with the legislation of the Republic of Kazakhstan. When calculating intermediate consumption, the shares of intermediate consumption from legal production in the Information and Communications industry are used. GVA is defined as the difference between gross output and intermediate consumption. The calculation of indicators of seized counterfeit goods and unauthorized copies of creative originals is given in Appendix 3 to this Methodology.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Production of unauthorized copies of creative originals. The SNA shall reflect illegal copying of copyrighted material carried out for the purpose of subsequent sale. An output shall be the cost of seized counterfeit goods seized in accordance with the legislation of the Republic of Kazakhstan. The shares of intermediate consumption from legal production in the Information and Communication industry shall be used when calculating intermediate consumption. The GVA shall be determined by the difference between output and intermediate consumption.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="78"/>
+      29. Smuggling. The output uses the data on the amount of seized goods. The intermediate consumption of the smuggling trade is estimated as a share of output, and the corresponding GVA value is defined as the difference between gross output and intermediate consumption. When calculating the intermediate consumption of smuggling, the share of intermediate consumption from the industry "Wholesale and retail trade; repair of cars and motorcycles" is used. The calculation of indicators of seized counterfeit goods and seized contraband is given in Appendix 3 to this Methodology.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Smuggling. The data on the amount of goods seized shall be used as an output. The intermediate consumption of trade in smuggled goods shall be estimated as a share of the output, and the corresponding value of the GVA as the difference between the output and intermediate consumption. When calculating the intermediate consumption of contraband goods, the share of intermediate consumption from the sector: “Wholesale and Retail Trade; Repair of Vehicle and Motorcycles" shall be used. The calculation of indicators of seized counterfeit goods and unauthorized copies of creative originals and seized contraband goods is given in Appendix 3 to this Methodology.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="78"/>
+      30. Illegal activity of intermediaries in the provision of pornography and webcam models. The output of pornography and webcam models uses data on the amount of damage caused, generated under Articles 311 "Illegal distribution of pornographic materials or objects" and 312 "Production and trafficking of materials or objects with pornographic images of minors or their involvement in entertainment pornographic events" of the Criminal Code of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      When calculating intermediate consumption, the share of intermediate consumption by type of activity "Production of films, videos and television programs, activities in the field of sound recording and publishing of musical works" is used. GVA is defined as the difference between gross output and intermediate consumption. The calculation of the illegal activity of intermediaries in the provision of pornography and webcam models is given in Appendix 3 to this Methodology. </w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8632,742 +9087,808 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Methodology for Assessing </w:t>
+              <w:t>to the Methodology for assessing the volumes of</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">the Volume of Illegal Activities </w:t>
+              <w:t xml:space="preserve">illegal activity </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z236" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Calculation of the production of narcotic goods and prostitution services</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z183" w:id="79"/>
+        <w:t xml:space="preserve"> Calculation of indicators of production of goods and services, the sale or possession of which is prohibited by the legislation of the Republic of Kazakhstan </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z237" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
+      1) Heroin </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="849"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="745"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1376" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Heroin </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Information on the seizure of narcotic drugs </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Number of drug addicts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="908" w:type="dxa"/>
-[...179 lines deleted...]
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Dose </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average amount of narcotic drug consumed per year by one drug addict</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Consumption </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Street  purity  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Wholesale purity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Wholesale price</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="745" w:type="dxa"/>
-[...29 lines deleted...]
-Retail price</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Retail  price </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1175" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Gramm </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ppl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="745" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9377,839 +9898,1022 @@
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="908" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3232" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=183 days×3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5=1+2×4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="745" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z184" w:id="80"/>
+    <w:bookmarkStart w:name="z238" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
+        <w:t xml:space="preserve">
+      Continuation </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="849"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1148"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...78 lines deleted...]
-            <w:tcW w:w="2244" w:type="dxa"/>
+              <w:t xml:space="preserve">
+Heroin </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Import volume </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Domestic production volume</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Import </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Domestic production</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Trade margin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2085" w:type="dxa"/>
-[...101 lines deleted...]
-GVA</w:t>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+End-use </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Intermediate consumption costs </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+GVA </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2085" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2244" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2085" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2480" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10219,2649 +10923,2666 @@
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1409" w:type="dxa"/>
-[...209 lines deleted...]
-14=11-13</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10=5×(6/7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11=5-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12=10×8/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13=11*8/10000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14=5×(9-8)/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15=5×9/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16=14×0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17=13+14-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z185" w:id="81"/>
+    <w:bookmarkStart w:name="z239" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...13 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
+        <w:t>
+      2) Cannabinoids (hashish, marijuana)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1576"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1249"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Cannabinoids (hash, marijuana)</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="1250" w:type="dxa"/>
+Cannabinoids (hashishmarijuana)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Information on drug seizures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Population aged 7-55 years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.4% of the population aged 7-55 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1516" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Number of drug addicts who use cannabinoids intensively</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Number of drug addicts who use cannabinoids regularly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Dose for drug addicts who use cannabinoids intensively</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Dose for drug addicts who use cannabinoids regularly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...65 lines deleted...]
-The average amount of drug consumed per year by one drug addict (regularly)</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average amount of drug consumed per year by one drug addict (intensively)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average amount of drug consumed per year by one drug addict (regularly)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1265" w:type="dxa"/>
-[...287 lines deleted...]
-gr</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ppl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ppl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ppl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ppl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm (6 time a week)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm (once a week)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-            <w:tcW w:w="1265" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1250" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1516" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1516" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=2*1,4%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5=3-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1457" w:type="dxa"/>
-[...65 lines deleted...]
-8=52 days×6</w:t>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8=312 days×6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9=52 days×7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="82"/>
+    <w:bookmarkStart w:name="z240" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="82"/>
+      Continuation </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1547"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1566"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1547" w:type="dxa"/>
-[...215 lines deleted...]
-            <w:tcW w:w="1487" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Consumption </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Wholesale price </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Retail price   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Domestic production </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Trade margin </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+End-use </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Intermediate consumption costs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 GVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1547" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="745" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2218" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1684" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2218" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1487" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1547" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="745" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10=1+4×8+5×9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2218" w:type="dxa"/>
-[...173 lines deleted...]
-16=12+13-15</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13=10×11/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14=10×(12-11)/ 1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15=10×12/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16=14×0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17=13+14-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z187" w:id="83"/>
+    <w:bookmarkStart w:name="z241" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="83"/>
+      3) Opium </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="849"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="745"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Opium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Information on drug seizures</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Number of drug addicts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="908" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="745" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Dose </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average amount of drug consumed per year by one drug addict</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Comsumption </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Wholesale price </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12871,231 +13592,267 @@
               <w:t>
 Retail price</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1922" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1234" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ppl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="745" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13105,1322 +13862,1344 @@
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="908" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5095" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="745" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=365 дней×3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5=1+2×4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z188" w:id="84"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="849"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="53"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Opium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Import </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Trade margin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2091" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3487" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+End-use </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Intermediate consumption costs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 GVA</w:t>
-            </w:r>
-[...37 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2091" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3487" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1517" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
-            </w:r>
-[...37 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
-[...212 lines deleted...]
-</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8=5×6/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9=5×(7-6)/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10=5×7/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11=9×0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12=9-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z189" w:id="85"/>
+    <w:bookmarkStart w:name="z243" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="85"/>
+      4) Synthetic narcotic drugs </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1354"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="879"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1354" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Prostitution</w:t>
-[...149 lines deleted...]
-            <w:tcW w:w="1605" w:type="dxa"/>
+Synthetic narcotic drugs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Information on the seizure of narcotic drugs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Number of drug addicts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Dose </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average amount of narcotic drug consumed per year by one drug addict</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Consumption </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Retail price per gramm </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Output </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Intermediate consumption costs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14430,231 +15209,339 @@
               <w:t>
 GVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ppl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+gramm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1605" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14664,261 +15551,2791 @@
               <w:t>
 million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2272" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1605" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=312*3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5=1+2*4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7=5*6/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8=7*0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9=7-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z244" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Illegal trafficking of precious metals and precious stones, raw materials containing precious metals</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Illegal trafficking of precious metals and precious stones, raw materials containing precious metals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Amount of damage caused</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z245" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Illegal manufacture, acquisition, transfer, sale, and storage of weapons</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Illegal manufacture, acquisition, transfer, sale, and storage of weapons</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Amount of damage caused</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z246" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prostitution </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Prostitution </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Persons engaged in prostitution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average price per service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Number of visits per year (expert)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Output </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Intermediate consumption </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ppl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+units</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ million tenge </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3= 300 days×3 visits per day </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1×2×3/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5=4×30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6=4-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z247" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Organization of illegal gambling business </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Organization of illegal gambling business </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Amount of damage caused</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14943,473 +18360,449 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Appendix 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Methodology for Assessing </w:t>
+              <w:t>to the Methodology for assessing the volumes of</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">the Volume of Illegal Activities </w:t>
+              <w:t xml:space="preserve">illegal activity </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z249" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Calculation of indicators of the production of goods and services rendered by manufacturers</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Calculation of indicators for the production of goods and services by manufacturers who do not have a license (permit) or are unregistered in accordance with the established procedure</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z250" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>who do not have a license (permit) or unregistered in the prescribed manner</w:t>
-[...14 lines deleted...]
-    <w:bookmarkStart w:name="z191" w:id="86"/>
+        <w:t xml:space="preserve"> Poaching </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z251" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...13 lines deleted...]
-    <w:bookmarkEnd w:id="86"/>
+        <w:t>
+      1) Illegal logging</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1041"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2068"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Illegal logging</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1565" w:type="dxa"/>
-[...166 lines deleted...]
-            <w:tcW w:w="2283" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Volume of seized wood</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average price per m3 of wood</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cost of seized wood</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Share of intermediate consumption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Intermediate consumption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2068" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15419,855 +18812,778 @@
               <w:t>
 GVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1565" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="53" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2283" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2068" w:type="dxa"/>
-[...29 lines deleted...]
-Million tenge</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1565" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="53" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3=1×2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2283" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5=3×4%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2068" w:type="dxa"/>
-[...29 lines deleted...]
-6=(5-3)/1,000,000</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6=(3-5)/1000000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z192" w:id="87"/>
+    <w:bookmarkStart w:name="z252" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...13 lines deleted...]
-    <w:bookmarkEnd w:id="87"/>
+        <w:t>
+      2) Illegal hunting</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1012"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2068"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Illegal hunting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
-[...143 lines deleted...]
-            <w:tcW w:w="1738" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Number of seized animal carcasses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average price per 1 unit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Cost of seized animal carcasses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Share of intermediate consumption </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Intermediate consumption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2068" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16277,814 +19593,805 @@
               <w:t>
 GVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+units</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2218" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1738" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2068" w:type="dxa"/>
-[...29 lines deleted...]
-Million tenge</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3=1×2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2218" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1738" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5=3×4%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2068" w:type="dxa"/>
-[...29 lines deleted...]
-6=(5-3)/1,000,000</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6=(3-5)/1000000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z193" w:id="88"/>
+    <w:bookmarkStart w:name="z253" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...13 lines deleted...]
-    <w:bookmarkEnd w:id="88"/>
+        <w:t>
+      3) Illegal fishing</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1251"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1252"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Illegal fishing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1402" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Fish production </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Fish export </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Fish import </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Fish catch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1883" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Legal fish production</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2792" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Fish consumption in the country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1252" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17094,876 +20401,878 @@
               <w:t>
 Illegal fishing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1402" w:type="dxa"/>
-[...245 lines deleted...]
-thousand tons</w:t>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousands of tons</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousands of tons</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousands of tons</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousands of tons</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousands of tons</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousands of tons</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousands of tons</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1240" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1883" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5=1-2+3+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2792" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1252" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7=6-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z194" w:id="89"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="849"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1148"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Illegal fishing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1202" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1264" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average price per 1 kg of fish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Structure of fish consumption by region</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Illegal production</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Illegal production</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1670" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Share of intermediate consumption (% of legal production)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1487" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Intermediate consumption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17973,1909 +21282,1902 @@
               <w:t>
 GVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1264" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1670" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousands of tons</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1487" w:type="dxa"/>
-[...65 lines deleted...]
-Million tenge</w:t>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1202" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1264" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10=7×9%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1670" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11=10×8×1000000/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1487" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13=11×12%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14=11-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z255" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t xml:space="preserve"> Production of illegal alcoholic beverages</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1340"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1264"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1340" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Illegal alcohol production</w:t>
-[...221 lines deleted...]
-            <w:tcW w:w="1487" w:type="dxa"/>
+Production of illegal alcoholic beverages</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Production of 40% alcohol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Export of 40% alcohol  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Import of 40% alcohol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Legal production of 40% alcohol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Consumption of 40% alcohol per capita</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Population aged 15 years and older</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Alcohol consumption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1264" w:type="dxa"/>
-[...29 lines deleted...]
-Illegal production</w:t>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Illegal production </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1287" w:type="dxa"/>
-[...281 lines deleted...]
-thousand litre</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousand liters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousand liters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousand liters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousand liters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+liter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ppl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousand liters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousand liters</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1287" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1456" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4=1-2+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1551" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1487" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1264" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7=5×6/1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8=7-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z195" w:id="90"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Continuation</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="90"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1264"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1148"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1264" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Illegal alcohol production</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="1383" w:type="dxa"/>
+Production of illegal alcoholic beverages</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average price for 1 liter of vodka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Average price for 1 liter of vodka (expert assessment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1205" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:tcW w:w="1487" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The structure of household spending on alcohol by region from total spending in the republic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Illegal production</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Illegal production</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Share of intermediate consumption (% of legal production)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1487" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Intermediate consumption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19885,639 +23187,3055 @@
               <w:t>
 GVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1205" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1487" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+thousand liters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1487" w:type="dxa"/>
-[...65 lines deleted...]
-Million tenge</w:t>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1383" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10=9×0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1205" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1299" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12=11×8%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3103" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1487" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13=10×12×1000/1000000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1487" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1148" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15=13×14%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16=13-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z257" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Production of illegal tobacco products</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Production of illegal tobacco products</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Production</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Import </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Export </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Consumption </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The coefficient of the detected volume of illegal tobacco products</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Illegal  production of tobacco products</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Average price per pack </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Illegal production of tobacco products</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million units</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million units</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+million units </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million units</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million units</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1+2-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6=4*5%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8=6*7/20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10=8×9%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11=8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z258" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Transportation, purchase, sale, storage of oil and petroleum products, as well as oil refining without documents confirming the legality of their origin</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Transportation, purchase, sale, storage of oil and petroleum products, as well as oil refining without documents confirming the legality of their origin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The amount of damage caused</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z259" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Unauthorized use of mineral resources</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Unauthorized use of mineral resources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The amount of damage caused</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Share of intermediate consumption </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20542,297 +26260,337 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Appendix 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">to the Methodology for Assessing </w:t>
+              <w:t xml:space="preserve">to the Methodology for assessing the volumes of </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">the Volume of Illegal Activities </w:t>
+              <w:t xml:space="preserve">illegal activity </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z261" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Calculation of seized counterfeit goods and unauthorized copies of creative originals and</w:t>
-[...13 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Calculation of seized counterfeit goods and unauthorized copies of creative originals, seized contraband and illegal activities of intermediaries in the provision of pornography and webcam models</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5701"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="909"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5701" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Seized counterfeit goods and unauthorized copies of creative originals and seized contraband goods</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="2055" w:type="dxa"/>
+Seized counterfeit goods and unauthorized copies of creative originals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The value of seized counterfeit products</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Share of intermediate consumption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20842,550 +26600,548 @@
               <w:t>
 GVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...65 lines deleted...]
-Million tenge</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3=1×2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4=1-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z262" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...12 lines deleted...]
-    </w:p>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Smuggling </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2278"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Seized contraband goods</w:t>
-[...41 lines deleted...]
-            <w:tcW w:w="3161" w:type="dxa"/>
+Seized contraband</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The cost of seized products</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Share of intermediate consumption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21395,431 +27151,1028 @@
               <w:t>
 GVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3143" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
-[...65 lines deleted...]
-Million tenge</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3143" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3161" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3=1×2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4=1-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z263" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...12 lines deleted...]
-    </w:p>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Illegal activity of intermediaries in the provision of pornography services and webcam models</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Illegal activity of intermediaries in the provision of pornography services and webcam models</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The amount of damage caused</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Share of intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Intermediate consumption</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+GVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+million tenge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3=1×2%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4=1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -22141,35 +28494,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/><Relationship Target="media/document_image_rId36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId36"/><Relationship Target="media/document_image_rId37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId37"/><Relationship Target="media/document_image_rId38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId38"/><Relationship Target="media/document_image_rId39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId39"/><Relationship Target="media/document_image_rId40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId40"/><Relationship Target="media/document_image_rId41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId41"/><Relationship Target="media/document_image_rId42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId42"/><Relationship Target="media/document_image_rId43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId43"/><Relationship Target="media/document_image_rId44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId44"/><Relationship Target="media/document_image_rId45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId45"/><Relationship Target="media/document_image_rId46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId46"/><Relationship Target="media/document_image_rId47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId47"/><Relationship Target="media/document_image_rId48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId48"/><Relationship Target="media/document_image_rId49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId49"/><Relationship Target="media/document_image_rId50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId50"/><Relationship Target="media/document_image_rId51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId51"/><Relationship Target="media/document_image_rId52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId52"/><Relationship Target="media/document_image_rId53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId53"/><Relationship Target="media/document_image_rId54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId54"/><Relationship Target="media/document_image_rId55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId55"/><Relationship Target="media/document_image_rId56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId56"/><Relationship Target="media/document_image_rId57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId57"/><Relationship Target="media/document_image_rId58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId58"/><Relationship Target="media/document_image_rId59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId59"/><Relationship Target="media/document_image_rId60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId60"/><Relationship Target="media/document_image_rId61.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId61"/><Relationship Target="media/document_image_rId62.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId62"/><Relationship Target="media/document_image_rId63.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId63"/><Relationship Target="media/document_image_rId64.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId64"/><Relationship Target="media/document_image_rId65.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId65"/><Relationship Target="media/document_image_rId66.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId66"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/><Relationship Target="media/document_image_rId36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId36"/><Relationship Target="media/document_image_rId37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId37"/><Relationship Target="media/document_image_rId38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId38"/><Relationship Target="media/document_image_rId39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId39"/><Relationship Target="media/document_image_rId40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId40"/><Relationship Target="media/document_image_rId41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId41"/><Relationship Target="media/document_image_rId42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId42"/><Relationship Target="media/document_image_rId43.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId43"/><Relationship Target="media/document_image_rId44.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId44"/><Relationship Target="media/document_image_rId45.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId45"/><Relationship Target="media/document_image_rId46.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId46"/><Relationship Target="media/document_image_rId47.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId47"/><Relationship Target="media/document_image_rId48.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId48"/><Relationship Target="media/document_image_rId49.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId49"/><Relationship Target="media/document_image_rId50.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId50"/><Relationship Target="media/document_image_rId51.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId51"/><Relationship Target="media/document_image_rId52.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId52"/><Relationship Target="media/document_image_rId53.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId53"/><Relationship Target="media/document_image_rId54.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId54"/><Relationship Target="media/document_image_rId55.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId55"/><Relationship Target="media/document_image_rId56.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId56"/><Relationship Target="media/document_image_rId57.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId57"/><Relationship Target="media/document_image_rId58.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId58"/><Relationship Target="media/document_image_rId59.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId59"/><Relationship Target="media/document_image_rId60.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId60"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>