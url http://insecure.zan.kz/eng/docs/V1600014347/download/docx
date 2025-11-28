--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dcb0d58" w14:textId="dcb0d58">
+    <w:p w14:paraId="f7b9cbb" w14:textId="f7b9cbb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -274,51 +274,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The Department of payment systems (E.T. Ashykbekov) in accordance with the procedure established by the legislation of the Republic of Kazakhstan shall:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) jointly with the Legal Department (N.V.Sarsenova) ensure the state registration of this resolution with the Ministry of Justice of the Republic of Kazakhstan;</w:t>
+      1) jointly with the Legal Department (N.V. Sarsenova) ensure the state registration of this resolution with the Ministry of Justice of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) send this resolution to the Republican State Enterprise on the Right of Economic Management "Republican Center of Legal Information of the Ministry of Justice of the Republic of Kazakhstan":</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -364,51 +364,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) place this resolution on the official Internet resource of the National Bank of the Republic of Kazakhstan after its official publication.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. The Directorate for the Protection of the Rights of Consumers of Financial Services and External Communications (A.L.Terentyev) shall, within ten calendar days after the state registration with the Ministry of Justice of the Republic of Kazakhstan, send this resolution for official publication in periodicals.</w:t>
+      3. The Directorate for the Protection of the Rights of Consumers of Financial Services and External Communications (A.L. Terentyev) shall, within ten calendar days after the state registration with the Ministry of Justice of the Republic of Kazakhstan, send this resolution for official publication in periodicals.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Control over the execution of this resolution shall be entrusted to the Deputy Chairman of the National Bank of the Republic of Kazakhstan G.O. Pirmatov </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -989,69 +989,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The following concepts shall be used in the Rules prescribed by the Law on Payments and Payment Systems:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) information about cyber-security incidents, including information about breaches, failures in information systems - information about separately or serially occurring failures in the operation of the information and communication infrastructure or its individual objects that imperil their proper functioning and (or) create conditions for illegal obtaining, copying, distribution, modification, destruction or blocking of electronic information resources of the payment organization;</w:t>
-[...17 lines deleted...]
-      2) a cyber-security incident, including violations, failures in information systems (hereinafter referred to as a cyber-security incident) - individually or serially occurring failures in the operation of the information and communication infrastructure or its individual objects that create a threat to their proper functioning and (or) conditions for illegal obtaining, copying, distribution, modification, destruction or blocking of electronic information resources of the payment organization;</w:t>
+      1) an information security incident, including violations and failures in information systems (hereinafter - an information security incident) – individual or serial failures in the operation of the information and communications infrastructure or its individual objects, creating a threat to their proper functioning and (or) conditions for the illegal receipt, copying, distribution, modification, destruction or blocking of electronic information resources of the payment organization;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) information on incidents of information security, including data on violations and failures in information systems - information on individual or serial failures in the operation of the information and communications infrastructure or its individual objects, creating a threat to their proper functioning and (or) conditions for the illegal receipt, copying, distribution, modification, destruction or blocking of electronic information resources of the payment organization;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) cyber-security - the condition of protection of electronic information resources, information systems and information and communication infrastructure against external and internal threats;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1079,51 +1079,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) cyber-security assurance - a process aimed at maintaining the state of confidentiality, integrity and availability of information assets of a payment institution;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) information and communication infrastructure protection perimeter - a set of software and hardware tools that separate the information and communication infrastructure of a payment institution from external information networks and provide protection against cyber  security threats;</w:t>
+      6) information and communication infrastructure protection perimeter - a set of software and hardware tools that separate the information and communication infrastructure of a payment institution from external information networks and provide protection against cyber security threats;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) information and communication infrastructure of a payment institution (hereinafter - information infrastructure) - a set of information and communication infrastructure facilities intended to assure the technological environment functioning in order to form electronic information resources and provide access to them;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1143,51 +1143,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 2 - as amended by the Resolution of the Board of the National Bank of the Republic of Kazakhstan dated 20.12.2021 № 116 (shall be enforced from 01.04.2022).</w:t>
+        <w:t>      Footnote. Paragraph 2 - as amended by the Resolution of the Board of the National Bank of the Republic of Kazakhstan dated 20.12.2021 № 116 (shall be enforced from 01.04.2022); as amended by the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2195,51 +2195,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15-2.The employee of the National Bank, authorized to receive and register correspondence, on the date of receipt of the application, shall receive, register and send it for execution to the subdivision responsible for providing the state service on the account registration (hereinafter referred to as the responsible subdivision). Upon receipt of an application after the end of working hours, on weekends and holidays, according to the labour legislation of the Republic of Kazakhstan, applications shall be received during the next working day.</w:t>
+      15-2. The employee of the National Bank, authorized to receive and register correspondence, on the date of receipt of the application, shall receive, register and send it for execution to the subdivision responsible for providing the state service on the account registration (hereinafter referred to as the responsible subdivision). Upon receipt of an application after the end of working hours, on weekends and holidays, according to the labour legislation of the Republic of Kazakhstan, applications shall be received during the next working day.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       When the payment organization sends an application through the web portal "electronic government," the personal office automatically shall display the status of acceptance of the request for the provision of the state service, indicating the date and time of receipt of the result.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2249,141 +2249,237 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The National Bank shall receive information on the identity documents of the head of the payment organization and on the state registration (re-registration) of the legal entity from the relevant state information systems through the “electronic government” gateway.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15-3.The employee of the responsible subdivision within five working days from the date of registration of the application shall verify the completeness of the submitted documents.</w:t>
+      15-3. The employee of the responsible subdivision within five working days from the date of registration of the application shall verify the completeness of the submitted documents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       If it is established that the submitted documents are incomplete, the responsible subdivision shall prepare and send a written reasoned refusal to further consider the application within five working days from the date of registration of the application.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15-4. If the fact of completeness of the submitted documents is established, the responsible subdivision shall review the documents within eight working days from the date of registration of the application for compliance with the requirements of the legislation of the Republic of Kazakhstan, prepare a draft notification of registration to grant permission (right) to provide payment services (hereinafter referred to as notification) by the payment organization according to Annex 3 to the Rules or a draft reasoned refusal.</w:t>
-[...53 lines deleted...]
-      On the web portal "electronic government", the result of the provision of the state service on the account registration shall be sent to the payment organization in the form of an electronic document certified by an electronic digital signature (hereinafter referred to as the EDS) of the authorized person.</w:t>
+      15-4. Upon establishing the fact of completeness of the submitted documents, the responsible department, within eight working days from the date of the application registration, shall review the documents for their compliance with the requirements of the legislation of the Republic of Kazakhstan, prepare a draft notification of completion of the registration for the granting of permission (right) for the provision of payment services by the payment organization (hereinafter - the notification) in accordance with Appendix 3 to the Rules or a draft of reasoned refusal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The National Bank, represented by the head of the responsible department, shall approve and sign the notification or reasoned refusal within two working days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      After the notification or reasoned refusal has been approved and signed by the head of the responsible department, the employee of the responsible department, on the day the decision is made, shall include the payment organization in the register of payment organizations (upon signing the notification) and send the payment organization the result of rendering the public service for accounting registration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      On the “e-government” web portal, the result of rendering the public service for accounting registration shall be sent to the payment organization's personal account in the form of an electronic document certified by an electronic digital signature (hereinafter - EDS) of an authorized person.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If grounds for refusing accounting registration of a payment organization and inclusion in the register of payment organizations are identified, the National Bank, represented by the head of the responsible division, shall send the service recipient a preliminary decision on refusing accounting registration of the payment organization and inclusion in the register of payment organizations with notification of the time and place of the hearing to provide the service recipient with the opportunity to express a position on the preliminary decision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A preliminary decision shall be sent no less than 3 (three) working days before the expiration of the application review period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A participant in an administrative procedure shall have the right to submit or express an objection to a preliminary decision on an administrative case no later than two working days from the date of its receipt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 15-4 is in the wording of the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15-5. Information on the stage of provision of state service on registration shall be updated automatically in the information system for monitoring the provision of state services.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2714,80 +2810,116 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. If the payment organization is excluded from the register within thirty calendar days from the date of notification by the National Bank of the exclusion from the register, the payment organization shall decide to change the name if the words "payment organization" or reorganization or liquidation of the payment organization is present in it.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      23-1. Consent for voluntary reorganization of a payment organization shall be issued upon submission by the payment organization to the National Bank through the web portal “electronic government” of the decision on voluntary reorganization.</w:t>
+        <w:t xml:space="preserve">
+      23-1. Consent to carry out a voluntary reorganization of a payment organization shall be issued upon submission of a decision on voluntary reorganization by the payment organization to the National Bank through the “e-government” web portal.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The list of basic requirements for the provision of the public service on voluntary reorganization, including the characteristics of the process, form, content and result of service provision, as well as other information taking into account the specifics of the provision of the public service on voluntary reorganization, is established in Appendix 5 to the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The resolution shall be accompanied by the documents specified in subparagraphs 2), 4), 5), and 7) of paragraph 2 of Article 20 of the Law on payments and payment systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Rules were supplemented with paragraph 23-1 in accordance with the Resolution of the Board of the National Bank of the Republic of Kazakhstan dated, 19.02.2024 № 10 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Rules were supplemented with paragraph 23-1 in accordance with the Resolution of the Board of the National Bank of the Republic of Kazakhstan dated, 19.02.2024 № 10 (shall be enforced upon expiry of ten calendar days after the date of its first official publication); is in the wording of the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2959,105 +3091,201 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       If it is established that the submitted documents are incomplete, the responsible unit shall prepare and send a written reasoned refusal to further consider the application within five working days from the date of the registration of the application.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23-4. If the fact of completeness of the submitted documents is established, the responsible subdivision shall review the documents within eight working days from the date of registration of the documents for compliance with the requirements of the legislation of the Republic of Kazakhstan, prepare a draft notification on the issue of consent for voluntary reorganization (hereinafter referred to as the notification) or reasoned refusal;</w:t>
-[...53 lines deleted...]
-      On the web portal "electronic government", the result of the provision of the state service on voluntary reorganization shall be sent to the payment organization in the personal office in the form of an electronic document certified by the EDS of the authorized person.</w:t>
+      23-4. Upon establishing the fact of completeness of the submitted documents, the responsible unit, within eight working days from the date of registration of the documents, shall review the documents for their compliance with the requirements of the legislation of the Republic of Kazakhstan, prepare a draft notification on the issuance of consent to conduct a voluntary reorganization (hereinafter - the notification) or a reasoned refusal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The National Bank, represented by the head of the responsible department, shall approve and sign the notification or reasoned refusal within two working days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      After the notification or reasoned refusal has been approved and signed by the head of the responsible department, the employee of the responsible department shall send the result of rendering the public service for voluntary reorganization to the payment organization on the day the decision is made. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      On the “e-government” web portal, the result of rendering the public service for voluntary reorganization shall be sent to the payment organization's personal account in the form of an electronic document certified by the digital signature of an authorized person.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If grounds for refusing to grant consent for voluntary reorganization are identified, the National Bank, represented by the head of the responsible division, shall send the service recipient a preliminary decision on refusing to grant consent for voluntary reorganization with notification of the time and place of the hearing to provide the service recipient with the opportunity to express a position on the preliminary decision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A preliminary decision shall be sent no less than 3 (three) working days before the expiration of the application review period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A participant in an administrative procedure shall have the right to submit or express an objection to a preliminary decision on an administrative case no later than two working days from the date of its receipt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 23-4 is in the wording of the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-5. Information on the stage of provision of state service on voluntary reorganization shall be updated automatically in the information system for monitoring the provision of state services.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -4295,104 +4523,494 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35. Payment institutions shall ensure the creation and operation of cyber-security management system, which is part of the general management system of a payment institution, intended to manage the cyber-security assurance process.</w:t>
+      35. Payment organizations shall ensure the creation and operation of an information security management system, which is part of the overall management system of the payment organization, designed to manage the process of ensuring information security.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The payment organization shall approve internal documents regulating the information security management process, including the information security policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The procedure and frequency of revision of the internal documents specified in part two of this paragraph shall be determined by the internal documents of the payment organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 35 is in the wording of the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. The cyber-security management system shall assure protection of the information assets of the payment organization, with a minimum level of potential damage to the business processes of the payment institution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      36-1. The information security department or the person responsible for information security shall conduct an information security assessment at least once a year. Based on the assessment results, the information security department or the person responsible for information security shall prepare a report, including the assessment materials, which shall be communicated to the head of the payment organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 6 has been supplemented with paragraph 36-1 in accordance with the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       37. The payment organization shall ensure the appropriate level of the cyber-security management system, its development and improvement.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      37-1. In order to delineate responsibilities and functions in the area of information security, a payment organization shall establish an information security division, which shall be a structural division separate from other structural divisions dealing with the creation, maintenance, and development of information technology facilities, or shall designate a person responsible for ensuring information security who is not on the staff of the structural divisions dealing with the creation, maintenance, and development of information technology facilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The information security division or the person responsible for ensuring information security shall coordinate the work to ensure information security and monitor compliance with information security requirements defined in the internal documents of the payment organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The payment organization shall provide advanced training for employees of the information security division or the person responsible for ensuring information security by conducting:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) internal events (lectures, seminars);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) external training (attending courses, seminars – at least once every two years for each employee).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 6 has been supplemented with paragraph 37-1 in accordance with the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When a new employee is hired, no later than five working days from the date of employment, the new employee shall be familiarized, against signature, with the basic requirements for ensuring information security (introductory briefing). The result of the briefing shall be recorded in the briefing log or in another document confirming that the briefing has been conducted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 6 has been supplemented with paragraph 37-2 in accordance with the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37-3. An employment contract concluded with an employee of a payment organization shall contain the employee's obligation to comply with requirements for ensuring information security and non-disclosure of confidential information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 6 has been supplemented with paragraph 37-3 in accordance with the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       38. To ensure confidentiality, integrity and availability of information of the payment organization, the payment organization shall perform the following functions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) organize the information security management system, coordinates and controls information security activities and measures to identify and analyze threats, counter attacks and investigate information security incidents;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4583,79 +5201,97 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) install firewalls on the perimeter of information and communication infrastructure protection;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) ensure the security of user access to Internet resources from the perimeter of information and communication infrastructure protection.</w:t>
+      13) ensure the security of user access to Internet resources from the perimeter of information and communication infrastructure protection;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) in the event of connecting laptops or other devices to the information assets of a payment organization from outside the payment organization’s security perimeter, licensed software shall be installed on these devices to organize secure access (encryption of the communication channel, provision of two-factor authentication).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 38 as amended by the Resolution of the Board of the National Bank of the Republic of Kazakhstan dated, 19.02.2024 № 10 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 38 as amended by the Resolution of the Board of the National Bank of the Republic of Kazakhstan dated, 19.02.2024 № 10 (shall be enforced upon expiry of ten calendar days after the date of its first official publication); as amended by the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -4914,50 +5550,548 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Information on processed cyber-security incidents shall be filed in electronic format using the platform of the National Bank for the exchange of cyber-security events and incidents.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       For each cyber-security incident, a separate cyber- security incident card shall be filled out.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. The payment organization uses a static IP address to connect to the National Bank platform for the exchange of information security events and incidents and provides information about it within ten working days from the date of registration with the National Bank.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In the event of a change in the static IP address, the payment organization shall notify the National Bank of this within five working days from the date of the change in the static IP address.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 6 has been supplemented with paragraph 45 in accordance with the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Payment organizations shall provide payment services and ensure the processing of payments made when rendering payment services using software and hardware that are located and operated on the territory of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 6 has been supplemented with paragraph 46 in accordance with the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. The server room (data processing centre) of the payment organization, whether owned or rented, shall be equipped with the following systems:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) access control and management system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) security alarm;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) fire alarm;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) automatic fire extinguishing system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) video surveillance system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Server and communication equipment shall be connected to the power supply system via uninterruptible power supplies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In the absence of a server room (data processing centre) in the payment organization, the requirements of this clause shall apply to rented premises or premises in which the payment organization’s information technology facilities are located.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 6 has been supplemented with paragraph 47 in accordance with the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Access to the server room (data processing centre) of a payment organization, whether owned or rented, shall be granted to persons whose list is approved by the head of the payment organization or the person replacing him/her.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The payment organization shall ensure the maintenance and storage of the log of the access control and management system to the server room (data processing centre) for at least one year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 6 has been supplemented with paragraph 48 in accordance with the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. The payment organization's own or rented server room (data centre) video surveillance system shall ensure monitoring of all passages and entrances to the server room (data centre). The placement of video cameras in the server room (data centre) eliminates any areas within the server room (data centre) or in front of its entrance that are not covered by video surveillance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The video surveillance system of the server room (data centre) shall record events continuously or using a motion detector.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The archive of video surveillance recordings from the server room (data centre) shall be stored for at least three months.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Chapter 6 has been supplemented with paragraph 49 in accordance with the Resolution of the National Bank of the Republic of Kazakhstan dated 20.02.2025 № 6 (shall be enforced from 01.06.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9709,61 +10843,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>name</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> of the service recipient</w:t>
+        <w:t>name of the service recipient</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       attached documents in accordance with paragraph 4, of Article 16 of the Law of the</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9801,61 +10925,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>name</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> of the service recipient</w:t>
+        <w:t>name of the service recipient</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       account registration as payment organization, of assignment of registration numbers </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9929,61 +11043,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>name</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> of the service recipient</w:t>
+        <w:t>name of the service recipient</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       shall provide the following payment services:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>