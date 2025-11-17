--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c268018" w14:textId="c268018">
+    <w:p w14:paraId="18b0585" w14:textId="18b0585">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -862,51 +862,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) authorization - the issuer's permission to make a payment using a payment card;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) prepaid payment card - a payment card that enables its holder to make payments and (or) money transfers and (or) receive cash within the amount of money previously deposited by its original holder and recorded on the issuer's consolidated account. A microprocessor card or other special electronic means does not apply to prepaid payment cards , which stores information on the amount of money available to the holder of such a card or special electronic means, within which payments and (or) money transfers and other operations are made;</w:t>
+      2) prepaid payment card - a payment card that enables its holder to make payments and (or) money transfers and (or) receive cash within the amount of money previously deposited by its original holder and recorded on the issuer's consolidated account. A microprocessor card or other special electronic means does not apply to prepaid payment cards, which stores information on the amount of money available to the holder of such a card or special electronic means, within which payments and (or) money transfers and other operations are made;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) completion of prepaid ennoy payment card - is not associated with the release of the prepaid payment card additional introduction of issuer the amount of money within which stipulates the use of the previously released (current) prepaid payment cards for the impl ticipate payments and (or) money transfer and (or) cash withdrawal of money;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -988,51 +988,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) corporate payment card - a payment card issued to an authorized representative of a legal entity on the basis of a payment card issuance agreement concluded between the issuer and the legal entity that owns the bank account;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) credit card - a payment card that allows its holder to make payments and (or) money transfers within the limits of the amount of a bank loan provided by the issuer under the terms of a bank loan agreement concluded between the issuer and the client ;</w:t>
+      9) credit card - a payment card that allows its holder to make payments and (or) money transfers within the limits of the amount of a bank loan provided by the issuer under the terms of a bank loan agreement concluded between the issuer and the client;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) processing - activities related to the collection, processing and transmission of information generated during the implementation of payments and (or) money transfers and other operations using payment cards;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1060,87 +1060,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) trade check - a document confirming the fact of making a payment using a payment card;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) Slip - payment document of an individual entrepreneur or legal entity that accepts payment cards for cashless payments to pay for delivered them the goods (works, services) (hereinafter - the entrepreneur) or acquirer , make up the first on paper when making a payment using a payment card;</w:t>
+      13) Slip - payment document of an individual entrepreneur or legal entity that accepts payment cards for cashless payments to pay for delivered them the goods (works, services) (hereinafter - the entrepreneur) or acquirer, make up the first on paper when making a payment using a payment card;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) non-payment applications - additional applications (functions) that are not related to making payments and (or) money transfers, issuing cash and providing other types of banking services that are placed (sold) through a payment card;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) participant of the payment card system - an individual or legal entity that, in accordance with the concluded agreements, transfers, processes and ( or) executes a payment document drawn up when making payments and (or) money transfers using a payment card of a specific payment card system;</w:t>
+      15) participant of the payment card system - an individual or legal entity that, in accordance with the concluded agreements, transfers, processes and (or) executes a payment document drawn up when making payments and (or) money transfers using a payment card of a specific payment card system;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) issuing payment cards - the process of transfer of the payment card and the person ceiling elements identification number to it to the holder of the payment card issuer and (or) the provision by the issuer to the holder of the payment card information on its details;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1222,51 +1222,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) payment card holder - an individual who uses a payment card in accordance with an agreement on the issuance of a payment card or, if a prepaid payment card, an individual who carries out operations using it. The corporate payment card holder is an authorized representative of the legal entity that owns the bank account;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22) payment card details - information contained on the payment card and (or) stored in the issuer's information system , including the number, expiration date, name of the payment card system, which allows to establish whether the payment card belongs to its holder and (or) issuer and payment card system;</w:t>
+      22) payment card details - information contained on the payment card and (or) stored in the issuer's information system, including the number, expiration date, name of the payment card system, which allows to establish whether the payment card belongs to its holder and (or) issuer and payment card system;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) acquirer - a bank, a branch of a non-resident bank of the Republic of Kazakhstan or organization that carries out certain types of banking operations (hereinafter referred to as the bank), which according to the terms of an agreement with an entrepreneur and (or) the terms of a payment document drawn up by an entrepreneur when making a payment and (or) transferring money using a payment card, it is necessary to accept the money received in favor of the entrepreneur and (or) to carry out other actions stipulated by the agreement with the entrepreneur. An acquirer is also a bank that issues cash and (or) provides payment card holders, who are not clients of this bank with other services for making payments and (or) money transfers using payment cards;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1800,83 +1800,83 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 9 is as amended by the resolution of the Board of the National Bank dated  27.08.2018 № 182 (shall be enforced upon expiration of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 9 is as amended by the resolution of the Board of the National Bank dated 27.08.2018 № 182 (shall be enforced upon expiration of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. The issuer also provides for the conclusion of a contract for the issuance of a payment card in a form that ensures the reading of its contents and the placement of its sample in the issuer's place accessible to the payment card holder and (or) on the issuer's Internet resource , and also, upon request, present it in paper and ( or) electronic form in the manner prescribed by the payment card agreement.</w:t>
+      10. The issuer also provides for the conclusion of a contract for the issuance of a payment card in a form that ensures the reading of its contents and the placement of its sample in the issuer's place accessible to the payment card holder and (or) on the issuer's Internet resource, and also, upon request, present it in paper and (or) electronic form in the manner prescribed by the payment card agreement.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. The issuer notifies the client in the manner prescribed by the payment card agreement, including by posting information on the issuer's Internet resource and sending to the client an email address or mobile device via short text and (or) multimedia messages, about the changes and (or) additions to the agreement on the payment card issuing and size to the service mission, not later than fifteen calendar days before the date of their entry in accordance with the extradition treaty board Noah cards.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1932,51 +1932,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 14 is as amended by the resolution of the Board of the National Bank dated  27.08.2018 № 182 (shall be enforced upon expiration of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 14 is as amended by the resolution of the Board of the National Bank dated 27.08.2018 № 182 (shall be enforced upon expiration of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2264,51 +2264,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. The maximum amount of a fixed amount of a prepaid payment card issued by the issuer does not exceed the amount of 200,000 (two hundred thousand) tenge, the indication of which is allowed on the prepaid payment card.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      A prepaid payment card with a fixed amount is not to be replenished .</w:t>
+      A prepaid payment card with a fixed amount is not to be replenished.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. The prepaid payment card issued in electronic form consists of the details of the payment card and is not subject to additional replenishment, use to receive cash. The use of such a prepaid payment card for making payments and (or) money transfers is allowed to the extent of the amount of money previously deposited by the client to the bank when issuing the prepaid payment card.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2716,51 +2716,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. The preparation and presentation of payment documents in electronic form is allowed subject to the order of protective actions against unauthorized payments established by agreements concluded between participants in the payment card system in accordance with the requirements of the Law on Payments and Payment Systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. The payment document is left in the Kazakh and (or) Russian languages. The possibility of using other languages ​​in the preparation of the payment document is determined by the agreements concluded between the participants of the payment card system.</w:t>
+      32. The payment document is left in the Kazakh and (or) Russian languages. The possibility of using other languages in the preparation of the payment document is determined by the agreements concluded between the participants of the payment card system.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. The payment document contains the following details:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2770,51 +2770,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) number of the payment document, day, month and year of its statement;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) the name (code) of the entrepreneur and acquirer ;</w:t>
+      2) the name (code) of the entrepreneur and acquirer;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) payment card details;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3004,51 +3004,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       When making payments in favor of the entrepreneur's payment document transferred eq Ayer in the order established by the agreement between the acquirer and entrepreneur.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35. A payment document on paper shall be drawn up in at least three copies. One copy of the payment document remains with the entrepreneur, the second is issued to the holder of the payment card, the third is transferred to the acquirer . When issuing cash, the acquirer has two copies of the payment document.</w:t>
+      35. A payment document on paper shall be drawn up in at least three copies. One copy of the payment document remains with the entrepreneur, the second is issued to the holder of the payment card, the third is transferred to the acquirer. When issuing cash, the acquirer has two copies of the payment document.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. When preparing the slip, in triplicate, of which two are made through the carbon paper is allowed affixed s signature slip at the first instance with their display on the remaining duplicate slip. Separate affixing of signatures on all three copies of the slip is not required. To transfer money to the acquirer , the first copy of the slip with the original signatures is transferred .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3174,51 +3174,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 39 is as amended by the resolution of the Board of the National Bank dated  22.12.2017 № 248 (shall be enforced upon expiration of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 39 is as amended by the resolution of the Board of the National Bank dated 22.12.2017 № 248 (shall be enforced upon expiration of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3420,51 +3420,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 42 - is as amended by the resolution of the Board of the National Bank dated  21.04.2020 № 59 (shall be enforced from the date of its official publication).</w:t>
+        <w:t>      Footnote. Paragraph 42 - is as amended by the resolution of the Board of the National Bank dated 21.04.2020 № 59 (shall be enforced from the date of its official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -3548,165 +3548,165 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44. Payments using payment cards on the territory of the Republic of Kazakhstan are carried out in the national currency of the Republic of Kazakhstan - tenge, with the exception of cases provided for  by article 6 the Law of the Republic of Kazakhstan dated July 2, 2018 "On currency regulation and currency control".</w:t>
+      44. Payments using payment cards on the territory of the Republic of Kazakhstan are carried out in the national currency of the Republic of Kazakhstan - tenge, with the exception of cases provided for by article 6 the Law of the Republic of Kazakhstan dated July 2, 2018 "On currency regulation and currency control".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Currency transactions using a payment card are carried out in compliance with the requirements established by the Rules for the implementation of currency transactions in the Republic of Kazakhstan, "approved by the resolution of the Board of the National Bank of the Republic of Kazakhstan dated March 30, 2019 № 40, registered in the Register of State Registration of Regulatory Legal Acts under № 18512.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 44 is as amended by the resolution of the Board of the National Bank dated  28.11.2019 № 221 (shall be enforced upon expiration of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 44 is as amended by the resolution of the Board of the National Bank dated 28.11.2019 № 221 (shall be enforced upon expiration of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. Processing of payments and ( or) money transfers made on the territory of the Republic of Kazakhstan using payment cards of a resident bank of the Republic of Kazakhstan in its service network is carried out by this bank and (or) the processing organization.</w:t>
+      45. Processing of payments and (or) money transfers made on the territory of the Republic of Kazakhstan using payment cards of a resident bank of the Republic of Kazakhstan in its service network is carried out by this bank and (or) the processing organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The processing of payments and (or) money transfers made on the territory of the Republic of Kazakhstan using payment cards issued by a resident bank of the Republic of Kazakhstan in the service network of other resident banks of the Republic of Kazakhstan is carried out by a processing organization.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      46. ​​It is allowed for the processing organization to create its own payment card service networks in accordance with agreements concluded with the acquirer and entrepreneurs.</w:t>
+      46. It is allowed for the processing organization to create its own payment card service networks in accordance with agreements concluded with the acquirer and entrepreneurs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. The execution of a payment document drawn up upon payment of taxes and (or) other obligatory payments to the budget using a payment card through ATMs is carried out no later than one business day following the day it was received by the issuer.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3968,51 +3968,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) document number, day, month, year of its discharge;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) name (code) of the entrepreneur or acquirer ;</w:t>
+      2) name (code) of the entrepreneur or acquirer;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) amount of payment;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4454,183 +4454,183 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. The acquirer keeps a record of the facts of a failure (technical malfunction) that occurred in the operation of ATMs and the methods (methods) for their elimination, indicating the date and time of their detection and elimination.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      66. The following requirements are imposed on  the ATMs belonging to the acquirer:</w:t>
+      66. The following requirements are imposed on the ATMs belonging to the acquirer:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) equipment is installed in ATMs intended for the safe (hidden) dialing of a personal identification number;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) at least one camera is installed in ATMs, which allows recording the face of the payment card holder . Images captured by the camera are stored by the acquirer for at least sixty calendar days.</w:t>
-[...17 lines deleted...]
-      In the event of a payment card holder’s appeal in case of a dispute related to the use of an acquirer's ATM, the storage period of images recorded by the camera will be extended until the dispute is resolved;</w:t>
+      2) ATMs shall be equipped with at least one camera capable of capturing the face of the cardholder. Images captured by the camera must be stored by the acquirer for at least one hundred and eighty calendar days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In the event of a payment cardholder’s appeal in the event of a dispute arising in connection with the use of the acquirer’s ATM, the storage period for images recorded by the camera shall be extended until the dispute is resolved;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) the internal software of the ATM is protected by an anti-virus program.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 66 is as amended by the resolution of the Board of the National Bank of the Republic of Kazakhstan dated 27.08.2018 № 182 (shall be enforced upon expiration of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 66 is as amended by the resolution of the Board of the National Bank of the Republic of Kazakhstan dated 27.08.2018 № 182 (shall be enforced upon expiration of ten calendar days after the day of its first official publication); dated 20.02.2025 № 6 (shall come into effect on 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      67. The terms and conditions for the acquisition by the acquirer of the money received in favor of the entrepreneur for payments made using payment cards are determined by the agreement between the entrepreneur and the acquirer .</w:t>
+      67. The terms and conditions for the acquisition by the acquirer of the money received in favor of the entrepreneur for payments made using payment cards are determined by the agreement between the entrepreneur and the acquirer.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. It is not allowed for an entrepreneur to use the services of an acquirer, a non-resident of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -4692,159 +4692,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) the payment document contains signs of forgery;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) the payment is unauthorized ;</w:t>
+      3) the payment is unauthorized;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) the payment is authorized, but the payment document was submitted to the issuer in violation of the requirements established in the agreements concluded between the participants of the payment card system.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      70. The refusal of the issuer or acquirer to execute a payment document is carried out no later than one business day from the day it is received .</w:t>
-[...17 lines deleted...]
-      71. In case of refusal of the payment card holder of the goods, works or services purchased with the use of payment cards, refund the holder of the payment card is made by an entrepreneur of non-cash payments in favor in the payment card holder in the manner prescribed by the contracts concluded between the participants in the system of payment cards .</w:t>
+      70. The refusal of the issuer or acquirer to execute a payment document is carried out no later than one business day from the day it is received.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. In case of refusal of the payment card holder of the goods, works or services purchased with the use of payment cards, refund the holder of the payment card is made by an entrepreneur of non-cash payments in favor in the payment card holder in the manner prescribed by the contracts concluded between the participants in the system of payment cards.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. If the agreements concluded between the participants of the payment card system do not provide for the possibility for the entrepreneur to return the money to the holder of the payment card by making a cashless payment, the money is returned by making a payment using cash.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      73. If an erroneous withdrawal of money from his bank account is detected , money is credited to his bank account and (or) when an unauthorized payment is made , as well as a payment card is lost, the client notifies the issuer thereof in the manner provided for by the payment card agreement.</w:t>
-[...17 lines deleted...]
-      74. The issuer, upon the erroneous withdrawal from the client’s bank account or the erroneous transfer of money to the client’s bank account, on which the client did not perform transactions using the payment card and notified the issuer of this fact , after detecting the erroneous withdrawal or erroneous transfer, shall restore it within twenty-four hours, the remainder of the money in the client's bank account as of the moment of the erroneous withdrawal or crediting of money.</w:t>
+      73. If an erroneous withdrawal of money from his bank account is detected, money is credited to his bank account and (or) when an unauthorized payment is made, as well as a payment card is lost, the client notifies the issuer thereof in the manner provided for by the payment card agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. The issuer, upon the erroneous withdrawal from the client’s bank account or the erroneous transfer of money to the client’s bank account, on which the client did not perform transactions using the payment card and notified the issuer of this fact, after detecting the erroneous withdrawal or erroneous transfer, shall restore it within twenty-four hours, the remainder of the money in the client's bank account as of the moment of the erroneous withdrawal or crediting of money.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. When making money transfers outside the Republic of Kazakhstan, the deadline for presenting a payment document for execution is established by agreements concluded between participants in the payment card system in which the payment was made.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -5048,51 +5048,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. The procedure and terms for notifying the issuer of a payment card holder of a loss, theft or unauthorized use of a payment card are determined by the payment card agreement.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      82 . If the payment card issuance agreement does not define the effective date for the notification of loss, theft or unauthorized use of the payment card, this notification shall enter into force on the day it is received by the issuer or another participant from the payment card system that accepts such notifications.</w:t>
+      82. If the payment card issuance agreement does not define the effective date for the notification of loss, theft or unauthorized use of the payment card, this notification shall enter into force on the day it is received by the issuer or another participant from the payment card system that accepts such notifications.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. The issuer may withdraw a payment card from its holder in the following cases:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5190,69 +5190,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. The document confirming the implementation of payments using the payment card in the client’s bank account is a sales receipt or statement on the client’s bank account, the procedure for which is determined by the payment card agreement.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      85. At the request of the client, the issuer submits to him a statement on the client's bank account for the period of time specified by the client containing information on payments and (or) transfers made using the payment card in accordance with the payment card agreement . The extract is submitted on paper or electronically in accordance with the payment card agreement and contains the following information:</w:t>
-[...17 lines deleted...]
-      1) payment card number. Incomplete indication of the number of the payment card is allowed in accordance with the requirements of payment card systems and concluded agreements;</w:t>
+      85. At the request of the client, the issuer submits to him a statement on the client's bank account for the period of time specified by the client containing information on payments and (or) transfers made using the payment card in accordance with the payment card agreement. The extract is submitted on paper or electronically in accordance with the payment card agreement and contains the following information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) payment card number. Incomplete indication of the number of the payment card is allowed in accordance with the requirements of payment card systems and concluded agreements;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) the starting and last date of the reporting period;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5689,51 +5689,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10 P About the items 4 List of regulatory legal acts of the Republic of Kazakhstan, in which changes are made, which is Annex 1 to the decision of the Board of the National Bank of the Republic of Kazakhstan from July 1, 2011 № 65 "On amendments to some normative ie legal acts of the National Bank of Kazakhstan on the issues identification numbers "(registered in the register of state registration of normative legal acts under № 7122, published September 15, 2011 in the newspaper" legal hectares zeta "number 133 (2123)).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Clause 1 of the Resolution of the Board of the National Bank of the Republic of Kazakhstan dated December 26, 2011 № 205 "On Amendments and Additions to Certain Normative Legal Acts of the National Bank of the Republic of Kazakhstan on Issues of Payments and Money Transfers" (registered in the Register of State Registration of Normative Legal Acts under № 7408, published on April 28, 2012 in the newspaper Kazakhstanskaya Pravda № 121-122 ( 26940-26941)).</w:t>
+      11. Clause 1 of the Resolution of the Board of the National Bank of the Republic of Kazakhstan dated December 26, 2011 № 205 "On Amendments and Additions to Certain Normative Legal Acts of the National Bank of the Republic of Kazakhstan on Issues of Payments and Money Transfers" (registered in the Register of State Registration of Normative Legal Acts under № 7408, published on April 28, 2012 in the newspaper Kazakhstanskaya Pravda № 121-122 (26940-26941)).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Clause 5 of the Amendments to certain regulatory legal acts of the National Bank of the Republic of Kazakhstan on identification numbers, which are Appendix 1 to the Resolution of the National Bank of the Republic of Kazakhstan dated March 26, 2012 № 108 "On amendments to some regulatory legal acts of the National Bank of the Republic Kazakhstan on the issues of identification numbers "(registered in the register of state registration of normative legal acts under № 7625, published September 6, 2012 in azete "Kazakhstanskaya pravda" № 299-300 (27118-27119)).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>