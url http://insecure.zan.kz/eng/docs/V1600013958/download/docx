--- v0 (2025-10-05)
+++ v1 (2025-12-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e5ee162" w14:textId="e5ee162">
+    <w:p w14:paraId="f39770a" w14:textId="f39770a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,85 +145,55 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of Acting . Minister of Foreign Affairs of the Republic of Kazakhstan dated June 14, 2016 No. 11-1-2 / 262. It is registered in the Ministry of Justice of the Republic of Kazakhstan on July 21, 2016 No. 13958.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...33 lines deleted...]
-        <w:t>translation</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       In accordance with paragraph 3 of Article 89 of the Code of the Republic of Kazakhstan "On Marriage (Matrimony) and Family" and subparagraph 1) of Article 10 of the Law of the Republic of Kazakhstan "On Public Services" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -255,83 +225,83 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The preamble is in the wording of the order of the acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. The preamble is in the wording of the order of the acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry ten calendar days after the day of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. To approve the attached Rules for the registration of persons who are citizens of the Republic of Kazakhstan, permanently residing outside the Republic of Kazakhstan, foreigners wishing to adopt orphans, children left without parental care, who are citizens of the Republic of Kazakhstan.</w:t>
+      1. To approve the attached Rules for the registration of persons who are citizens of the Republic of Kazakhstan, permanently residing outside the Republic of Kazakhstan, foreigners wishing to adopt orphans, children left without parental care, who are citizens of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The Department of Consular Services of the Ministry of Foreign Affairs of the Republic of Kazakhstan shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -341,105 +311,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) in the manner prescribed by law, the state registration of this order in the Ministry of Justice of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) within ten calendar days after the state registration of this order in the Ministry of Justice of the Republic of Kazakhstan, sending a copy of it in print and electronic form for official publication in periodicals and the Ә dіlet legal system ;</w:t>
-[...53 lines deleted...]
-      3. The control over the execution of this order shall be entrusted to the First Deputy Minister of Foreign Affairs of the Republic of Kazakhstan Tleuberdi M.B.</w:t>
+      2) within ten calendar days after the state registration of this order in the Ministry of Justice of the Republic of Kazakhstan, sending a copy of it in print and electronic form for official publication in periodicals and the Ә dіlet legal system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) within five working days from the date of receipt of this order from the Ministry of Justice of the Republic of Kazakhstan, sending a copy of it in hard copy and electronic form to the Republican state enterprise on the basis of economic management “Republican Legal Information Center of the Ministry of Justice of the Republic of Kazakhstan” for submission to the Reference Control Bank normative legal acts of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) the placement of this order on the official Internet resource of the Ministry of Foreign Affairs of the Republic of Kazakhstan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. The control over the execution of this order shall be entrusted to the First Deputy Minister of Foreign Affairs of the Republic of Kazakhstan Tleuberdi M.B.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. This order becomes effective after ten calendar days after the day its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -654,69 +624,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Republic of Kazakhstan </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ________________ E. Sagadiev </w:t>
-[...17 lines deleted...]
-      June 22, 2016 </w:t>
+      ________________ E.Sagadiev </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      June 22, 2016</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -778,116 +748,116 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Order of the Acting</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Minister of Foreign Affairs of the</w:t>
+              <w:t>Minister of Foreign Affairs of the</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Republic of Kazakhstan</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>dated June 14, 2016 No. 11-1-2 / 262</w:t>
+              <w:t>dated June 14, 2016 № 11-1-2 / 262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z0" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rules  for registering persons who are citizens of the Republic of Kazakhstan, permanently residing outside the Republic of Kazakhstan,  foreigners wishing to adopt orphans, children left without parental care, who are citizens of the Republic of Kazakhstan </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Footnote. The Rules are in the wording of the order of the acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 No. 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
+      Footnote. The Rules are in the wording of the order of the acting Minister of Foreign Affairs of the Republic of Kazakhstan dated 19.12.2022 № 11-1-4/705 (shall be enforced upon expiry of ten calendar days after the day of its first official publication).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General Provisions</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1870,51 +1840,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       telephone:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "___" _______ 20__ No. _________</w:t>
+      "___" _______ 20__ № _________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5509,51 +5479,69 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> The list of basic requirements for the provision of a public service </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Registration of persons who are citizens of the Republic of Kazakhstan, permanently residing outside  the Republic of Kazakhstan, foreigners wishing to adopt orphans, children left without parental care,  who are citizens of the Republic of Kazakhstan"</w:t>
+        <w:t>"Registration of persons who are citizens of the Republic of Kazakhstan, permanently residing outside the Republic of Kazakhstan, foreigners wishing to adopt orphans, children left without parental care, who are citizens of the Republic of Kazakhstan"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Footnote. The list is amended by the Order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated 30.09.2025 № 11-1-4/577 (effective from 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6169,123 +6157,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The amount of payment charged from a service recipient in the provision of public services, and methods of its collection in cases provided for by the legislation of the Republic of Kazakhstan</w:t>
+The amount of payment charged to the service recipient for the provision of public service and the methods of its collection in cases provided for by the legislation of the Republic of Kazakhstan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The public service shall be provided to individuals on a paid basis at the rates of the consular fee, in accordance with the Code of the Republic of Kazakhstan "On taxes and other obligatory payments to the budget (Tax Code)" and the order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated May 20, 2019 No. 11-1- 4/227 "On approval of consular fee rates for consular activities in the territory of a foreign state" (registered in the register of state registration of regulatory legal acts under No. 18702).</w:t>
-[...35 lines deleted...]
-The conditions for exemption from paying the consular fee shall be regulated in accordance with the Code of the Republic of Kazakhstan "On taxes and other obligatory payments to the budget (Tax Code)".</w:t>
+The public service is provided to individuals on a paid basis at consular fee rates in accordance with the Tax Code of the Republic of Kazakhstan and the Order of the Minister of Foreign Affairs of the Republic of Kazakhstan dated May 20, 2019 № 11-1-4/227 "On approval of consular fee rates for performing consular actions on the territory of a foreign state" (registered in the Register of State Registration of Regulatory Legal Acts under № 18702).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Payment of the consular fee is carried out in cash or non-cash form through second-tier banks or organizations engaged in certain types of banking operations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+The conditions for exemption from payment of the consular fee are regulated in accordance with the Tax Code of the Republic of Kazakhstan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6557,51 +6545,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) a petition from an adoption agency accredited by the Committee for the Protection of Children's Rights of the Ministry of Education of the Republic of Kazakhstan in accordance with the Code of the Republic of Kazakhstan "On Marriage (Matrimony) and Family" in the form according to Appendix 1 to the Rules for registering persons who are citizens of the Republic of Kazakhstan permanently residing outside the Republic of Kazakhstan, foreigners wishing to adopt orphans, children left without parental care, who are citizens of the Republic of Kazakhstan approved by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated June 14, 2016 No. 11-1-2 / 262 (registered in the Register of state registration of regulatory legal acts under No. 13958) (hereinafter - the Rules).</w:t>
+1) a petition from an adoption agency accredited by the Committee for the Protection of Children's Rights of the Ministry of Education of the Republic of Kazakhstan in accordance with the Code of the Republic of Kazakhstan "On Marriage (Matrimony) and Family" in the form according to Appendix 1 to the Rules for registering persons who are citizens of the Republic of Kazakhstan permanently residing outside the Republic of Kazakhstan, foreigners wishing to adopt orphans, children left without parental care, who are citizens of the Republic of Kazakhstan approved by the order of the Acting Minister of Foreign Affairs of the Republic of Kazakhstan dated June 14, 2016 № 11-1-2 / 262 (registered in the Register of state registration of regulatory legal acts under № 13958) (hereinafter - the Rules).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>For persons who are citizens of the Republic of Kazakhstan, permanently residing in a country that has ratified the Convention on Legal Assistance and Legal Relations in Civil, Family and Criminal Matters, signed in Minsk on January 22, 1993 (hereinafter- the Convention), and foreigners who are citizens of the country, ratified the Convention, it is necessary to submit a petition of the authorities of this country, performing the functions of guardianship or trusteeship;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6609,51 +6597,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) a completed registration card of persons who are citizens of the Republic of Kazakhstan permanently residing outside the Republic of Kazakhstan, foreigners wishing to adopt orphans, children left without parental care, who are citizens of the Republic of Kazakhstan, with a photograph in the form in accordance with Appendix 2 to the Rules;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) a notarized, as well as a legalized or apostilled letter of consent to assume obligations in the event of adoption of an orphan child, a child left without parental care, who is a citizen of the Republic of Kazakhstan, for submission through adoption agencies or a service provider to the Committee for the Protection of Children’s Rights of the Ministry of Education of the Republic of Kazakhstan of reports on the conditions of his/her life, education, upbringing, and health status until the age of eighteen in the form in accordance with Appendix 3 to the Rules.</w:t>
+              <w:t>
+3) a notarized, as well as a legalized or apostilled letter of consent to assume obligations in the event of adoption of an orphan child, a child left without parental care, who is a citizen of the Republic of Kazakhstan, for submission through adoption agencies or a service provider to the Committee for the Protection of Children’s Rights of the Ministry of Education of the Republic of Kazakhstan of reports on the conditions of his/her life, education, upbringing, and health status until the age of eighteen in the form in accordance with Appendix 3 to the Rules.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7307,191 +7296,292 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of the Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Form</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Form</w:t>
-[...16 lines deleted...]
-        <w:t>
       "___" ______ 20___  № ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      We hereby confirm that citizens/citizen __________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      We hereby confirm that citizens/citizen </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (name of the country)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Surname, name, patronymic (if any) (in full) __________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      Surname, name, patronymic (if any) (in full) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Date of birth _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Surname, name, patronymic (if any) (in full) __________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      Surname, name, patronymic (if any) (in full) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Date of Birth _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7571,55 +7661,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7945,31 +8035,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>