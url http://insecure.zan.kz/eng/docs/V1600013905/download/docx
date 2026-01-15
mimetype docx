--- v0 (2025-10-15)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="13c179e" w14:textId="13c179e">
+    <w:p w14:paraId="5e3efa9" w14:textId="5e3efa9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -145,123 +145,125 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated June 10, 2016 No. 611. It is registered in the Ministry of Justice of the Republic of Kazakhstan on July 11, 2016 No. 13905.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...11 lines deleted...]
-      </w:r>
+        <w:t>
+      Unofficial translation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve">
+      In accordance with subparagraph 26) of paragraph 1 of Article 12 of the Law of the Republic of Kazakhstan "On Civil Protection", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-          <w:i/>
+          <w:b/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>translation</w:t>
+        <w:t>I HEREBY ORDER:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      In accordance with subparagraph 31) of paragraph 1 of Article 12 of the Law of the Republic of Kazakhstan dated April 11, 2014 “On Civil Protection”, </w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I ORDER</w:t>
+        <w:t>      Footnote. The preamble is amended by the Order of the Minister of Emergency Situations of the Republic of Kazakhstan dated 15.08.2025 № 323 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. To approve the attached Rules of storage, accounting, write-off and disposal of civil defense property.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -669,141 +671,159 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dated June 10, 2016 № 611</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Rules for the</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">civil defense property </w:t>
+        <w:t xml:space="preserve"> Rules for the storage, accounting, decommissioning and disposal of civil defense property </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Chapter 1. General provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. These Rules for the storage, accounting, write-off and disposal of civil defense property (hereinafter - the Rules) are developed in accordance with subparagraph 31) of paragraph 1 of Article 12 of the Law of the Republic of Kazakhstan dated April 11, 2014 "On Civil Protection".</w:t>
+      1. These Rules for the Storage, Accounting, Write–off and Disposal of Civil defense property (hereinafter referred to as the Rules) have been developed in accordance with subparagraph 26) of paragraph 1 of Article 12 of the Law of the Republic of Kazakhstan "On Civil Protection".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Paragraph 1 is amended by the Order of the Minister of Emergency Situations of the Republic of Kazakhstan dated 15.08.2025 № 323 (effective ten calendar days after the date of its first official publication).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. The rules determine the procedure for storage, accounting, write-off and disposal of civil defense property.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Civil defense property includes: personal protective equipment, radiation, chemical reconnaissance and dosimetric monitoring devices, personal medical protective equipment, communication and warning equipment, and other material and technical equipment created or purchased at the expense of budget funds of the relevant state bodies and organizations for use in the interests of civil defense.</w:t>
+      3. Civil defense property includes: personal protective equipment, radiation, chemical reconnaissance and dosimetric monitoring devices, personal medical protective equipment, communication and warning equipment, and other material and technical equipment created or purchased at the expense of budget funds of the relevant state bodies and organizations for use in the interests of civil defense.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 2. Storage</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -841,51 +861,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Warehouses are located in close proximity to access roads, sources of electricity and water supply.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1. The places of storage and distribution of stocks of personal protective equipment (filtering gas masks, respirators, self-rescuers , and protective baby chambers) are located in places as close as possible to the places of work and residence of the population in order to ensure guaranteed protection.</w:t>
+      5-1. The places of storage and distribution of stocks of personal protective equipment (filtering gas masks, respirators, self-rescuers, and protective baby chambers) are located in places as close as possible to the places of work and residence of the population in order to ensure guaranteed protection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -901,51 +921,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-2. It is allowed to store personal protective equipment (filtering gas masks, child’s protective chambers, respirators) in administrative buildings and educational institutions as agreed by the building owner.</w:t>
+      5-2. It is allowed to store personal protective equipment (filtering gas masks, child’s protective chambers, respirators) in administrative buildings and educational institutions as agreed by the building owner.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -997,301 +1017,301 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. The access roads to the warehouse are kept in good condition and provide transportation at any time of the year.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. The telephone system of the warehouse is organized taking into account the provision of external and internal communications, guard and fire alarms .</w:t>
+      8. The telephone system of the warehouse is organized taking into account the provision of external and internal communications, guard and fire alarms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Warehouses are located on the territory of the warehouse for storing civil defense property stocks, capable of ensuring the complete safety of the products located in them and their delivery at any time in terms of their arrangement, planning, technical condition and equipment.</w:t>
+      9. Warehouses are located on the territory of the warehouse for storing civil defense property stocks, capable of ensuring the complete safety of the products located in them and their delivery at any time in terms of their arrangement, planning, technical condition and equipment.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Storage facilities are equipped with mechanization tools for loading and unloading operations for the operational loading of stocks of civil defense property .</w:t>
+      10. Storage facilities are equipped with mechanization tools for loading and unloading operations for the operational loading of stocks of civil defense property.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Warehouses are constructed of reinforced concrete or prefabricated iron structures with brickwork, as well as of wood.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. All vaults are numbered. Each is assigned a serial number.</w:t>
+      12. All vaults are numbered. Each is assigned a serial number.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. The warehouse has heated, unheated storage facilities and provides storage, placement, monitoring, maintenance work, reception and distribution of civil defense property reserves.</w:t>
+      13. The warehouse has heated, unheated storage facilities and provides storage, placement, monitoring, maintenance work, reception and distribution of civil defense property reserves.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Instruments for measuring temperature and relative humidity (thermometers, hygrometers or psychrometers) are installed in each storehouse .</w:t>
+      14. Instruments for measuring temperature and relative humidity (thermometers, hygrometers or psychrometers) are installed in each storehouse.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Storage floors provide surface stability to the formation of crumbs, sand, dust, withstand the load of stored products and mechanized equipment installed or moving with a load .</w:t>
+      15. Storage floors provide surface stability to the formation of crumbs, sand, dust, withstand the load of stored products and mechanized equipment installed or moving with a load.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. To store stocks of civil defense property, storages are equipped with racks, cabinets, pallets, and supports constructively ensuring normal storage of products in and without packaging.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Shelving equipment is installed with the calculation of the most efficient use of the internal volume of storage places, providing natural lighting, amenities for monitoring stored products and performing the necessary operations.</w:t>
+      17. Shelving equipment is installed with the calculation of the most efficient use of the internal volume of storage places, providing natural lighting, amenities for monitoring stored products and performing the necessary operations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. In heated storages, the air temperature should be maintained in the range from +15 to +20 C, air humidity not higher than 70%. A short-term increase in relative humidity of up to 90% is allowed. The optimal storage conditions for civil defense property stocks are relative air humidity in the range of 40-55%.</w:t>
+      18. In heated storages, the air temperature should be maintained in the range from +15 to +20 C, air humidity not higher than 70%. A short-term increase in relative humidity of up to 90% is allowed. The optimal storage conditions for civil defense property stocks are relative air humidity in the range of 40-55%.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. To control the entrance (entry) to the territory of the warehouse, as well as the exit (exit), a checkpoint of the warehouse is organized.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Admission to the territory of the warehouse and to the storage of unauthorized persons (including those who arrived to check the warehouse work) is made only with the written permission of the head of the body (organization) to which the warehouse is subordinate. In urgent cases (accidents, urgent repairs), the admission of arrivals is allowed by the warehouse manager by oral permission of the director of the organization to which the warehouse is subordinate, with a mark in the registration book.</w:t>
+      20. Admission to the territory of the warehouse and to the storage of unauthorized persons (including those who arrived to check the warehouse work) is made only with the written permission of the head of the body (organization) to which the warehouse is subordinate. In urgent cases (accidents, urgent repairs), the admission of arrivals is allowed by the warehouse manager by oral permission of the director of the organization to which the warehouse is subordinate, with a mark in the registration book.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Section 2. General rules for storing civil defense property stocks</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Reserves of civil defense property are placed in equipped storage facilities, in factory packaging, boxes, stacked in stacks with the lids up, locks, marked in the direction of the aisles.</w:t>
+      21. Reserves of civil defense property are placed in equipped storage facilities, in factory packaging, boxes, stacked in stacks with the lids up, locks, marked in the direction of the aisles.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Stacks are placed on linings whose height above the floor is at least 0.25 meters. In order to better ventilate the lower rows, the pads are mounted on posts.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1355,87 +1375,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       for regenerating cartridges - up to 7 boxes, and the upper rows of boxes must be at least 1 meter from the ceiling;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      for skin protection products - up to 6-7 boxes;</w:t>
+      for skin protection products - up to 6-7 boxes;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      for chemical reconnaissance assets - up to 6 boxes;</w:t>
+      for chemical reconnaissance assets - up to 6 boxes;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      for dosimetric devices, gas detectors, repair kits for them and communication equipment when stored in packaging boxes - taking into account the permissible load on the container.</w:t>
+      for dosimetric devices, gas detectors, repair kits for them and communication equipment when stored in packaging boxes - taking into account the permissible load on the container.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The stacks are 2 drawers wide.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1445,51 +1465,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. The stocks of civil defense property in the vault are located:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      by prefecture nklature (nomenclature each stored in a separate stack);</w:t>
+      by prefecture nklature (nomenclature each stored in a separate stack);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       in batches (each batch of the same nomenclature is separated from another batch).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1527,51 +1547,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Footnote. The rules have been supplemented with paragraph 25-1 in accordance with the order of the acting Minister of Emergency Situations of the Republic of Kazakhstan dated 10.08.2023 № 425 (shall be enforced upon expiry of ten calendar days after the date of its first official publication). </w:t>
+        <w:t>      Footnote. The rules have been supplemented with paragraph 25-1 in accordance with the order of the acting Minister of Emergency Situations of the Republic of Kazakhstan dated 10.08.2023 № 425 (shall be enforced upon expiry of ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1713,51 +1733,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Filtering gas masks, children's protective chambers are stored in dry unheated storages, the windows of the storages are darkened. When storing gas masks, children's protective chambers do not allow rainfall to fall on the boxes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26-1. According to the decision of the akims of the respective administrative-territorial units, personal protective equipment (filtering gas masks, respirators, self-rescuers , protective children’s cameras) are issued to the population for storage at the place of residence, provided that they are preserved.</w:t>
+      26-1. According to the decision of the akims of the respective administrative-territorial units, personal protective equipment (filtering gas masks, respirators, self-rescuers, protective children’s cameras) are issued to the population for storage at the place of residence, provided that they are preserved.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1773,129 +1793,129 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26-2. Individual protective equipment issued to the public (filtering gas masks, respirators, self-rescuers , baby protective cameras) for safekeeping is used by the population independently when they receive civil defense warning signals and when there is a threat of emergency situations.</w:t>
+      26-2. Personal protective equipment given to the population (filter gas masks, respirators, self-rescuers, protective cameras for children) for safe storage is used by the population independently when receiving civil defense warning signals and when there is a threat or emergency.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Points of issue of civil defense property are determined in accordance with the Rules for the acquisition, creation and use of civil defense property, approved by order of the Minister of Internal Affairs of the Republic of Kazakhstan dated June 8, 2015 № 510 “On approval of the Rules for the acquisition, creation and use of civil defense property” (registered in The Register of State Registration of Normative Legal Acts № 11587).</w:t>
+      The points of issue of civil defense property are determined in accordance with the Rules for the Acquisition and Use of Civil Defense Property, approved by the Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated June 8, 2015 № 510 "On Approval of the Rules for the Acquisition and Use of Civil Defense Property" (registered in the Register of State Registration of Regulatory Legal Acts № 11587).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The Rules were supplemented by paragraph 26-2 in accordance with the Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated 27.09.2018 № 674 (effective after ten calendar days after the date of its first official publication).</w:t>
+        <w:t>      Footnote. The Rules were supplemented by paragraph 26-2 in accordance with the Order of the Minister of Internal Affairs of the Republic of Kazakhstan dated 27.09.2018 № 674 (effective after ten calendar days after the date of its first official publication); as amended by the Order of the Minister of Emergency Situations of the Republic of Kazakhstan dated 15.08.2025 № 323 (effective ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. And gilded gas masks are stored in unheated storage facilities. Do not lubricate metal parts, assemblies and connections of insulating gas masks, and regenerative cartridges for them with oils and greases.</w:t>
+      27. And gilded gas masks are stored in unheated storage facilities. Do not lubricate metal parts, assemblies and connections of insulating gas masks, and regenerative cartridges for them with oils and greases.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Regenerative cartridges, starting briquettes and briquettes of additional oxygen supply belong to the category of flammable property and are stored separately from other types of products in non-combustible, dry, unheated storages with a working roof and good natural and artificial ventilation; storage of these products in heated storage facilities is prohibited. The optimum temperature in the storage in the summer than + 35 on C and a relative humidity of not more than 80-90%.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2057,105 +2077,105 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Dry cells and batteries for appliances are stored in the original packaging or without it in an upright position. In unpacked form, the elements are installed on the shelves of the racks in one row. Elements that have expired or have been found to have defects such as changes in appearance and shape, the appearance of wet spots and deposits of salts on the casing from leaked electrolyte and cracking of the insulating resin, the casing must be removed from storage.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Section 5. Features of storage of special processing means</w:t>
+        <w:t xml:space="preserve"> Section 5. Features of storage of special processing means</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      37. Rubber products of special processing are stored in expanded form on racks or floorings in batches. During a hydraulic test, the hoses withstand pressure for 10 minutes. During testing , fistula, swelling, and the appearance of liquid in the form of drops should not appear on the products.</w:t>
+      37. Rubber products of special processing are stored in expanded form on racks or floorings in batches. During a hydraulic test, the hoses withstand pressure for 10 minutes. During testing, fistula, swelling, and the appearance of liquid in the form of drops should not appear on the products.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      38. Degassing, disinfecting and decontaminating substances and formulations are flammable substances and liquids. During storage it is necessary to strictly comply with fire safety requirements .</w:t>
+      38. Degassing, disinfecting and decontaminating substances and formulations are flammable substances and liquids. During storage it is necessary to strictly comply with fire safety requirements.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      39. Degassing agents and alkaline-based formulations in iron and wooden drums may be stored under a canopy, acid-based and poisonous liquids in iron barrels - in open areas.</w:t>
+      39. Degassing agents and alkaline-based formulations in iron and wooden drums may be stored under a canopy, acid-based and poisonous liquids in iron barrels - in open areas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 3. Accounting for civil defense property</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2215,123 +2235,123 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 4. Procedure for writing off civil defense property</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      43. Civil defense property that is in operation or in storage is subject to write-off after the expiration of the storage deadline, as well as if deviations from the normative indicators established by state standards or technical characteristics are revealed.</w:t>
+      43. Civil defense property that is in operation or in storage is subject to write-off after the expiration of the storage deadline, as well as if deviations from the normative indicators established by state standards or technical characteristics are revealed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      44. The write-off of civil defense property is carried out on the basis of an act of technical (quality) state of civil defense property in accordance with Appendix 3 to these Rules and a laboratory report on the presence of deviations from regulatory indicators.</w:t>
+      44. The write-off of civil defense property is carried out on the basis of an act of technical (quality) state of civil defense property in accordance with Appendix 3 to these Rules and a laboratory report on the presence of deviations from regulatory indicators.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      45. When writing off civil defense property, the commission draws up an act to write off civil defense property in accordance with Appendix 4 to these Rules.</w:t>
+      45. When writing off civil defense property, the commission draws up an act to write off civil defense property in accordance with Appendix 4 to these Rules.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      46. ​​Writing off civil defense property after the expiration of the storage deadline is made without laboratory tests, on the basis of documents (passport, magazine) confirming the expiration of the storage deadlines.</w:t>
+      46. Writing off civil defense property after the expiration of the storage deadline is made without laboratory tests, on the basis of documents (passport, magazine) confirming the expiration of the storage deadlines.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      46-1. The deadline for storing civil defense assets for long-term storage is determined in accordance with Appendix 5 to these Rules.</w:t>
+      46-1. The deadline for storing civil defense assets for long-term storage is determined in accordance with Appendix 5 to these Rules.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -2347,51 +2367,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      46-2. Civil defense property is updated (refreshed) taking into account the needs for a particular object at the present moment in time.</w:t>
+      46-2. Civil defense property is updated (refreshed) taking into account the needs for a particular object at the present moment in time.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -2423,51 +2443,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 5. The procedure for disposal of civil defense property</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      47. On the basis of the act of write-off of civil defense property, an act of transfer of civil defense property for disposal is drawn up in accordance with Appendix 6 to this Regulation.</w:t>
+      47. On the basis of the act of write-off of civil defense property, an act of transfer of civil defense property for disposal is drawn up in accordance with Appendix 6 to this Regulation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -2483,51 +2503,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      48. Disposal of property in civil defense is carried out by authorized organizations that independently choose methods and methods of disposal of components (components) in accordance with the Environmental Code of the Republic of Kazakhstan.</w:t>
+      48. Disposal of property in civil defense is carried out by authorized organizations that independently choose methods and methods of disposal of components (components) in accordance with the Environmental Code of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. At the landfills (warehouses) intended for disposal, temporary storage of components (components) of civil defense property is provided until processing or their further use.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -2594,64 +2614,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>to the Rules of storage, accounting,</w:t>
+              <w:t>to the Rules of storage, accounting,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>write-off and disposal</w:t>
+              <w:t>write-off and disposal</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of civil defense property</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3569,51 +3589,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Instruments of RCB reconnaissance and dosimetric control, spare parts sets for nothing . Means of gas control. Freezing indicator means, reagents</w:t>
+Instruments of RCB reconnaissance and dosimetric control, spare parts sets for nothing. Means of gas control. Freezing indicator means, reagents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6324,96 +6344,96 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Appendix 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>to the Rules for the storage, accounting,</w:t>
+              <w:t>to the Rules for the storage, accounting,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>write-off and disposal</w:t>
+              <w:t>write-off and disposal</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of civil defense property</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Admissibility of joint storage of civil defense property</w:t>
+        <w:t xml:space="preserve"> Admissibility of joint storage of civil defense property</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6577,51 +6597,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Respiratory, skin and eye protection. Air purifiers for collective protection facilities. Repair tables, drawers . Rubber-fabric, rubber-metal hoses and rubber containers, tents, tarpaulins, bags</w:t>
+Respiratory, skin and eye protection. Air purifiers for collective protection facilities. Repair tables, drawers. Rubber-fabric, rubber-metal hoses and rubber containers, tents, tarpaulins, bags</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10174,51 +10194,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ( name of organization)</w:t>
+      (name of organization)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10533,84 +10553,72 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"_ _" _ __________ 20 ___ g </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ACT of the</w:t>
-[...11 lines deleted...]
-        <w:t>technical (qualitative) state of civil defense property</w:t>
+        <w:t xml:space="preserve"> ACT of the technical (qualitative) state of civil defense property</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ( name of property of civil defense)</w:t>
+      (name of property of civil defense)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Date of drawing up the act "___" _________ 20 ___ g.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10710,51 +10718,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________ ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      made a survey of the property gras zhdanskoy defense (civil defense property name)</w:t>
+      made a survey of the property gras zhdanskoy defense (civil defense property name)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10764,51 +10772,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      When familiarizing with documents, inspection (verification) of civil defense property (name of civil defense property), it was established:</w:t>
+      When familiarizing with documents, inspection (verification) of civil defense property (name of civil defense property), it was established:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Composition and quality condition</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15049,51 +15057,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _ ____________________________________________________________________</w:t>
+      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Causes of premature wear or damage</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -15121,51 +15129,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Commission proposals</w:t>
+      6. Commission proposals</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -21922,89 +21930,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>write-off and disposal</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of civil defense property</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...37 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -22288,51 +22257,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________ _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ( position) (name (if any)) </w:t>
+      (position) (name (if any)) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Responsible person for organizations or enterprises disposing of</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22340,51 +22309,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________ __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">( position) (name (if any)) </w:t>
+        <w:t xml:space="preserve">(position) (name (if any)) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Civil Defense Property List</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -23836,51 +23805,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Responsible person of the organization in charge of civil defense property</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________ ________________________________________________ “__ ” _____ 20 ___ years</w:t>
+      _____________ ________________________________________________ “__” _____ 20 ___ years</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (position) (name (if any))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23908,51 +23877,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________ ____________________________________ “___” ______________ 20 __ years</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ( position ) (name (if any))</w:t>
+      (position) (name (if any))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       After approval of the act, the listed civil defense property before</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23980,69 +23949,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________ _</w:t>
+      _________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _______________________________________________________________________________</w:t>
+      ____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "___" __________ 20 ___ years</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -24068,55 +24037,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>