--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6ec1226" w14:textId="6ec1226">
+    <w:p w14:paraId="b83c425" w14:textId="b83c425">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -167,203 +167,213 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      In accordance with subparagraph 102) of Article 5 of the Law of the Republic of Kazakhstan "On education" </w:t>
+      In accordance with subparagraph 54) of Article 5 of the Law of the Republic of Kazakhstan “On Education”, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I hereby ORDER</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HEREBY </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ORDER:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. The preamble - in the wording of the order of the Minister of Education of the Republic of Kazakhstan dated 08.08.2023 № 252 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Preamble - as amended by Order № 98 of the Minister of Education of the Republic of Kazakhstan dated April 30, 2025 (shall come into effect ten calendar days after its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. To approve the attached rules for the organization of dual training.</w:t>
-[...17 lines deleted...]
-      2. Department of modernization of vocational and poslesred his education (Kalenova D.Zh.) in accordance with the legislation to provide:</w:t>
+      1. To approve the attached rules for the organization of dual training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Department of modernization of vocational and poslesred his education (Kalenova D.Zh.) in accordance with the legislation to provide:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) state registration of this order in the Ministry of Justice of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) within ten calendar days after the state registration of our order, sending a copy of it for official publication in periodicals and the Legal Information System Adilet, as well as in the Republican State Enterprise on the right of economic management “Republican Center for Legal Information of the Ministry Justice of the Republic of Kazakhstan ”for placement in the Reference Control Bank of regulatory legal acts of the Republic of Kazakhstan;</w:t>
-[...17 lines deleted...]
-      3) the placement of this order on the Internet resource of the Ministry of Education and Science of the Republic of Kazakhstan;</w:t>
+      2) within ten calendar days after the state registration of our order, sending a copy of it for official publication in periodicals and the Legal Information System Adilet, as well as in the Republican State Enterprise on the right of economic management “Republican Center for Legal Information of the Ministry Justice of the Republic of Kazakhstan” for placement in the Reference Control Bank of regulatory legal acts of the Republic of Kazakhstan;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) the placement of this order on the Internet resource of the Ministry of Education and Science of the Republic of Kazakhstan;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) within ten working days after the state registration of this order in the Ministry of Justice of the Republic of Kazakhstan, submission to the Legal Department of the Ministry of Education and Science of the Republic of Kazakhstan of information on the implementation of measures of measures provided for by subparagraphs 1), 2) and 3) of this paragraph.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -373,51 +383,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. The control over the execution of this order shall be assigned to the supervising vice minister of education and science of the Republic of Kazakhstan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. This order becomes effective after ten calendar days after the day its first official publication.</w:t>
+      4. This order becomes effective after ten calendar days after the day its first official publication.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -921,97 +931,97 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 1. General Provisions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. These Rules for the organization of dual training (hereinafter referred to as the Rules) have been developed in accordance with the Labour Code of the Republic of Kazakhstan, subparagraph 102) of Article 5 of the Law of the Republic of Kazakhstan "On education" and shall determine the procedure for the organization of dual training.</w:t>
-[...17 lines deleted...]
-      The Rules shall apply to educational institutions implementing educational programs of technical and professional, post-secondary education, regardless of the form of ownership and departmental subordination, training centres, enterprises (organizations) participating in dual training.</w:t>
+      1. These Rules for the organization of dual education (hereinafter referred to as the Rules) have been developed in accordance with subparagraphs 2) and 3) of Article 116, Article 119 of the Labor Code of the Republic of Kazakhstan, subparagraph 54) of Article 5 of the Law of the Republic of Kazakhstan “On Education” and shall determine the procedure for organizing dual education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The Rules shall apply to educational institutions implementing educational programs of technical and vocational, post-secondary education, regardless of the form of ownership and departmental subordination, training centers, enterprises (organizations) participating in dual education.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Footnote. Paragraph 1 - in the wording of the order of the Minister of Education of the Republic of Kazakhstan dated 08.08.2023 № 252 (shall enter into force upon expiry of ten calendar days after the day of its first official publication).</w:t>
+        <w:t>      Footnote. Paragraph 1 – as amended by Order № 98 of the Minister of Education of the Republic of Kazakhstan dated April 30, 2025 (shall come into effect ten calendar days after the date of its first official publication).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -1107,51 +1117,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) the authorized body in the field of education - the central executive body of the Republic of Kazakhstan, which provides leadership and intersectoral coordination in the field of education;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) dual training - a form of training that combines training in the organization of education with mandatory periods of industrial training and professional practice at the enterprise (in the organization) with the provision of jobs and compensatory payments to students, with equal responsibility of the enterprise (organization), educational institution and student ;</w:t>
+      6) dual training - a form of training that combines training in the organization of education with mandatory periods of industrial training and professional practice at the enterprise (in the organization) with the provision of jobs and compensatory payments to students, with equal responsibility of the enterprise (organization), educational institution and student;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) The agreement on the dual training - a written agreement between the students, the enterprise (organization) providing a working space for the passage of industrial training and professional practice, and educational institution, which regulates conditions and procedures of the production nnogo training and professional practice;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1161,51 +1171,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) labor function - a set of interrelated actions aimed at solving one or more tasks of the labor process;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) professional practice - a type of educational activity aimed at consolidating theoretical knowledge, skills , acquiring and developing practical skills and competencies in the process of performing certain types of work related to future professional activities;</w:t>
+      9) professional practice - a type of educational activity aimed at consolidating theoretical knowledge, skills, acquiring and developing practical skills and competencies in the process of performing certain types of work related to future professional activities;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) vocational guidance - providing information and advice to the student in the exercise of his rights in the field of educational and professional opportunities, free and informed choice of profession and place of study in accordance with professional interests, individual abilities and psycho-physiological characteristics;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2035,175 +2045,175 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Compensatory payment to the student shall be established at the discretion of the enterprise (organization).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Persons who have passed the qualification exam are assigned the appropriate qualification level for a particular specialty and a certificate ( certificate) of qualification is issued .</w:t>
-[...89 lines deleted...]
-      18. A student who has passed the final certification is issued a state diploma .</w:t>
+      15. Persons who have passed the qualification exam are assigned the appropriate qualification level for a particular specialty and a certificate (certificate) of qualification is issued.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Educational organizations that implement educational programs of technical and vocational, post-secondary education, according to the results of mastering by students the professional modules within the framework of one qualification and (or) the results of intermediate certification issue a certificate of professional training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Interim certification is carried out by the educational institution, in which the examination committee is formed with the involvement of mentors (not associated with the certified) and specialists from the enterprise (organization) involved in dual training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. A student who has passed the final certification for the development of an educational program for technical and vocational education is assigned a working qualification (qualifications) and (or) the qualification of “middle-level specialist”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A student who has passed the final certification for the development of the educational program of post-secondary education is assigned the qualification of “applied bachelor”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. A student who has passed the final certification is issued a state diploma.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chapter 3. Functions of participants in the process of organizing dual training</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. The authorized body in the field of education provides advice on the organization of the educational process in dual education and other powers in the framework of dual education.</w:t>
+      19. The authorized body in the field of education provides advice on the organization of the educational process in dual education and other powers in the framework of dual education.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. The National Chamber of Entrepreneurs of the Republic of Kazakhstan "Atameken" shall promote the conclusion of trilateral agreements on dual training, take part in the development of educational and methodological materials, and educational programs using dual training, develop and implement measures to assist in the employment of graduates who have studied in dual training, conduct monitoring the needs of business entities in professional staff, coordinating the work of regional chambers of entrepreneurs, exercising other powers within the framework of dual training.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -2675,51 +2685,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) provides a student, jobs in accordance with safety;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) establishes, on the basis of the Treaty on the dual training for trainees mentor to guide industrial training and professional practice;</w:t>
+      9) establishes, on the basis of the Treaty on the dual training for trainees’ mentor to guide industrial training and professional practice;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) introduces the working conditions, the regulatory legal acts regulating this sphere, with the requirements of safety and labor protection;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2915,123 +2925,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) gets acquainted with working conditions, regulatory legal acts regulating this sphere, labor and labor safety conditions;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) complies with training and production discipline, internal labor regulations, labor protection and safety requirements ;</w:t>
+      2) complies with training and production discipline, internal labor regulations, labor protection and safety requirements;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) undergoes a full training course established by the curriculum;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) keep a diary on the passage of industrial training and professional practice, provide a report to the mentor on the work done;</w:t>
-[...35 lines deleted...]
-      24. The local executive body in the field of education :</w:t>
+      4) keep a diary on the passage of industrial training and professional practice, provide a report to the mentor on the work done;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) passes intermediate and final certification upon completion of dual training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. The local executive body in the field of education:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) provides the organization of training of qualified workers and mid-level specialists in dual training;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3077,51 +3087,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) together with the regional chamber of entrepreneurs, is working to attract educational institutions and helps to attract enterprises (organizations) in dual training;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) together with the regional chambers of business owners, promotes the conclusion of dual training agreements ;</w:t>
+      5) together with the regional chambers of business owners, promotes the conclusion of dual training agreements;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) monitors and promotes the employment of graduates who have studied dual education;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3275,51 +3285,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) facilitates the conduct of the qualification exam for graduates who have completed dual training;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) coordinate the candidacy of the chairman and the composition of the qualification commission, formed from among representatives of enterprises (organizations) and associations of employers , when organizing the qualification exam;</w:t>
+      8) coordinate the candidacy of the chairman and the composition of the qualification commission, formed from among representatives of enterprises (organizations) and associations of employers, when organizing the qualification exam;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) exercises other powers in the field of dual training;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3677,51 +3687,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Local executive bodies, regional chambers of entrepreneurs, educational institutions, enterprises (organizations) systematically conduct vocational guidance among self-employed , unemployed and low-income groups of students, students of secondary education organizations, in vocational guidance. </w:t>
+      27. Local executive bodies, regional chambers of entrepreneurs, educational institutions, enterprises (organizations) systematically conduct vocational guidance among self-employed, unemployed and low-income groups of students, students of secondary education organizations, in vocational guidance.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>