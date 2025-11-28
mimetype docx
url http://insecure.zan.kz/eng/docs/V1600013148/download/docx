--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="72a2841" w14:textId="72a2841">
+    <w:p w14:paraId="2f3c600" w14:textId="2f3c600">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,117 +131,169 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Order of the Minister of Internal Affairs of the Republic of Kazakhstan No. 20 dated January 13, 2016. Registered with the Ministry of Justice of the Republic of Kazakhstan on February 22, 2016 under No. 13148.</w:t>
+        <w:t>Order of the Minister of Internal Affairs of the Republic of Kazakhstan № 20 dated January 13, 2016. Registered with the Ministry of Justice of the Republic of Kazakhstan on February 22, 2016 under № 13148.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Unofficial translation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...27 lines deleted...]
-      In compliance with subparagraph 5) of Article 5-1 of the Law of the Republic of Kazakhstan dated July 27, 2007 “On Education”, </w:t>
+      In accordance with subparagraph 5) of Article 5-1 of the Law of the Republic of Kazakhstan "On Education," </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>I HEREBY ORDER</w:t>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>hereby</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ORDER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Footnote. Preamble – in the wording of the order of the Minister of Internal Affairs of the Republic of Kazakhstan dated 01.04.2025 № 238.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. That the attached Rules for Conducting Ongoing Monitoring of Academic Performance, Interim and Final Assessment of Students of Military, Special Educational Institutions of the Ministry of Internal Affairs of the Republic of Kazakhstan shall be approved.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -649,5995 +701,4903 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 20 dated January 13, 2016 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Rules </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Rules for current control of academic performance, intermediate and final certification of students of military, special educational institutions of the Ministry of Internal Affairs of the Republic of Kazakhstan</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Footnote. Rules – in the wording of the order of the Minister of Internal Affairs of the Republic of Kazakhstan dated 01.04.2025 № 238. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>for Conducting Ongoing Monitoring of Academic Performance, Interim and Final</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Chapter 1. Main provisions</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. These Rules for the current control of academic performance, intermediate and final certification of students of military, special educational institutions of the Ministry of Internal Affairs of the Republic of Kazakhstan (hereinafter referred to as the Rules) have been developed in accordance with subparagraph 5) of Article 5-1 of the Law of the Republic of Kazakhstan "On education" (hereinafter referred to as the Law "On education").</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. the Rules shall determine the procedure for current control of academic performance, intermediate and final certification of students of the military, special educational institutions of the Ministry of Internal Affairs of the Republic of Kazakhstan (hereinafter referred to as the organization of education of the Ministry of Internal Affairs).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Current control of academic performance, intermediate and final certification shall be carried out in order to determine the degree of students mastering educational programs, the State compulsory standard of higher and postgraduate education (hereinafter referred to as the SHPE) approved by the order of the Minister of Science and Higher Education of the Republic of Kazakhstan dated July 20, 2022 No. 2 "On approval of state compulsory standards of higher and postgraduate education" (registered in the Register of State Registration of Regulatory Legal Acts under No. 28916). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. The following definitions shall be used in these Rules:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) academic debt - the presence in the history of educational achievements of a student according to the curriculum of unexplored disciplines or disciplines with an unsatisfactory assessment of the final control;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) academic failure - illiquid academic debt, failure to fulfill the program of professional practice, failure to protect all types of practices, failure to pass a state exam or defend a thesis, master's thesis (project), as well as failure to admit to their defense, failure to fulfill the working curriculum, as well as not scored transfer score of academic performance;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) academic period (Term) - a period of theoretical training established independently by OHPE in one of two forms: semester and trimester;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) academic rating of the student (Rating) - a quantitative indicator of the student's mastery of the curriculum of disciplines and (or) modules and other types of educational activities, compiled according to the results of intermediate certification;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) intermediate certification of students - a procedure carried out to assess the quality of students mastering the content of part or the entire volume of one educational discipline after the completion of its study;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) current control of student performance - a systematic test of students' knowledge in accordance with the educational program, conducted by the teacher in classroom and non-audit classes according to the schedule during the academic period;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) score-rating letter system for assessing the accounting of educational achievements - a system for assessing the level of knowledge in points corresponding to the letter system adopted in international practice with a digital equivalent, and allowing to establish the rating of students;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) final certification of students - a procedure carried out to determine the degree of their mastery of the volume of educational disciplines and (or) modules provided for by the educational program in accordance with the SHPE;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) cadet – an individual studying in a military, special educational institution for educational programs of higher education;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) students - cadets, undergraduates, doctoral students, students (including foreigners) of advanced training and retraining courses, as well as individuals who first enter the service of the internal affairs bodies of the Republic of Kazakhstan, undergoing initial professional training;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) subdivision for monitoring and control (assessment) of education quality - a subdivision engaged in recording the entire history of a student's knowledge and ensuring the organization of all types of knowledge control and calculation of his academic rating;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) examination session - the period of intermediate certification of students (cadets, undergraduates, doctoral students) in educational organizations of the Ministry of Internal Affairs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) milestone assessment - control of students' knowledge upon completion of a major section (module) of one academic discipline;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) grade point average (GPA) - weighted average assessment of the level of educational achievements of the student for a certain period according to the selected program (the ratio of the number of credits per digital equivalent points of the final assessment for all types of educational work to the total number of credits for these types of work for a given period of study);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Transcript - a document containing a list of disciplines completed for the corresponding period of study, indicating credits and grades according to the point-rating letter system for assessing the accounting of educational achievements of knowledge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Assessment of Students of Military, Special Educational Institutions of the Ministry</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Chapter 2. Procedure for current control of academic performance and intermediate certification of students in military, special educational institutions implementing educational programs of higher and postgraduate education</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Examination of knowledge of students (cadets, undergraduates and doctoral students) shall be carried out by current, milestone assessment and intermediate certification, determined by the academic policy of the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. The knowledge of students in all types of educational tasks shall be evaluated according to the point-rating letter system for assessing the accounting of educational achievements of students with the transfer to the traditional assessment scale in accordance with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annex 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to these Rules (hereinafter referred to as the point-rating assessment system).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. During the current control of academic performance, students' knowledge shall be assessed on a 100-point scale for each task performed (answer in current classes, passing homework, independent work of cadets, milestone assessment) and the final result of the current control of academic performance shall be summed up by calculating the arithmetic mean of all grades received during the academic period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Milestone assessment shall be carried out at least twice during one academic period within the framework of one academic discipline in the form of colloquiums, tests, test polls. The results of the milestone assessment shall be put up by the teacher in the educational journal no later than the date of the milestone assessment and shall be regularly considered at a meeting of the department, faculty with the development of proposals for improving the quality of the educational process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      The boundary control list shall be drawn up in accordance with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annex 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The exception shall be the academic disciplines of 1 credit, for which the number of milestone assessments shall be determined by the university independently.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Information on the timing of the milestone assessment shall be brought to the attention of cadets in the first 2 weeks of the academic period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. The form of milestone assessment for each discipline at the beginning of the academic period shall be determined by the decision of the department.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Intermediate certification of students at the university shall be carried out in accordance with the curriculum, academic calendar and educational programs developed on the basis of the SHPE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Intermediate certification of students shall be carried out in the form of taking exams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. The organization and conduct of intermediate certification of students shall be entrusted to the subdivision for monitoring and control (assessment) of the quality of education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Based on the results of intermediate certification, the subdivision for monitoring and control (assessment) of the quality of education shall compile an academic rating of students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Exams shall be taken according to the schedule and serve as a form of testing the knowledge of students throughout the educational program of the discipline and shall be aimed at assessing knowledge over the academic period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Final control on all types of professional practices, coursework (projects) shall be carried out in the form of protection of the specified types of educational work of the cadet, which shall be evaluated according to the point-rating assessment system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Examination sessions shall be divided into winter and summer sessions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. The frequency and duration of examination sessions for full-time education shall be determined in accordance with the curriculum of the educational program and the academic calendar approved by the academic council of the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. The examination schedule shall be drawn up by the subdivision for monitoring and control (assessment) of the quality of education together with the relevant faculties, approved by the deputy head of the educational organization for academic work and brought to attention of students and teachers no later than two weeks before the start of the examination session.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. To conduct the exam, examiners shall be appointed from among the faculty of the department who have qualifications corresponding to the profile of this academic discipline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. The presence of individuals who shall not participate in the examination procedure shall not be allowed without the written permission of the deputy head of the educational organization of the Ministry of Internal Affairs for educational work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Lists of students admitted to the examination session according to the form in accordance with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annex 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to these Rules shall be formed by the education quality monitoring and control (assessment) subdivision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Admission of students to the final control of the discipline shall be carried out on the basis of the assessment of the admission rating, determined by the results of the current control of academic performance. Cadets who shall not have a positive rating of admission rating in the discipline shall not be allowed to the final control (exam) and eliminate arrears in missed classes and unsatisfactory assessments of current progress control until the end of the period of this intermediate certification. When debts are eliminated, the tolerance rating shall be recalculated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cadets who shall have not defended coursework (projects) shall not be allowed to take the exam in the relevant discipline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Students who shall have not eliminated the debt within the established period (during the period of this intermediate certification) with the permission of the head of the organization of education of the Ministry of Internal Affairs in the next academic period or summer semester re-register for the discipline (no more than once), shall fulfill all the requirements of the current control of academic performance, receive admission and pass the final control within 10 working days after the end of the intermediate certification. Students who again have not scored a positive rating of admission in the discipline shall be subject to expel from educational organizations of the Ministry of Internal Affairs for academic failure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. The head of the education organization of the Ministry of Internal Affairs in some cases (due to illness, family and official circumstances) shall allow the student to take the examination session ahead of schedule on an individual schedule.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Passing the examination session on an individual schedule shall be allowed according to the report with the subsequent provision of supporting documents to the head of the education organization of the Ministry of Internal Affairs about the disease, in connection with the birth of a child, with the death of close relatives, with official necessity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Examinations shall be conducted in written, oral, test or combined forms. In oral form, two or more exams shall not be allowed on one day. In the test form, it shall be allowed to establish a comprehensive exam in two or more disciplines, observing the principle of their proficiency and kinship.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. The form of the exam for each academic discipline shall be established by the Academic Council of educational organizations of the Ministry of Internal Affairs no later than 30 working days from the beginning of the academic period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. During the oral examination, the student shall use reference literature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. To conduct final control, the examiner of the subdivision for monitoring and control (assessment) of the quality of education shall be issued a statement of final control in the form in accordance with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annex 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to these Rules (hereinafter referred to as the final statement), in which the scores and grades accumulated by the student during the academic period shall be put down indicating the admission rating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Based on the results of the intermediate certification, the monitoring and control subdivision (assessment) of the quality of education shall form a summary final statement in accordance with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annex 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. When conducting intermediate certification in a discipline, the grade obtained on the exam and the average grade of the assessment of current control of academic performance during the academic period shall be taken into account.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. The student's performance on the exam shall be assessed according to the point-rating letter system of assessment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      A positive grade (A-, A "excellent," C+, B-, B, B+ "good," D, D+, C, C, "satisfactory") shall be recorded in the final statement of the academic discipline indicating the credits gained. Grade F, FX "unsatisfactory" is recorded only in the final list.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. After completion of the exam for each discipline, the student shall be given a final grade, which serves as an assessment of his knowledge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. The final assessment for the discipline shall include assessments of the admission rating and final control.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The performance monitoring score (admission rating) shall be 60% of the final assessment of knowledge in the discipline, and the exam score shall be 40% of the final assessment of knowledge in the discipline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. A positive final assessment shall serve as a basis for supplementing the mastered loans with the established number of loans in the relevant discipline and shall be entered in the student's transcript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. When students receive an unsatisfactory grade in the final control (exam), the final grade in the discipline is not calculated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Retaking a positive assessment on the final control in order to increase it shall not be allowed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. The final statement shall be transferred to the subdivision for monitoring and control (assessment) of the quality of education, which shall be engaged in accounting and accumulating the number of credits for all students throughout the entire period of training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Students take all exams in accordance with the educational program, curriculum and curriculum of disciplines (syllabuses), the results of which shall be recorded in the final sheet and transcript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. In case of receiving the "unsatisfactory" grade of the corresponding FX, the student shall have the opportunity to retake the final control without re-passing the curriculum/module (before the start of the next academic period, but not earlier than three working days after the end of the intermediate certification).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In case of receiving an "unsatisfactory" grade of the corresponding "F," the student again studies this discipline, shall fulfill all monitoring requirements, shall receive admission and shall pass the final control in the next academic period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. If a student who has completed the discipline program does not appear in full, a note "did not appear" is made in the final control list opposite his name.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If there is a good reason, by order of the head of the faculty, the student is established an individual schedule for taking the exam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In the absence of a valid reason, failure to appear at the exam shall be equal to the "unsatisfactory" mark corresponding to the "F" mark, the retake of which shall be carried out in accordance with paragraph 43 of these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. For the period of the examination session, by order of the organization of education of the Ministry of Internal Affairs, an appeal commission shall be created.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The composition of the appeal commission shall be formed for each discipline separately from the number of teachers who has not participated in the exam procedure, whose qualifications correspond to the profile of the disciplines being appealed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. A student who shall disagree with the result of the final control shall file an appeal no later than the next working day after the final control.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Appeals shall be subject to the results of final control, including the protection of practice, research work conducted in any form. The specific facts set out in the application for appeal shall be subject to consideration. Applications for appeal without specifying a reasoned basis (full explanation) shall not be subject to consideration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. The results of the appeal shall be recorded in the final statement filled out individually for the student, signed by all members of the appeal commission, which shall be attached to the main examination statement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Based on the results of examination sessions, a transfer score shall be calculated for the course by the monitoring and control (assessment) subdivision of the quality of education, as a weighted average assessment of the student's knowledge level.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Upon completion of the academic year, based on the results of the examination sessions, the student shall be transferred from course to course.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. The value of the minimum transfer score for transferring from course to course shall be set by the education organization of the Ministry of Internal Affairs independently in the context of training courses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Cadets who have gained the minimum level of transfer score, on the basis of the submission of the head of the faculty, shall be transferred to the next course by order of the head of the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. A cadet who has completed the course program in full, but has not scored a minimum transfer score, in order to increase his average achievement score (GPA), shall be given the opportunity to independently study the discipline and take the exam on an individual schedule again (with the exception of the discipline "History of Kazakhstan," according to which the state exam shall be taken).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. In case of a positive result of re-passing the exam, the final grade is calculated again, which is recorded in the final sheet and transcript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      When calculating the average achievement score, the latest grades in the discipline are taken into account.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. A student, after re-passing the exam, who shall not score the minimum transfer score (GPA), shall be subject to expulsion from the educational organizations of the Ministry of Internal Affairs for academic failure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. The results of exams and proposals for improving the educational process after the completion of the examination session (intermediate certification) shall be submitted for discussion at meetings of departments, faculties and the educational and methodological council of educational organizations of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. A student expelled from the organization of education of the Ministry of Internal Affairs shall be issued a transcript signed by the head of the organization of education of the Ministry of Internal Affairs and sealed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The transcript records all training disciplines and/or modules that the cadet studied with the final grade, including FX and F.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. The state exam in the discipline "History of Kazakhstan" shall be held during the period of intermediate certification, according to the academic calendar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Cadets of educational organizations of the Ministry of Internal Affairs of all undergraduate educational programs shall pass the state exam in the discipline "History of Kazakhstan" upon completion of its study, in the same academic period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. A cadet in shortened educational programs with an accelerated period of study on the basis of higher education shall not study and shall not take the state exam in the discipline "History of Kazakhstan."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Preparation for the state exam shall be carried out by the department leading classes in the discipline "History of Kazakhstan" (hereinafter referred to as the department).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. To conduct the state exam in the discipline "History of Kazakhstan," the department shall develop a working curriculum uniform for all forms of education and educational programs, based on a standard curriculum in this discipline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. The state exam in the discipline "History of Kazakhstan" shall be carried out in oral, written or test forms in accordance with the working curriculum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. The form of the state exam shall be determined by the decision of the academic council of the organization of education of the Ministry of Internal Affairs independently.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. To take the state exam in the discipline "History of Kazakhstan" for the calendar year, on the proposal of the faculty, the State Examination Commission (hereinafter referred to as the SEC) shall be formed, consisting of the chairman and members of the commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Information on the candidacy of the chairman of the SEC shall be sent to the Ministry of Internal Affairs of the Republic of Kazakhstan (hereinafter referred to as the Ministry of Internal Affairs) no later than November 1 of the current academic year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. The Chairman of the State Economic Commission for the discipline "History of Kazakhstan" shall be approved by the order of the Minister of Internal Affairs of the Republic of Kazakhstan no later than December 1 of the current academic year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. The composition of the SEC shall be approved by the order of the head of the organization of education of the Ministry of Internal Affairs from among highly qualified teachers whose qualifications correspond to the profile of the educational program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. The schedule of meetings of the SEC shall be drawn up by the subdivision for monitoring and control (assessment) of the quality of education in accordance with the academic calendar and approved by the head of the organization of education no later than two weeks before the start of the state exam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. The duration of the SEC meeting shall not exceed 6 academic hours per day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      66. The SEC meetings shall be formalized by the minutes of the meeting of the State Examination Commission for the discipline "History of Kazakhstan," in the form according to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annex 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to these Rules (hereinafter referred to as the minutes of the SEC meeting) for each cadet and signed by the chairman and members of the commission who participated in the meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. The minutes of the SEC meeting shall be kept by a secretary appointed from among the faculty of the department, conducting classes in this discipline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Minutes of the SEC meeting shall be stitched on sheets in A4 format, numbered, laced, and sealed by the faculty before the start of the state exam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. If the cadet does not appear at the meeting of the SEC, a note " not appeared" shall be made in the minute opposite his name.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      If there is a valid reason, by order of the head of the faculty, this cadet shall be established an individual schedule for passing the state exam. In the absence of a valid reason, failure to appear for the state exam is equated with an "unsatisfactory" rating.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Upon satisfaction of the appeal, the minutes of the SEC meeting shall be reissued. In this case, the results of the first minute shall be canceled by the inscription "The assessment has been revised by minute No. ______ dated ______ on the "____" page and signed by all members of the SEC present.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. The results of the state exam shall be evaluated according to the point-rating letter system for assessing the knowledge of cadets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. According to the results of the state exam in the discipline "History of Kazakhstan," cadets shall be given a final grade, taking into account the assessment of the admission rating and the assessment of the state exam. At the same time, the assessment of the admission rating is 60% of the final assessment of knowledge in the discipline, and the assessment of the state exam is 40% of the final assessment of knowledge in the discipline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Upon receipt by a cadet of the state exam in the discipline "History of Kazakhstan" of the assessment "unsatisfactory," the student is expelled from the organization of education of the Ministry of Internal Affairs for academic failure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Retaking a positive assessment of the state exam in the discipline "History of Kazakhstan" in order to increase it shall not be allowed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. A cadet who shall disagree with the result of the state exam shall file an appeal no later than the next working day after the SEC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. To conduct an appeal, by order of the head of the organization of education of the Ministry of Internal Affairs, an appeal commission for the discipline "History of Kazakhstan" shall be created from among experienced teachers in this discipline and a chairman shall be appointed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Upon completion of the work of the SEC, the chairman of the commission shall draw up a report on the results of passing state exams and protecting the thesis with filling out a table in accordance with Annex 7 to these Rules (hereinafter referred to as the SEC report), which shall be discussed and approved at a meeting of the academic council of the education organization of the Ministry of Internal Affairs and submitted to the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      At the same time, SEC shall report on the discipline "History of Kazakhstan," passed in the winter examination session, must be submitted no later than March 1 and, passed in the summer examination session - no later than August 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>of Internal Affairs of the Republic of Kazakhstan</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Chapter 3. Procedure for final certification of military and special educational institutions of the Ministry of Internal Affairs implementing educational programs of higher education</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Final certification of cadets in educational organizations of the Ministry of Internal Affairs shall be carried out according to the forms established by the State Educational Institution, the duration and terms of which shall be provided for by the academic calendar and work curricula.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Final certification shall be carried out in the form of defending a thesis (project), preparing and passing a comprehensive exam and (or) an exam in the discipline "Physical training," or in the form of passing a comprehensive state exam, state exams in two basic and (or) profiling disciplines and (or) an exam in the discipline "Physical training."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. The list of disciplines of state exams shall be approved by the decision of the academic council of the university of the faculty council on the basis of the submission of the graduating department.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Students who shall have fully completed the educational process in accordance with the requirements of the work curriculum and work curricula shall be allowed to the final certification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. The main criterion for the completion of the educational process shall be the student's mastery of the required volume of theoretical training and professional practices in accordance with the requirements of the SHPE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. A graduate student who shall have not fulfilled the requirements of the working curriculum and working curricula shall be expelled from the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Heads of educational organizations of the Ministry of Internal Affairs by October 1 of the current academic year shall submit applications for the expected graduation to the authorized body in the field of education for documents on state education (diplomas and transcript).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. For the final certification of students, the State Certification Commission (hereinafter referred to as the SCC) shall be created for each educational program for all forms of training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Admission to the final certification of cadets shall be issued on the basis of paragraph 90 of these Rules for the list of cadets approved by the head of the faculty no later than two weeks before the start of the final certification and shall be submitted to the SCC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Before the start of the final certification of cadets in the SCC, a certificate of the head of the faculty shall be submitted on the fulfillment by the student of the working curriculum, the grades he received in all disciplines, their volume, the course work (projects) and types of professional practices, and the value of the weighted average grade for the period of training GPA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Heads of educational organizations of the Ministry of Internal Affairs, by November 1 of the current academic year, shall submit to the Ministry of Internal Affairs candidates for chairmen of the SCC, from among professors, associate professors and teachers who shall have an academic degree or degree, who shall not work in this educational organization of the Ministry of Internal Affairs, highly qualified specialists of the internal affairs bodies corresponding to the profile of graduated specialists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. The profile of specialists participating in the work of the SCC shall be determined by the correspondence of the specialty to a degree, degree or basic education (by diploma). Copies of documents about the degree, degree or basic education shall be attached to the submission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. The Chairman of the SCC shall be approved by order of the Minister of Internal Affairs of the Republic of Kazakhstan for the calendar year no later than December 20 of the current academic year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The SCC, as its members, shall include the head of the faculty and the head of the graduating department.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The remaining members of the SCC shall be formed from among professors, associate professors, highly qualified specialists corresponding to the profile of graduated specialists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. The quantitative composition of the SCC shall be determined by the organization of education of the Ministry of Internal Affairs independently in accordance with the contingent of graduates of the educational program and shall be approved by the order of the head of the organization of education of the Ministry of Internal Affairs, annually, no later than December 31 and shall be valid during the calendar year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. The competence of the SCC shall include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) checking the level of compliance of theoretical and practical training of graduated personnel with the established requirements of educational programs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) awarding the graduate with a bachelor's degree in the corresponding educational program;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) development of proposals aimed at further improving the quality of personnel training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. The SCC work schedule shall be drawn up by the subdivision for monitoring and control (assessment) of the quality of education, approved by the head of the education organization of the Ministry of Internal Affairs and brought to the general attention no later than two weeks before the start of the SCC work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. The duration of the SCC meeting should not exceed 6 academic hours per day. At the same time, no more than 12-15 people shall be allowed to pass the state exam per day, and no more than 7-10 people shall be allowed to defend their thesis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. With a test form, passing a comprehensive state exam and/or state exams on the educational program shall be carried out on the academic stream (or group).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. No later than five working days before the start of the defense of the thesis (project), the following shall be submitted to the SCC:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) recall of the scientific supervisor of the thesis (project), which shall give a reasoned conclusion "allowed for protection" or "not allowed for protection";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) a review of the thesis, which shall provide a comprehensive description of the thesis (project) submitted for defense and a reasoned conclusion indicating the assessment according to the score-rating letter system of assessment and the possibility of awarding the degree "bachelor" and (or) awarding qualifications according to the corresponding educational program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Verification of theses (projects) for plagiarism shall be carried out in accordance with the Rules for checking for borrowing, developed and approved by the educational organizations of the Ministry of Internal Affairs independently.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. The SCC shall submit, including materials characterizing the scientific and practical value of the thesis, unofficial reviews, written opinions of organizations carrying out practical activities in the profile of the thesis (project), certificates or acts of implementation of the results of scientific research, layouts, projects, samples of materials, products.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. The student shall defend the thesis (project) in the presence of a positive review of the supervisor and one review of the specialist corresponding to the profile of the protected work (project).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Upon receipt of a negative opinion of the supervisor "not allowed to defend," the student shall not defend the thesis (project).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The student shall be allowed to defend the thesis (project) both with a positive and negative conclusion of the reviewer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Review of theses (projects) shall be carried out only by external specialists from third-party organizations whose qualifications correspond to the profile of the defended thesis (project).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. The scientific supervisor of the thesis (project) shall be approved by the order of the head of the organization of education of the Ministry of Internal Affairs by personal assignment to each cadet indicating the topic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Reviewers of theses (projects) shall be approved by the order of the head of the education organization of the Ministry of Internal Affairs with a general list on the proposal of the head of the graduating department, indicating the place of work, position and education (academic degree or degree in the educational program, basic education in the diploma of higher education).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. State exams (in the educational program and profiling disciplines) shall be conducted orally, in writing, by testing (comprehensive testing) in the scope of educational programs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. The comprehensive state exam and (or) state exams in two basic and (or) profiling disciplines and (or) exams in the discipline "Physical training" shall be held according to programs developed by the organization of education of the Ministry of Internal Affairs on the basis of working curricula of disciplines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The program of the comprehensive state exam and (or) state exams in two basic and (or) profiling disciplines and (or) exam in the discipline "Physical Training" shall be approved by the decision of the Academic Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. In the test form of a comprehensive state exam and/or state exams in two basic and (or) profiling disciplines, the organization of education of the Ministry of Internal Affairs independently shall develop and approve test tasks, their types (open, closed, combined), testing technology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Defense of thesis (project), held at an open meeting of the SCC with the participation of at least half of its members.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. The duration of protection of one thesis (project) should not exceed 50 minutes per cadet. To protect the thesis, the cadet shall make a report to the SCC for no more than 15 minutes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Based on the results of passing a comprehensive state exam and (or) state exams in two basic and (or) profile disciplines and (or) an exam in the discipline "Physical training" and/or defense of a thesis (project), grades shall be given according to the point-rating letter system for assessing students' educational achievements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      This shall take into account the level of theoretical, scientific and practical training of the cadet, as well as the feedback of the supervisor and reviewer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. The results of passing a comprehensive state exam and (or) state exams in two basic and (or) profile disciplines and (or) an exam in the discipline "Physical training" and (or) defense of a thesis (project) shall be announced on the day of their holding after signing the minutes of the SCC meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      109. The minutes of the SCC meeting shall be drawn up according to the forms in accordance with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annexes 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The minutes of the SCC meeting shall be stitched on sheets in A4 format, numbered, laced and sealed by the unit for monitoring and control (assessment) of the quality of education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      110. minutes of SCC meetings shall be kept individually for each cadet. When conducting a comprehensive state exam and/or state exams in two basic and (or) profiling disciplines in the form of testing, the basis for drawing up a minute is the final list.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. The minute shall be filled in by the Secretary of the SCC, approved by the commission from among the employees of the graduating department.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. The minutes shall include knowledge assessments identified at the comprehensive state exam and/or state exams in two basic and (or) profiling disciplines and (or) an exam in the discipline "Physical training" and/or defense of a thesis (project), as well as the questions asked and opinions of the SCC members shall be recorded. If the opinion of one member of the SCC shall not coincide with the opinion of the other members of the commission, he writes down his own opinion in the minute and personally signs it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The minute shall indicate the award of a "bachelor's" degree in the corresponding educational program, as well as the issuance of a state diploma (with or without honors) to a cadet who has completed his studies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Decisions on assessments of the comprehensive state exam and (or) state exams for two basic and (or) profiling disciplines and (or) examination in the discipline "Physical training" and (or) protection of a thesis (project), as well as the award of a bachelor's degree in the corresponding educational program and the issuance of a state diploma (without distinction, with distinction) are adopted by the SCC at a closed meeting by open voting by a simple majority of votes of the members of the commission who participated in the meeting. With an equal number of votes, the vote of the chairman of the commission shall be decisive.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      114. The minutes shall be signed by the Chairman and the members of the SCC participating in the meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115. A student who shall have not appeared for the final certification for a good reason writes a report addressed to the chairman of the SCC, submits a document confirming a good reason, and, with the permission of the chairman of the SCC, passes the exam or defends his thesis on another day of the SCC meeting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. A student who shall disagree with the results of any of the forms of final certification shall file an appeal no later than the next working day after it shall be held.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The specific facts set out in the application for appeal shall be subject to consideration. Applications for appeal without specifying a reasoned basis (full explanation) shall not be subject to consideration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      117. To conduct an appeal, by the order of the head of the organization of education of the Ministry of Internal Affairs, an appeal commission shall be created from among experienced teachers whose qualifications correspond to the profile of the educational program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      118. The meeting of the appeal commission shall be formalized in a minute and signed by the chairman and members of the appeal commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Upon satisfaction of the appeal, the minutes of the SCC meeting shall be re-issued. In this case, the results of the first minute shall be canceled by the inscription "The assessment has been revised by minute No. dated on the page" and signed by all members of the SCC present.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      119. Documents submitted to the SCC on the state of health after receiving an unsatisfactory assessment shall not be considered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120. Repeated taking of a comprehensive state exam and (or) state exams in two basic and (or) profiling disciplines and (or) an exam in the discipline "Physical training" and (or) defense of a thesis (project) in order to increase a positive assessment shall not be allowed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Retaking a comprehensive state exam and (or) state exams in two basic and (or) profiling disciplines and (or) an exam in the discipline "Physical training" and (or) re-defense of thesis to persons who received an unsatisfactory rating shall not be allowed during this period of final certification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. An individual who shall have not passed the final certification, no earlier than a year later writes an application (in any form) addressed to the head of the education organization of the Ministry of Internal Affairs, but no later than fourteen working days before the start of the final certification of the next academic year on permission to re-final certification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123. Admission to re-final certification shall be issued by the order of the head of the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124. Repeated final certification shall be carried out only according to those forms for which an unsatisfactory assessment has been obtained in the previous final certification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. The list of disciplines submitted for a comprehensive state exam and/or state exams in basic and (or) profiling disciplines for individuals who shall have not passed these exams shall be determined by the curriculum in force in the year of completion of the theoretical course by the cadet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. Cadets who received an unsatisfactory grade according to the final certification shall be expelled from the organization of education of the Ministry of Internal Affairs by the order of the head as "did not fulfill the requirements of the educational program: did not defend the thesis (project)" or "did not fulfill the requirements of the educational program: have not passed the comprehensive state exam" or "have not fulfilled the requirements of the educational program: have not passed the state exam" with the issuance of a transcript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. Cadets who have passed the final certification and confirmed the assimilation of the relevant educational program of higher education, by the decision of the SCC, shall be awarded a bachelor's degree in the corresponding educational program and, within 30 working days from the date of completion of the final certification, a state diploma shall be issued free of charge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128. The issuance of a state diploma with an Annex (transcript) shall be carried out on the basis of an order of the head of the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129. The head of the organization of education of the Ministry of Internal Affairs shall issue an order on the expulsion of cadets who have not passed the final certification, on the basis of the submission of the heads of faculties in agreement with the subdivision for monitoring and control (assessment) of the quality of education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. In the Annex to the diploma (transcript), the latest grades on the point-rating letter system for all types of educational work shall be indicated, indicating their volume in academic credits and hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131. A cadet who has final grades A, A - "excellent," B-, B+ C+ "good" in academic disciplines and other types of educational activities (with the exception of final certification) at least 3.5, and also passed the final certification with grades A, A- "excellent," a diploma with honors shall be issued.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. A cadet who has retaken or re-passed exams during the training period shall not receive a diploma with honors, despite the compliance with the requirements of paragraph 131 of these Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      133. At the end of the work of the SCC, its chairman shall draw up a report and within 14 working days submits it to the head of the organization of education of the Ministry of Internal Affairs, which shall be discussed and approved at a meeting of the Academic Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      134. The report of the SCC Chairman shall include an explanatory note and tables in accordance with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annex 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to these Rules (hereinafter referred to as the report of the SCC Chairman).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The explanatory note of the report of the SCC chairman shall reflect:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) the level of training of specialists in this educational program in the organization of education of the Ministry of Internal Affairs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) the quality of thesis (projects), including thesis (projects), commissioned by the Ministry of Internal Affairs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) compliance of the topics of theses (projects) with the current state of science, technology and the needs of the practical activities of the internal affairs bodies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) characteristics of the knowledge of cadets identified in state exams, shortcomings in the training of specialists in individual disciplines;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) analysis of the quality of training of specialists in this educational program;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) specific recommendations for further improving the training of specialists in the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135. The report of the chairman of the SCC shall be accompanied by a list of graduates of the organization of education of the Ministry of Internal Affairs who have graduated from higher education programs, indicating the last name, first name, patronymic (if any), educational program and the number of the issued diploma, signed by the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      136. The organization of education of the Ministry of Internal Affairs within 30 working days after the completion of the final certification of cadets shall submit to the Ministry of Internal Affairs the report of the chairman of the SCC discussed and approved at the meeting of the Academic Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      137. The organization of education of the Ministry of Internal Affairs after issuing documents on education to graduates within a month shall enter these data into the information system of the authorized body in the field of science and higher education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The organization of education of the Ministry of Internal Affairs shall ensure the functioning of the information system on the issued documents on education and create an electronic database (archive) of documents on education, including those previously issued.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The reliability of the data entered into the information system shall be ensured by the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Chapter 1. General Provisions</w:t>
-[...113 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> Chapter 4. Procedure for the final certification of students of the military, special educational institutions of the Ministry of Internal Affairs, implementing educational programs of postgraduate education</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      138. The final certification of undergraduates and doctoral students in the organization of education of the Ministry of Internal Affairs shall be carried out within the time frame provided for by the academic calendar and working curricula of educational programs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The final certification of undergraduates shall be carried out in the form of passing a comprehensive state exam and/or defending a master's thesis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The final certification of doctoral students shall be carried out in the form of a dissertation or a series of articles, the requirements for which shall be provided for by the Rules for awarding degrees approved by the order of the Minister of Education and Science of the Republic of Kazakhstan dated March 31, 2011 No. 127 (registered in the Register of State Registration of Regulatory Legal Acts under No. 6951).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139. Masters and doctoral students who have completed the educational process in accordance with the requirements of the work curriculum and work curricula shall be allowed to the final certification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140. Graduate students and doctoral students who have not fulfilled the requirements of working curricula, work and individual plan shall not be allowed to final certification and shall be expelled from the organization of education of the Ministry of Internal Affairs for academic failure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141. For the final certification of students of the magistracy, the organization of education of the Ministry of Internal Affairs shall form the SCC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142. By November 1, the head of the education organization of the Ministry of Internal Affairs shall submit information on the candidacy of the chairmen of the Civil Code to the Ministry of Internal Affairs for each educational program of the magistracy with the degree of candidate, doctor of science, master's degree, doctor PhD or academic title, corresponding to the profile of graduates and not working in this education organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143. The SCC shall include individuals with an academic degree of candidate, doctor of science, master's degree, doctor PhD, corresponding to the profile of graduated specialists (the SCC for specialized magistracy shall include highly qualified employees of the internal affairs bodies corresponding to the profile of graduated specialists).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144. The quantitative composition of the SCC shall be determined by the organization of education of the Ministry of Internal Affairs and approved by the order of the head of the organization of education of the Ministry of Internal Affairs no later than December 31 and shall be valid during the calendar year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145. Admission to the final certification of undergraduates shall be issued by the order of the head of the organization of education of the Ministry of Internal Affairs according to the list no later than 14 working days before the day of the start of the final certification and shall be submitted to the SCC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146. The list of disciplines included in the comprehensive state exam (if any) shall be established by the university independently, taking into account the level of theoretical training, educational achievements, training results and research and analytical abilities of students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147. The comprehensive state exam (if any) shall be carried out according to one of the following forms: orally, in writing, testing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      148. The program of the comprehensive state exam, the form of its conduct and the content of tasks shall be developed by the education organization of the Ministry of Internal Affairs on the basis of the curricula of the disciplines included in this comprehensive state exam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      149. Organizations of education of the Ministry of Internal Affairs, implementing master's programs, shall develop test tasks, their types (open, closed, combined tests) and testing technology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150. The SCC work schedule shall be drawn up by the subdivision for monitoring and control (assessment) of the quality of education, approved by the head of the university and brought to the general attention no later than two weeks before the start of the SCC work.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. The following definitions are used in these Rules: </w:t>
-[...107 lines deleted...]
-      6) final assessment of students - a procedure conducted to determine the degree to which students master the volume of training disciplines provided for by the SCSHPE ;</w:t>
+      151. The results of the comprehensive state exam (if any) shall be drawn up by the minutes of the SCC meeting in the form according to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annex 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to these Rules, which shall be filled out individually for each master's student.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The minute shall be filled in by the secretary of the SCC, approved by the commission from among the employees of the graduating department.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152. When conducting a comprehensive state exam (if any) in the form of testing, the basis for drawing up a minute shall be the final statement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153. Retaking a comprehensive state exam (if any) with a positive assessment in order to increase it to a higher one shall not be allowed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      154. A student who received an "unsatisfactory" grade according to the comprehensive state exam (if any) shall be expelled from the university as "having not fulfilled the requirements of the educational program: having not passed the comprehensive state exam."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      155. A master's student who shall disagree with the result of a comprehensive state exam (if any) shall appeal no later than the next working day after it has been held.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The specific facts set out in the application for appeal shall be subject to consideration. Applications for appeal without specifying a reasoned basis (full explanation) shall not be subject to consideration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156. To conduct an appeal, by the order of the head of the organization of education of the Ministry of Internal Affairs, an appeal commission shall be created from among experienced teachers whose qualifications correspond to the profile of the educational program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157. The meeting of the appeal commission shall be formalized in a minute and signed by the chairman and members of the appeal commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Upon satisfaction of the appeal, the minutes of the SCC meeting shall be re-issued. In this case, the results of the first minute shall be canceled by the inscription "The assessment has been revised by minute No. dated on the page" and signed by all members of the SCC present.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158. A master's student who has received an unsatisfactory grade according to the comprehensive state exam (if any) shall be expelled by the order of the head of the education organization of the Ministry of Internal Affairs as "having not fulfilled the requirements of the educational program: having not passed the comprehensive state exam" with the issuance of a transcript.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      159. Re-taking of a comprehensive state exam (if any) to individuals who have received an "unsatisfactory" rating shall not be allowed during this period of final certification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      160. Master's theses (projects) shall be checked for the presence of borrowed material and the use of text with synonymous replacement of words and expressions without changing the meaning (paraphrase), including the use of text translated from another language, which shall be carried out in accordance with the Rules for checking for the presence of borrowings developed and approved by educational organizations of the Ministry of Internal Affairs independently. Doctoral dissertations shall be checked to detect the borrowing of the text of other authors, which shall be carried out by the National Center for State Scientific and Technical Expertise.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      161. The duration of the SCC meeting should not exceed 6 academic hours per day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      At the same time, no more than 6-8 people shall be allowed to pass a comprehensive state exam and defend a master's thesis (project) per day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162. The master's thesis (project) shall be defended at an open meeting of the SCC with the participation of at least 2/3 of its members. The duration of the defense of one master's thesis (project) shall be at least 50 minutes. To defend a master's thesis (project), a master's student shall make a presentation to the SCC for at least 15 minutes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      163. Defense of a master's thesis (project) shall be carried out in the presence of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) positive feedback from the supervisor;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) at least one publication on the topic of a dissertation (project) in scientific publications or speeches at an international or republican scientific conference;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) one of the types of scientific and scientific-technical results (scientific and scientific-technical developments);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) the decision of the issuing department on the recommendation for protection (extract from the minutes of the meeting of the department);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) one review of a reviewer whose qualification (scientific degree or degree) shall correspond to the profile of the defended work, where a comprehensive description of the dissertation and a reasoned conclusion about the possibility of awarding a "master's" degree according to the corresponding educational program shall be given.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      In case of a negative assessment of the supervisor and/or the graduating department with the conclusion "not allowed to defend" or "not recommended to defend" the master's student shall not defend the master's thesis (project).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) unit for monitoring and controlling (evaluation) of the quality of education - a unit that records the entire history of the student’s knowledge and ensures the organization of all types of knowledge control and the calculation of its academic rating; </w:t>
+      164. The minutes of the SCC meeting on the consideration of the master's thesis (project) in the form according to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annex 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of these Rules shall be drawn up individually for each master's student.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      165. The master who has passed the final certification, who has confirmed the development of the corresponding educational program of the master's degree and publicly defended the master's thesis (project) by the decision of the SCC shall be awarded the degree of "master" in the corresponding educational program and a state diploma shall be issued with an annex (transcript) within 30 working days from the date of defense of the master's thesis (project).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8) examination session - the period of interim assessment of students (cadets, undergraduates, doctoral students) in educational institutions of the Ministry of Internal Affairs; </w:t>
-[...5187 lines deleted...]
-      203. The report on the results of the final assessment of undergraduates shall include an explanatory note and tables in accordance with Appendix 15 to these Rules.</w:t>
+      The SCC decision shall be executed for each master's student by the minutes of the SCC meeting in accordance with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Annex14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the Rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      166. The annex to the diploma (transcript) shall indicate the latest grades on the point-rating letter system for assessing educational achievements for all types of educational and (or) research (experimental research) work, indicating their volume in academic credits and hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      167. The issuance of a state diploma with an annex (transcript) shall be carried out on the basis of an order of the head of the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      168. A student who received an "unsatisfactory" rating on the defense of a master's thesis (project) shall be expelled from the organization of education of the Ministry of Internal Affairs as "having not fulfilled the requirements of the educational program: having not defended a master's thesis (project)."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      169. Upon completion of the final certification of undergraduates, the chairman of the SCC shall draw up a report on the results of the final certification of undergraduates and within 14 working days shall submit it to the head of the university.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      170. The report on the results of the final certification of undergraduates shall include an explanatory note and tables in accordance with Annex 15 to these Rules.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The explanatory note shall reflect:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...396 lines deleted...]
-      210. Within 30 working days after the completion of the final assessment of students of doctoral studies, the organization of education of the Ministry of Internal Affairs shall submit an approved report on the results of the final assessment of doctoral students in the Ministry of Internal Affairs.</w:t>
+        <w:t>
+      1) the level of training of masters in this educational program;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) characterization of the knowledge of undergraduates identified in the comprehensive exam;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) analysis of the quality of training of masters in this educational program;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) deficiencies in the training of masters;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) compliance of the topics of master's theses (projects) with the current state of science, technology, culture and the needs of the practical needs of the internal affairs bodies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) the quality of master's theses (projects);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) compliance of the conclusion of the expert commission, recall of the supervisor, review of the official opponent with the level of defense of the master's thesis (project);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) specific recommendations for further improving the training of masters.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171. The report on the results of the final certification of undergraduates shall be signed by the chairman of the SCC, discussed and approved at a meeting of the academic council of the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      172. The organization of education of the Ministry of Internal Affairs within 30 working days after the completion of the final certification of students of the magistracy shall send to the Ministry of Internal Affairs a report on the results of the final certification of undergraduates discussed and approved at a meeting of the academic council of the organization of education of the Ministry of Internal Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      173. The report of the chairman of the SCC shall be accompanied by a list of graduates who have graduated from master's programs, indicating the last name, first name, patronymic (if any), educational program and the number of the issued diploma, signed by the head of the education organization of the Ministry of Internal Affairs.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6796,308 +5756,300 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A point- rating letter system for assessing students' knowledge </w:t>
-[...11 lines deleted...]
-        <w:t>with conversion into a traditional rating scale</w:t>
+        <w:t xml:space="preserve"> Score-rating letter system for accounting for educational achievements, students with their transfer to the traditional assessment scale and ECTS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z269" w:id="0"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Letter Grade</w:t>
-[...1 lines deleted...]
-          </w:p>
+Letter system rating</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="0"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The digital equivalent of points</w:t>
+Digital equivalent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-% content</w:t>
+Points (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Traditional system assessment</w:t>
+Traditional score</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z274" w:id="1"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.0</w:t>
+4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7127,127 +6079,147 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Excellent</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z279" w:id="2"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А-</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.67</w:t>
+3,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7278,102 +6250,104 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z284" w:id="3"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В+</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.33</w:t>
+3,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7403,127 +6377,147 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Good</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z289" w:id="4"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.0</w:t>
+3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7554,102 +6548,104 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z294" w:id="5"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В-</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.67</w:t>
+2,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7680,378 +6676,402 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z299" w:id="6"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С+</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="6"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.33</w:t>
+2,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70-74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...32 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z304" w:id="7"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.0</w:t>
+2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65-69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Satisfactory</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z309" w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С-</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.67</w:t>
+1,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8082,102 +7102,104 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z314" w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 D+</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.33</w:t>
+1,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8208,102 +7230,104 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z319" w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-D-</w:t>
-[...1 lines deleted...]
-          </w:p>
+D</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.0</w:t>
+1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8334,68 +7358,222 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z324" w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+FX</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25-49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Unsatisfactory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z329" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 F</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="12"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8421,89 +7599,66 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0-49</w:t>
-[...37 lines deleted...]
-          </w:p>
+0-24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8654,166 +7809,150 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Internal Affairs of the</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MIDTERM EXAMINATION TRANSCRIPT </w:t>
+        <w:t xml:space="preserve"> MILESTONE ASSESSMENT REPORT</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z335" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Faculty (Institute) ________________</w:t>
-[...1 lines deleted...]
-          </w:p>
+Faculty of _____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _____________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Specialty:</w:t>
+Educational program:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "___________________________________"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8872,3785 +8011,141 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 academic year _________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-study group ______________</w:t>
-[...17 lines deleted...]
-"_________"</w:t>
+academic group _______ "_____"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _____________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- the date of conduct</w:t>
+Date</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ______________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-surname name patronymic (if any) of the teacher</w:t>
-[...71 lines deleted...]
-          </w:tcPr>
+Full name</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-s/o</w:t>
-[...3555 lines deleted...]
-study group ______________</w:t>
+(if any) instructor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -12678,372 +8173,376 @@
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z340" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-s/o</w:t>
-[...1 lines deleted...]
-          </w:p>
+r/n</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-surname name middle name (if any) of the student</w:t>
+Last name, first name, patronymic (if any) of the student</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Milestone assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Student's recordbook number</w:t>
-[...36 lines deleted...]
-Assessment of admission rating </w:t>
+Acquainted</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+in percentage </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+letter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
-        </w:tc>
-[...106 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z354" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13183,68 +8682,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z361" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13384,68 +8885,1694 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z368" w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...1 lines deleted...]
-          </w:p>
+3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z375" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z382" w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z389" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z396" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z403" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z410" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z417" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z424" w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13565,105 +10692,86 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...53 lines deleted...]
-      Control (Evaluation) of Education Quality____________________</w:t>
+    <w:bookmarkStart w:name="z425" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Head of monitoring subdivision</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      and control (assessment) of the quality of education</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13699,51 +10807,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appendix 4 </w:t>
+              <w:t xml:space="preserve">Appendix 3 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">to the Rules for Conducting </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13824,209 +10932,1540 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The form</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Approved by</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z430" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Head of department</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z431" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z432" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z433" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> SUMMATIVE ASSESSMENT TRANSCRIPT </w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> List of students admitted to the examination session</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Faculty (Institute) ________________</w:t>
-[...1 lines deleted...]
-          </w:p>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Educational program:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"__________________________________"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Discipline: _______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Number of credits (hours): _______</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ semester ________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+academic year _________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+academic group _________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z440" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+r/n</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Last name, first name, patronymic (if any) of the student</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Assessment of admission rating (Рср.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+in percentage </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Letter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z452" w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z458" w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z464" w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z465" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Head of monitoring subdivision</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      and control (assessment) of the quality of education</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appendix 4 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the Rules for Conducting </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ongoing Monitoring of Academic</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Performance, Interim and Final </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment of Students of </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Military, Special Educational </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Institutions of the Ministry of </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Internal Affairs of the</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FINAL CONTROL REPORT</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z472" w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Department of __________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _____________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Specialty:</w:t>
+Educational program:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"____________________________ _______"</w:t>
+"___________________________________"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Discipline: _________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Amount of credits: ________________</w:t>
+Number of credits: ________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -14049,105 +12488,4759 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 academic year _________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-study group ______________</w:t>
+academic group _________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "______" _____________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Exam Date ______________________________</w:t>
+ Exam date</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-surname name patronymic (if any) of the teacher</w:t>
+_____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Full name</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(if any) instructor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z478" w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+r/n</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Assessment of admission rating (Рср., %)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Exam assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Final assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Signature of the examiner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+in points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+in points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+letter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+in percentage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+in points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+letter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+in percentage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+in points</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+letter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z514" w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z526" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z538" w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z550" w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z562" w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z574" w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z586" w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z587" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Number of assessments ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z592" w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+А, А-</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В+, В, В-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С+, С, С-, D+, D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z608" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Head of monitoring subdivision</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      and control (assessment) of the quality of education</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appendix 5 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the Rules for Conducting </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ongoing Monitoring of Academic</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Performance, Interim and Final </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment of Students of </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Military, Special Educational </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Institutions of the Ministry of </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Internal Affairs of the</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Republic of Kazakhstan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      APPROVED</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z613" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Head of the department</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z614" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z615" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z616" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SUMMARY STATEMENT </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z619" w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Department____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Educational programme:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___________________________________"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ semester________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>academic year _________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+academic group _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -14182,288 +17275,345 @@
         <w:gridCol w:w="947"/>
         <w:gridCol w:w="947"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z628" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-s/o</w:t>
-[...1 lines deleted...]
-          </w:p>
+r/n</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-surname name middle name (if any) of the student</w:t>
+full name (if any) of the student</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Student's recordbook Number</w:t>
+Transcript number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z623" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Rating admission assessment ( %)</w:t>
+Name of the</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+discipline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Examination mark</w:t>
+Name of the</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+discipline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+............</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Final mark </w:t>
-[...20 lines deleted...]
-          </w:tcPr>
+Grade point average (GPA) </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Examiner Signature</w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -14499,51 +17649,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-In points</w:t>
+in percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14571,87 +17721,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-alphabetical</w:t>
+letter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in percents</w:t>
+in percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14679,87 +17829,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-alphabetical</w:t>
+letter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-in percents</w:t>
+in percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14787,103 +17937,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-alphabetical</w:t>
-[...14 lines deleted...]
-          <w:p/>
+letter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...12 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z656" w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="55"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15247,68 +18422,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z670" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15672,68 +18849,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z684" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="57"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16097,68 +19276,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z698" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...1 lines deleted...]
-          </w:p>
+4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="58"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16522,68 +19703,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z712" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...1 lines deleted...]
-          </w:p>
+5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="59"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16947,68 +20130,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z726" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...1 lines deleted...]
-          </w:p>
+6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="60"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -17372,68 +20557,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z740" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...1 lines deleted...]
-          </w:p>
+7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="61"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -17797,68 +20984,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z754" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-...</w:t>
-[...1 lines deleted...]
-          </w:p>
+8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="62"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -18201,316 +21390,1795 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...59 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z768" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-A, A -</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="63"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z782" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-B +, B, B-</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="64"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z796" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-C +, C, C-, D +, D</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+11</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="65"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z810" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F</w:t>
-            </w:r>
+12</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="66"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...53 lines deleted...]
-      Control (Evaluation) of Education Quality____________________</w:t>
+    <w:bookmarkStart w:name="z811" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Head of monitoring subdivision</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      and control (assessment) of the quality of education</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18546,51 +23214,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appendix 5 </w:t>
+              <w:t xml:space="preserve">Appendix 6 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">to the Rules for Conducting </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18671,51 +23339,764 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      The form</w:t>
+      Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MINUTES №. ___ meetings of the State Examination Commission for the discipline "History of Kazakhstan"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z816" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (to be filled in for each student)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _________ 20__ from ____ hour _____ min. to ____ hour____ min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Present: Chairman of the State Examination Committee:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        (full name (if any), academic degree, degree, academic title,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+         name of organization, position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members of the Commission:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      On passing the state exam in the discipline "History of Kazakhstan"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. The student shall be examined ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+         (surname, name, patronymic (if any), educational program)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Questions: (when conducting an exam in the form of testing to the minute</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      attached is a test task completed by the student)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Students _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+              (surname, initials)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      has a tolerance rating __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        (admission rating according to the point-rating letter system for assessing educational achievements)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Admit that the students passed the __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+               (surname, initials)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            state exam in the discipline "History of Kazakhstan" with an assessment</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z834" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z835" w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (the grade shall be indicated according to the point-rating letter system for assessing educational achievements)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Final assessment of the student ______________________________ in the discipline</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "History of Kazakhstan" (surname, initials)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (specify the rating according to the point-rating letter system)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. dissenting opinions of members of the State Examination Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chairman of the ____________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members of the __________________________ Commission (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Secretary ________________________ (signature)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18751,9877 +24132,453 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Approved by</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Appendix 7 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...20 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">to the Rules for Conducting </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Head of the Faculty (Institute)</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+              <w:t>Ongoing Monitoring of Academic</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...20 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Performance, Interim and Final </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>________________________________</w:t>
-[...25 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Assessment of Students of </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...20 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Military, Special Educational </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>________________________________</w:t>
+              <w:t xml:space="preserve">Institutions of the Ministry of </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Internal Affairs of the</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Republic of Kazakhstan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The form</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Table 1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z848" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> SUMMARY RESULTS</w:t>
-[...9434 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Final qualification report for _______ year</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z849" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form of training _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z850" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Educational program ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z851" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Name of the organization of education of Ministry of Internal Affairs_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z857" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Final attestation form</w:t>
-[...1 lines deleted...]
-          </w:p>
+Final qualification form</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Number of admitted to final assessment</w:t>
+Number of persons admitted to final certification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Number of those who passed</w:t>
+Number of students having taken</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Out of them received grades:</w:t>
+Number of students passed on:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -28761,160 +24718,196 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Fair </w:t>
+              <w:t>
+satisfactory</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Failed </w:t>
+              <w:t>
+unsatisfactory</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Grade point average</w:t>
+Average score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Absent </w:t>
+              <w:t>
+Non appearance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28942,93 +24935,89 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-% of student achievement</w:t>
+% Academic performance of those who took the exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -29335,61 +25324,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -29690,68 +25675,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z905" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Total</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="76"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -30249,153 +26236,165 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The form</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MINUTES № ____ of the </w:t>
-[...67 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> MINUTES №____ meetings of the State attestation commission</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z909" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (to be filled in for each student)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z911" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _________ 20__ from ____ hour _____ min. until ____ hour____ min.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Present:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z912" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chairman of the state certification commission</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Commission members:</w:t>
+      Members of the commission:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -30405,393 +26404,405 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      on passing the state exam in a discipline or specialty</w:t>
+      name of the final certification form</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      List students to be examined</w:t>
+      Trainee is examined</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (surname, name, patronymic (if any), specialty)</w:t>
+         (surname, name, patronymic (if any), educational program)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Questions: (test results for blocks of disciplines)</w:t>
-[...55 lines deleted...]
-    </w:p>
+      Questions: (test results by discipline blocks)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z923" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z924" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...50 lines deleted...]
-      (last name, initials)</w:t>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z925" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z926" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z927" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z928" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. recognize that the student __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+              (surname, initials)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       passed the state exam ________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (name of discipline, specialty)</w:t>
-[...71 lines deleted...]
-      (last name, initials)</w:t>
+           (name of discipline, educational program)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      rated ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (score-rating letter system)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. note that the student __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+               (surname, initials)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -30837,87 +26848,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Chairman _____________________________ (signature)</w:t>
-[...35 lines deleted...]
-      __________________________________________ (signature)</w:t>
+      Chairman of the ____________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members of the __________________________ commission (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________ (signature)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Secretary ________________________________ (signature)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -31112,135 +27123,135 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The form</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MINUTES № _____ of the </w:t>
+        <w:t xml:space="preserve"> MINUTES № _____</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>meeting of the State Attestation Commission</w:t>
-[...35 lines deleted...]
-      To review the graduate work (project) of the cadet</w:t>
+        <w:t>of the meeting of the State certification commission</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _________ 20__ from ____ hour _____ min. to____ hour____ min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      On the consideration of the thesis (project) of the cadet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (surname, name, patronymic (if any), specialty)</w:t>
+        (surname, name, patronymic (if any), educational program)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -31250,1041 +27261,987 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       on the topic:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________ _____________________</w:t>
-[...16 lines deleted...]
-        <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-       (surname, name, patronymic (if any))</w:t>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Present:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chairman of the ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (surname, first name, patronymic (if any))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Members: ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (surname, name, patronymic (if any))</w:t>
+           (surname, first name, patronymic (if any))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________ _____________________________________________________________</w:t>
-[...17 lines deleted...]
-      (surname, name, patronymic (if any))</w:t>
+           (surname, first name, patronymic (if any))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+           (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (surname and name, patronymic (if any))</w:t>
+           (surname, first name, patronymic (if any))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+           (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Thesis (project) performed under scientific supervision</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (surname, name, patronymic (if any))</w:t>
-[...17 lines deleted...]
-      _________________________________________ ____________________________</w:t>
+         (surname, name, patronymic (if any), academic degree or degree)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (surname, name, patronymic (if any))</w:t>
-[...17 lines deleted...]
-      Thesis (project) was performed under the academic supervision</w:t>
+      Upon consultation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (surname, name, patronymic (if any), academic degree or degree)</w:t>
+          (surname, name, patronymic (if any), academic degree or degree,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      With consultation</w:t>
-[...35 lines deleted...]
-      (surname, name, patronymic (if any), academic degree or degree,</w:t>
+             place of work, position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      reviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      place of work, position held)</w:t>
-[...53 lines deleted...]
-      (surname, name, patronymic (if any), academic degree or degree,</w:t>
+          (surname, name, patronymic (if any), academic degree or degree,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      place of work, position held)</w:t>
-[...71 lines deleted...]
-      3) referee report of the supervisor of the thesis (project a) with the conclusion</w:t>
+           place of work, position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The following materials have been submitted to the State Certification Commission:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) calculation and explanatory note or text of thesis (project) on ______ pages;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) drawings, tables for thesis (project) on _____ sheets;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) review of the scientific supervisor of the thesis (project) with the conclusion</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (indicate “admitted to defence”)</w:t>
-[...17 lines deleted...]
-       4) referee report of the thesis (project) with an assessment</w:t>
+             (specify "allowed for protection")</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) a review of the thesis (project) with an assessment</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________ ____________________________________________________________</w:t>
-[...71 lines deleted...]
-      (surname initials of the commission member and the asked question)</w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            (specify reviewer's assessment)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      After reporting the completed thesis (project) in</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Within _________ minutes, the student has been asked the following questions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname of the initials of the member of the commission and the question asked)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       (surname initials of the commission member and the asked question)</w:t>
-[...35 lines deleted...]
-      (surname initials of the commission member and the asked question)</w:t>
+           (surname of the initials of the member of the commission and the question asked)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname of the initials of the member of the commission and the question asked)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (surname initials of the commission member and the asked question)</w:t>
-[...53 lines deleted...]
-      General characteristics of student responses to questions asked </w:t>
+          (surname of the initials of the member of the commission and the question asked)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname of the initials of the member of the commission and the question asked)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      General characteristics of the student's answers to the questions asked</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -32294,339 +28251,339 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      During the defense of the thesis (project), the student</w:t>
+      During the defence of the thesis (project), the student</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (last name, initials)</w:t>
-[...17 lines deleted...]
-      demonstrated</w:t>
+             (surname, initials)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      showed</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (what level of knowledge on general theoretical and special training)</w:t>
+        (what is the level of knowledge on general theoretical and special training)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      It is hereby recognised that the student has completed and defended a diploma work</w:t>
-[...17 lines deleted...]
-      (project) with an assessment</w:t>
+      Recognize that the student has completed and defended his thesis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (draft) rated</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (assessment according to point- rating alphabetical system of knowledge assessment)</w:t>
-[...71 lines deleted...]
-      Members of the Commission _________________________ (signature)</w:t>
+       (rating according to the score-rating letter system for assessing the accounting of educational achievements)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Dissenting opinions of the members of the commission ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chairman of the ___________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members of the _________________________ Commission (signature)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________ (signature)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Secretary ______________________________ (signature)</w:t>
+      Secretary _______________________________ (signature)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -32803,711 +28760,1483 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The form</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MINUTES № ____ of the </w:t>
+        <w:t xml:space="preserve"> MINUTES № _____</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>meeting of the State Attestation Commission</w:t>
-[...71 lines deleted...]
-      Chairman of the State Certification Commission</w:t>
+        <w:t>of the meeting of the State certification commission</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z943" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _________ 20__ from ____ hour _____ min. to____ hour____ min.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      On the consideration of the thesis (project) of the cadet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (surname, name, patronymic (if any))</w:t>
-[...53 lines deleted...]
-      (surname, name, patronymic (if any))</w:t>
+        (surname, name, patronymic (if any), educational program)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (surname, name, patronymic (if any))</w:t>
+      on the topic:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (surname, name, patronymic (if any))</w:t>
-[...70 lines deleted...]
-        <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (name of discipline, thesis (project), score on a point -</w:t>
-[...16 lines deleted...]
-        <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      rating letter system for assessing knowledge, date of completion)</w:t>
-[...107 lines deleted...]
-       (code and name of specialty)</w:t>
+      Present:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chairman of the ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members: ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (surname, first name, patronymic (if any))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Individual opinions of commission members _______________________________________</w:t>
+           (surname, first name, patronymic (if any))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ______________________________________________ _______________________</w:t>
-[...107 lines deleted...]
-      Secretary ____________________________ (signature)</w:t>
+           (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z958" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Thesis (project) performed under scientific supervision</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+         (surname, name, patronymic (if any), academic degree or degree)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Upon consultation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname, name, patronymic (if any), academic degree or degree,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             place of work, position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      reviewer</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname, name, patronymic (if any), academic degree or degree,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           place of work, position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The following materials have been submitted to the State Certification Commission:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) calculation and explanatory note or text of thesis (project) on ______ pages;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) drawings, tables for thesis (project) on _____ sheets;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) review of the scientific supervisor of the thesis (project) with the conclusion</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             (specify "allowed for protection")</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) a review of the thesis (project) with an assessment</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            (specify reviewer's assessment)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z975" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      After reporting the completed thesis (project) in</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Within _________ minutes, the student has been asked the following questions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname of the initials of the member of the commission and the question asked)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (surname of the initials of the member of the commission and the question asked)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname of the initials of the member of the commission and the question asked)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname of the initials of the member of the commission and the question asked)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname of the initials of the member of the commission and the question asked)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      General characteristics of the student's answers to the questions asked</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      During the defence of the thesis (project), the student</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             (surname, initials)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      showed</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        (what is the level of knowledge on general theoretical and special training)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Recognize that the student has completed and defended his thesis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (draft) rated</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (rating according to the score-rating letter system for assessing the accounting of educational achievements)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Dissenting opinions of the members of the commission ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chairman of the ___________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members of the _________________________ Commission (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Secretary _______________________________ (signature)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -33689,317 +30418,307 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The form</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Table 1</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...88 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1031" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Report on the results of the final assessment for the year ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z1032" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form of education ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z1033" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Educational program________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z1034" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      name of the organization of education of the Ministry of Internal Affairs ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1040" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Final attestation form</w:t>
-[...1 lines deleted...]
-          </w:p>
+Final qualification form</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="93"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Number of admitted students to final assessment</w:t>
+Number of persons admitted to final certification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The number of those who passed</w:t>
+Number of students taking exams</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Out of them received grades:</w:t>
+Passed on:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -34139,160 +30858,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Fair </w:t>
+              <w:t>
+satisfactory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Failed </w:t>
+              <w:t>
+unsatisfactory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Grade point average</w:t>
+Average score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Absent </w:t>
+              <w:t>
+Not attended</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34320,93 +31039,89 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-% of student achievement</w:t>
+% academic performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -34713,61 +31428,57 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -35068,68 +31779,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1088" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Total</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="94"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -35409,410 +32122,399 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1089" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Table 2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z1090" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...84 lines deleted...]
-    </w:p>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Overall results of the final assessment of graduates for a year _______ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z1091" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Form of education ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z1092" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Educational program _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z1093" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       name of the organization of education of the Ministry of Internal Affairs ______________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1100" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The number of admitted to the Final State Attestation (FSA)</w:t>
-[...1 lines deleted...]
-          </w:p>
+Number of State Final Examinations admitted</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="100"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The number of absenteeism to the FSA</w:t>
+Number of absence at State Final Examination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The number of passed FSA</w:t>
+Number of passed State Final Examination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Out of them received grades</w:t>
+ Passed on:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Number of students with “failed” grade</w:t>
+Rated unsatisfactory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Grade point average</w:t>
+Average score</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -35847,160 +32549,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+Only excellent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Excellent grade only </w:t>
+Only excellent and good </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Excellent and good grades only</w:t>
+Mixed scores</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-Fair grades only </w:t>
+              <w:t>
+Only satisfactory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -36281,926 +32983,264 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1121" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Table 3</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z1122" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...37 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Comparative analysis of qualitative indicators of training </w:t>
-[...650 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Comparative analysis of qualitative indicators of specialist training </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1126" w:id="103"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...2 lines deleted...]
-          </w:p>
+              <w:t>
+Indicators</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="103"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Previous period</w:t>
+Full time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Reporting period</w:t>
+Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1130" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 % quality</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="104"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -37244,68 +33284,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1134" w:id="105"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-% performance</w:t>
-[...1 lines deleted...]
-          </w:p>
+% academic performance</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="105"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -37349,68 +33391,565 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1138" w:id="106"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Grade point average</w:t>
-[...1 lines deleted...]
-          </w:p>
+Received diplomas with honours</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="106"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z1139" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Table 4 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z1140" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Comparative analysis of the issue</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1144" w:id="109"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Indicators</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="109"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Previous period</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Report period</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1148" w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+% quality</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="110"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1152" w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+% academic performance</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="111"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1156" w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Average score</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="112"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -37652,729 +34191,1294 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The form</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MINUTES № ____ </w:t>
+        <w:t xml:space="preserve"> MINUTES № _____</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>of the Meetings of the State Attestation Commission (filled out for each student)</w:t>
-[...665 lines deleted...]
-      Secretary _______________________________ (signature)</w:t>
+        <w:t xml:space="preserve">meeting of the State examination commission for the review of master's theses (projects) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _________ 20___ from ____ hour. ____ min. to ____ hour. _____ min.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1159" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      On the consideration of the master's thesis (project)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      graduate student ________________ ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+         (surname, name, patronymic (if any), educational program)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      on the topic: __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Attended by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chairman of the ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Master's thesis (project) performed under scientific supervision</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        (surname, name, patronymic (if any), academic degree or degree)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Upon consultation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        (surname, name, patronymic (if any), academic degree or degree,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1170" w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      place of work, position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Opponent</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        (surname, name, patronymic (if any), academic degree or degree</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           place of work, position)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      The following materials were submitted to the State Certification Commission:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) master's thesis (project) on ______ pages;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) drawings, tables for the master's thesis (project) on _____ sheets;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) review of the supervisor of the master's thesis (project)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      with the conclusion of _____________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            (specify "allowed for protection")</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) the decision of the graduating department to _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (indicate the name of the department and it is recommended or</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           thesis is not recommended for public defence)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) review of the master's thesis (project) with an assessment</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+            (specify reviewer's assessment)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1183" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) informal feedback _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      After reporting the completed master's thesis (project) within</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______ minutes, the student was asked the following questions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname of the initials of the member of the commission and the question asked)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname of the initials of the member of the commission and the question asked)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      General characteristics of the student's answers to the questions asked</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      During the defense of the master's thesis, the master's student showed</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+         (the level of knowledge on general theoretical and special training)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Admit that the master's student has completed and defended his master's thesis with an assessment</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        (rating according to the point-rating letter system for assessing educational achievements)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Dissenting Opinions of Commissioners</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1198" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z1199" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z1200" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chairman of the ____________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members of the _________________________ Commission (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Secretary ________________________ (signature</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -38551,1227 +35655,773 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The form</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MINUTES № _____ of the </w:t>
+        <w:t xml:space="preserve"> MINUTES № ____ meetings of the State attestation commission</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1208" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _________ 20__ from ____ hour. ____ min. to ____ hour. _____ min.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z1209" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      on the award of the degree "Master"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Attended by:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chairman</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname, first name, patronymic (if any))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Master's student</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+          (surname, name, patronymic (if any), specialty)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Passed a comprehensive state exam and master's thesis (project)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      with grades:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        (comprehensive state exam, master's thesis (project),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      score by ballooning</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        rating letter system for assessment of educational achievements, date of delivery)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1224" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Acknowledge that the master's student has passed the comprehensive state examination and/or</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      defended his master's thesis (project).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Award to a graduate student _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             (surname, initials)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Master's degree in ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      educational program ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+           (code and name of the educational program)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Dissenting opinions of the members of the commission _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Issue a diploma of postgraduate education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Chairman of the ___________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Members of the _________________________ Commission (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Secretary ______________________________ (signature)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...1167 lines deleted...]
-      Secretary ______________________________ (signature)</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -39939,991 +36589,154 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       The form</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Table 1</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1240" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Final qualification results _______________________ year</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z1241" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Name of the organization of education of the Minister of Internal Affairs ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z1242" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Educational program _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> MINUTES № ____ of the </w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...922 lines deleted...]
-      specialty ____________________________________ ___________________</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -40932,177 +36745,179 @@
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1248" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Final attestation form</w:t>
-[...1 lines deleted...]
-          </w:p>
+Final qualification form</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="125"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Number of students admitted to final assessment</w:t>
+Number of individuals admitted to final certification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The number of those who passed</w:t>
+Number of takers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Out of them received grades:</w:t>
+Passed on:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -41242,160 +37057,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Fair </w:t>
+              <w:t>
+satisfactory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Failed </w:t>
+              <w:t>
+unsatisfactory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Grade point average</w:t>
+Average score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Absent </w:t>
+              <w:t>
+Not attended</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -41423,93 +37238,1166 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-% of student achievement</w:t>
+% academic performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z1296" w:id="126"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Assembled examination</w:t>
-            </w:r>
+Total</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="126"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -41826,211 +38714,199 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      table 2</w:t>
-[...91 lines deleted...]
-    </w:p>
+      Table 2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1298" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Results of defence _________________________ master's thesis (project)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      for the _________________ year</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      name of the organization of education of the Ministry of Internal Affairs</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1301" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      educational program ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1307" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Final attestation form</w:t>
-[...1 lines deleted...]
-          </w:p>
+Final qualification form</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="129"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -42058,106 +38934,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The number of those who passed</w:t>
+number of exam takers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Out of them received grades:</w:t>
-[...17 lines deleted...]
- </w:t>
+Of these, the following have been passed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -42297,160 +39155,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Fair </w:t>
+              <w:t>
+satisfactory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Failed </w:t>
+              <w:t>
+unsatisfactory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Grade point average</w:t>
+Average score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Absent </w:t>
+              <w:t>
+Not attended</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -42478,94 +39336,96 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-% of student achievement</w:t>
+% academic performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1331" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Defense of the thesis</w:t>
-[...1 lines deleted...]
-          </w:p>
+Defence of thesis (project)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="130"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -42845,410 +39705,413 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1332" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Table 3</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z1333" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...100 lines deleted...]
-      specialty _______________________________________________________</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Overall results of the final assessment of students</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z1334" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Final qualification results _______________________ year</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Name of the organization of education of the Minister of Internal Affairs ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Educational program _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1343" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-The number of admitted to the FA (final assessment) </w:t>
+              <w:t>
+Number of students admitted to final assessment</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="134"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The number of absenteeism to FA</w:t>
+Number of absences from the final assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-The number of students passed FA</w:t>
+Number of students who passed the final assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Out of them received grades</w:t>
+Of these, the following have been passed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Failed grade </w:t>
+              <w:t>
+Received an unsatisfactory rating</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-GPA </w:t>
+              <w:t>
+Average score</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -43283,160 +40146,160 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Excellent only </w:t>
+              <w:t>
+Excellent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Excellent and good only</w:t>
+Excellent and Good</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Mixed grades </w:t>
+              <w:t>
+Mixed assessments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Fair only </w:t>
+              <w:t>
+satisfactory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -43717,164 +40580,149 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1364" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Table 4</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z1365" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...37 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Comparative analysis of the class of graduates </w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Comparative analysis of graduation</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1369" w:id="137"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...2 lines deleted...]
-          </w:p>
+              <w:t>
+Indicators</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="137"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -43926,68 +40774,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1373" w:id="138"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 % quality</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="138"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -44031,68 +40881,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1377" w:id="139"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-% performance</w:t>
-[...1 lines deleted...]
-          </w:p>
+% academic performance</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="139"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -44136,68 +40988,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1381" w:id="140"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Grade point average</w:t>
-[...1 lines deleted...]
-          </w:p>
+Average score</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="140"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -44227,50 +41081,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -44291,55 +41159,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. «Institute of legislation and legal information of the Republic of Kazakhstan» of the Ministry of Justice of the Republic of Kazakhstan
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>